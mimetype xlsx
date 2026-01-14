--- v0 (2025-12-24)
+++ v1 (2026-01-14)
@@ -85,302 +85,302 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4566</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Кросс-панель cat 5e 200 пар 19″ 1U без модулей</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>4567</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Патч-панель cat  5e FTP 24 порта</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4568</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Патч-панель cat 6 FTP 24 порта</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4569</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Патч-панель cat 5e UTP  48 портов</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4570</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Патч-панель cat 5e UTP 24 порта</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4571</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Патч-панель cat 3 UTP 25 портов</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>4572</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Патч-панель cat 6 UTP 24 порта</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>4573</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Патч-панель cat 3 UTP 50 портов</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>14294</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES1124MB AC Ethernet</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>14295</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES1428 AC Ethernet</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>14296</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES2324FB AC Ethernet</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>14297</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES2324P AC Ethernet</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>14298</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES2348В AC Ethernet</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>14299</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES2408 AC Ethernet</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>14300</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES2408B Ethernet</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>14301</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES2424 AC Ethernet</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>14302</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES2428 AC Ethernet</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>14303</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ELTEX MES2428В AC Ethernet</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>