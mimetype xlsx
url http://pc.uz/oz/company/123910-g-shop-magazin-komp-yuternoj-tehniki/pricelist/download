--- v0 (2025-12-25)
+++ v1 (2026-03-02)
@@ -85,572 +85,572 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4327</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG24FHD 24" FHD gaming monitor\IPS\1920*1080\144HZ\2ms\HDMI2.0+DP1.2+AODIO+DC\Free sync</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>4328</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG27FHD-PRO 27" FHD gaming monitor\IPS\1920*1080\165HZ\2ms\HDMI2.0+DP1.2+AUDIO+DC\Free sync</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4329</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG27FHD-CU 27" FHD Curved gaming monitor\IPS\1920*1080\144HZ\2ms\HDMI2.0+DP1.2+AUDIO+DC\Free sync</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4330</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG27FHD-RGB 27" FHD gaming monitor\RGB\IPS\1920*1080\144HZ\2ms\HDMI2.0+DP1.2+AUDIO+DC\Free sync</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4331</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG27FHD 27" FHD gaming monitor\IPS\1920*1080\165HZ\2ms\HDMI2.0+DP1.2+AUDIO+DC\Free sync</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4332</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG32FHD 32" FHD gaming monitor\IPS\1920*1080\165HZ\2ms\HDMI2.0+DP1.2+AUDIO+DC\Free sync</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>4333</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG27WQHD-CU 27" QHD Curved gaming monitor\IPS\2560*1440\144HZ\2ms\HDMI2.0*2+DP1.2+USB+AUDIO+DC\Free</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>4334</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG32FHD-CU 32" FHD Curved gaming monitor\IPS\1920*1080\165HZ\2ms\HDMI2.0*2+DP1.2+USB+AUDIO+DC\Free</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>4335</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG27WQHD 27" QHD gaming monitor\IPS\2560*1440\165HZ\2ms\HDMI2.0*2+DP1.2+USB+AUDIO+DC\Free synce</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>4336</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG27FHD-240 27" FHD gaming monitor\TN\1920*1080\240HZ\2ms\HDMI2.0+DP1.2+USB+AUDIO+DC\Free sync</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>4337</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG32WQHD 32" QHD gaming monitor\IPS\2560*1440\144HZ\2ms\HDMI2.0+DP1.2+USB+AUDIO+DC\Free sync</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>4338</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Монитор Pixel PXG32WQHD-CU Curved gaming monitor\IPS\2560*1440\144HZ\2ms\HDMI2.0+DP1.2+USB+AUDIO+DC\Free sync</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>4381</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G Pro Black Wireless</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>4382</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G Pro Black</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>4383</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G203 Prodigy Black</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>4384</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G603 Black Wireless</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>4385</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G403 Prodigy Black</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>4386</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G703 Black Wireless</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>4475</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen 5 1600 OEM</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>4476</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair VOID PRO Surround</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>4477</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair VOID RGB Elite</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>4478</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS60 PRO</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>4479</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS50 PRO</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>4480</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS50</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>4481</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Наушники SteelSeries Arctis 1 Wireless</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>4482</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Наушники SteelSeries Arctis 3 Bluetooth</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>4483</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Наушники JBL E65BTNC</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>4484</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics BackBeat GO 600</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>10876</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Микрофон Razer Seiren Elite</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>10877</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Микрофон HyperX QuadCast</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>10878</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Микрофон Razer Seiren X</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>11042</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 YAMA1 Black</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>11043</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 BC3 Black Cyan</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>11044</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 EC3 Black Cyan</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>11045</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 YC1 Black Cyan</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>11055</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 YC3 Black Cyan</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>