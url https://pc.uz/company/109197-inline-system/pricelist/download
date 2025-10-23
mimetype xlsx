--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -85,452 +85,452 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4513</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Патч-панель ITK cat 5e UTP 24 порта</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>4514</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Патч-панель ITK cat5e UTP 48 портов 2U</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4515</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Патч-панель ITK cat5e UTP 48 портов 1U</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4516</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Патч-панель ITK cat 5e STP/FTP 24 порта</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4517</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Патч-панель ITK cat 6 UTP 24 порта</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4518</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Патч-панель ITK cat 6 UTP 48 портов</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>4519</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Патч-панель ITK cat 6 STP/FTP 24 порта</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>4520</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Патч-панель телефонная ITK 1U 50 портов</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>4521</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink VP59</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>4522</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T19 E2</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>4523</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T21 E2</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>4524</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T23G</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>4525</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T27G</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>4526</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T29G</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>4527</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T40G</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>4528</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T40P</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>4529</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink W41P</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>4530</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T41S</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>4531</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T42S</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>4532</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T46S</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>4533</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T48G</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>4534</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP VP-T49G</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>4535</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T52S</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>4536</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T54S</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>4537</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T56A</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>4538</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink W60P</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>4539</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T58A</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>4540</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Yealink SIP-T58V</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>