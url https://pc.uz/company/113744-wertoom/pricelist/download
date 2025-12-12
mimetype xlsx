--- v0 (2025-11-12)
+++ v1 (2025-12-12)
@@ -85,467 +85,467 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>3795</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 8400, 2.8 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>3790</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 7100,  3.9 GHz, 3M, oem, LGA1151, KabyLake</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>3788</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G5400 - 3.7 GHz, 4M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4574</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i7 - 8700К, 3.7 GHz</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4575</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Celeron G3930 - 2.9 GHz</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>10817</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Водяная система охлаждения для процессора Сooler Master MasterLiquid Lite 240</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>10818</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Охлаждающая подставка для ноутбука Cooler Master NotePal U2 PLUS</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>10819</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Охлаждающая подставка для ноутбука Cooler Master NotePal L1</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>10820</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Охлаждающая подставка для ноутбука Cooler Master NotePal CMC3</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>10821</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper 103</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>10822</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Охлаждающая подставка для ноутбука Deepcool N400 Special Designed Cooler with 140mm Fan</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>10823</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Водяной кулер для процессора ID Cooling Frostflow 240</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>10824</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Водяной кулер для процессора ID Cooling Frostflow 120</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>10825</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling SE-214X</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>10826</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling SE-213V2</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>10827</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling SE-913X</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>10828</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling SE-903</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>10829</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling SE-902X</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>10830</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling SE-802</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>10831</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling DK 03 Halo Intel</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>10832</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling DK 03 Halo AMD</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>10833</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling DK 01T</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>10834</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling DK 01S</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>10835</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Кулер для жесткого диска Cooler Deepcool IceDisk 1</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>10836</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Водяная система охлаждения для процессора Deepcool Maelstrom 240T</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>10837</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Водяная система охлаждения для процессора Deepcool Maelstrom 120T</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>10838</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool Iceblade 100 LGA1150</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>10839</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool Ice Edge Mini FS V2.0</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>10840</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool Gamma Theta 31 PWM LGA1150</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>