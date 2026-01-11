--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -85,27812 +85,27812 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>3837</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Принтер HP Ink Tank 115</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>1 161 000 UZS</t>
+          <t>1 161 000 сум</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>3842</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M28a</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4575</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Celeron G3930 - 2.9 GHz</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>3860</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF421dw (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>4 232 000 UZS</t>
+          <t>4 232 000 сум</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4487</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2206</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>5 317 000 UZS</t>
+          <t>5 317 000 сум</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4488</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2520</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>8 463 000 UZS</t>
+          <t>8 463 000 сум</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>3867</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS LBP2900</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>3858</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF113w (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 UZS</t>
+          <t>2 007 000 сум</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>3869</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS MF237w</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 UZS</t>
+          <t>3 038 000 сум</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>4486</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF264dw</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 UZS</t>
+          <t>3 038 000 сум</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>3859</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF3010 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 UZS</t>
+          <t>2 170 000 сум</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>4485</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF443dw</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 UZS</t>
+          <t>4 123 000 сум</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>4493</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF522x</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>8 355 000 UZS</t>
+          <t>8 355 000 сум</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>3874</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G3411</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>4477</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair VOID RGB Elite</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>821 000 UZS</t>
+          <t>821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>4481</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Наушники SteelSeries Arctis 1 Wireless</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>1 276 000 UZS</t>
+          <t>1 276 000 сум</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>4482</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Наушники SteelSeries Arctis 3 Bluetooth</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>1 230 000 UZS</t>
+          <t>1 230 000 сум</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>4314</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire FPS Pro</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>499 000 UZS</t>
+          <t>499 000 сум</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>4312</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire Surge RGB</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>4311</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire Dart | Wireless</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 UZS</t>
+          <t>1 052 000 сум</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>4313</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire Core RGB</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>3843</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Принтер HP Neverstop Laser 1000w</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 UZS</t>
+          <t>2 550 000 сум</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>3841</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M15w</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 UZS</t>
+          <t>1 302 000 сум</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>3840</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M15a</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>3851</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L805</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>3 418 000 UZS</t>
+          <t>3 418 000 сум</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>3846</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L1800</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>6 510 000 UZS</t>
+          <t>6 510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>3845</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L1300</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 UZS</t>
+          <t>5 425 000 сум</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>3873</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G2411</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>4209</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 19M38A 18.5" LED</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>792 000 UZS</t>
+          <t>792 000 сум</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>4220</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung C24F396FHI 24"</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 UZS</t>
+          <t>1 736 000 сум</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>4197</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 22MK400H</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>1 118 000 UZS</t>
+          <t>1 118 000 сум</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>4319</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь ASUS TUF GAMING COMBO</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 UZS</t>
+          <t>1 085 000 сум</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>4318</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь ASUS CERBERUS COMBO</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>868 000 UZS</t>
+          <t>868 000 сум</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>4292</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG PUGIO</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>3796</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9400F, 2.9 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>1 649 000 UZS</t>
+          <t>1 649 000 сум</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>3797</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9400, 2.9 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0">
         <v>3795</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 8400, 2.8 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0">
         <v>3794</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 7400, 3.5 GHz, 6M, oem, LGA1151, KabyLake</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>1 910 000 UZS</t>
+          <t>1 910 000 сум</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0">
         <v>3792</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 9100F,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>1 649 000 UZS</t>
+          <t>1 649 000 сум</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0">
         <v>3793</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 9100,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>1 714 000 UZS</t>
+          <t>1 714 000 сум</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0">
         <v>3791</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 8100,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0">
         <v>4117</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 D</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>1 411 000 UZS</t>
+          <t>1 411 000 сум</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0">
         <v>4073</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar B360M D2V</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>727 000 UZS</t>
+          <t>727 000 сум</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0">
         <v>4087</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365 HD3</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>1 118 000 UZS</t>
+          <t>1 118 000 сум</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0">
         <v>4089</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365M DS3H</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0">
         <v>4133</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PRO CARBON AC</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0">
         <v>4132</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PRO</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0">
         <v>4129</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI H310M PRO-VD</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>629 000 UZS</t>
+          <t>629 000 сум</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0">
         <v>4127</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450-A PRO</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="0">
         <v>4126</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 TOMAHAWK</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>1 324 000 UZS</t>
+          <t>1 324 000 сум</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="0">
         <v>4125</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 GAMING PRO CARBON AC</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 UZS</t>
+          <t>1 573 000 сум</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="0">
         <v>4124</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 GAMING PLUS</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="0">
         <v>4098</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H310M DS2</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>618 000 UZS</t>
+          <t>618 000 сум</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="0">
         <v>4100</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H310M S2</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="0">
         <v>4101</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H370 AORUS Gaming 3 WIFI</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="0">
         <v>4103</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE X299 AORUS Gaming</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 UZS</t>
+          <t>1 628 000 сум</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="0">
         <v>4109</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 AORUS ELITE</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="0">
         <v>4112</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 AORUS PRO WIFI</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 UZS</t>
+          <t>2 496 000 сум</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="0">
         <v>4115</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 GAMING X</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 UZS</t>
+          <t>1 736 000 сум</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="0">
         <v>4116</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 UD</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 UZS</t>
+          <t>1 519 000 сум</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="0">
         <v>4121</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B360-A PRO</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="0">
         <v>4137</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z390 GAMING PLUS</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 UZS</t>
+          <t>1 736 000 сум</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="0">
         <v>4136</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z390M GAMING EDGE AC</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="0">
         <v>4131</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PLUS</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 UZS</t>
+          <t>1 736 000 сум</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="0">
         <v>4265</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy Origins Mechanical Linear Red Switches</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>1 367 000 UZS</t>
+          <t>1 367 000 сум</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="0">
         <v>4258</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy Core RGB</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>629 000 UZS</t>
+          <t>629 000 сум</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="0">
         <v>4251</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS ROG STRIX SCOPE</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="0">
         <v>3977</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek — 4GB GTX1050Ti 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 UZS</t>
+          <t>1 302 000 сум</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="0">
         <v>4052</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2060 SUPER ARMOR OC GDDR6 192Bit 8GB</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>4 991 000 UZS</t>
+          <t>4 991 000 сум</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="0">
         <v>3950</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP 200 G3 (3VA37EA) 21.5″</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 UZS</t>
+          <t>5 425 000 сум</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="0">
         <v>3819</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 8GB</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="0">
         <v>3817</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 2GB</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="0">
         <v>3834</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial 4GB DDR4 2400Mhz SODIMM</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="0">
         <v>4075</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar H310MHD PRO</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>684 000 UZS</t>
+          <t>684 000 сум</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="0">
         <v>4214</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Монитор Artel M100019D 18.5" LED</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>6 954 850 000 UZS</t>
+          <t>6 954 850 000 сум</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="0">
         <v>4215</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Монитор Artel M100022D 21.5" LED</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>8 430 450 000 UZS</t>
+          <t>8 430 450 000 сум</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="0">
         <v>3822</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 4GB Для Ноутбука</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="0">
         <v>3814</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 7 3700X - 3.6 GHz, 8 cores/16 threads, No GPU, AM4, oem</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>3 689 000 UZS</t>
+          <t>3 689 000 сум</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="0">
         <v>3788</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G5400 - 3.7 GHz, 4M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>1 042 000 UZS</t>
+          <t>1 042 000 сум</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="0">
         <v>10859</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake UX100 ARGB</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="0">
         <v>10860</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Contac 9</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="0">
         <v>10861</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Contac Silent 12</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="0">
         <v>10862</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Riing Silent 12 Blue</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="0">
         <v>10864</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Riing Silent 12 Pro Red</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>499 000 UZS</t>
+          <t>499 000 сум</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="0">
         <v>10866</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 Performer C</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>618 000 UZS</t>
+          <t>618 000 сум</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="0">
         <v>10867</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 120 ARGB</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="0">
         <v>10868</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 Riing RGB 240</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 UZS</t>
+          <t>1 302 000 сум</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="0">
         <v>10869</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Thermaltake Pure 12</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="0">
         <v>10871</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Thermaltake Riing 14 LED Red</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="0">
         <v>10877</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Микрофон HyperX QuadCast</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>1 545 000 UZS</t>
+          <t>1 545 000 сум</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="0">
         <v>10887</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox K500L</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="0">
         <v>10891</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper TX3 EVO</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="0">
         <v>10894</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master Elite 600W V3</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="0">
         <v>10895</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox E500L</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="0">
         <v>10901</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master K280 без БП</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="0">
         <v>10907</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cooler Master MasterMouse S Black</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="0">
         <v>10909</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cooler Master MasterMouse 520</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="0">
         <v>10911</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Cooler Master MasterLiquid ML240R RGB</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="0">
         <v>10912</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Cooler Master MasterLiquid ML360R RGB</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 UZS</t>
+          <t>1 628 000 сум</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="0">
         <v>10921</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox 5 Lite RGB</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
-          <t>803 000 UZS</t>
+          <t>803 000 сум</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="0">
         <v>10922</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox MB510L</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="0">
         <v>10926</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper 212 Black Edition</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="0">
         <v>10929</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master MasterAir MA620M</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>1 215 000 UZS</t>
+          <t>1 215 000 сум</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="0">
         <v>10930</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cooler Master MM110</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="0">
         <v>10978</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2204</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>7 161 000 UZS</t>
+          <t>7 161 000 сум</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="0">
         <v>11021</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP6030W</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="0">
         <v>11044</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 EC3 Black Cyan</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 UZS</t>
+          <t>1 736 000 сум</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="0">
         <v>11054</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 EC3 Black</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="0">
         <v>11055</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 YC3 Black Cyan</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 UZS</t>
+          <t>2 170 000 сум</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="0">
         <v>11061</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 UC5 Black</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
-          <t>2 441 000 UZS</t>
+          <t>2 441 000 сум</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="0">
         <v>11083</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1024D</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="0">
         <v>11127</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Earphones Basic Black</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
-          <t>76 000 UZS</t>
+          <t>76 000 сум</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="0">
         <v>11145</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Gamdias Hermes M1</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="0">
         <v>11148</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Набор клавиатуры мышки наушники Gamdias Poseidon e1</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
-          <t>1 768 550 000 UZS</t>
+          <t>1 768 550 000 сум</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="0">
         <v>11170</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло AeroCool AC220 AIR RGB Black</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="0">
         <v>11171</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 EC3 Black Red</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 UZS</t>
+          <t>1 736 000 сум</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="0">
         <v>11173</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Seagate Expansion Portable Drive 2 ТБ</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>684 000 UZS</t>
+          <t>684 000 сум</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="0">
         <v>11178</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Transcend StoreJet 25H3P 4ТБ</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 UZS</t>
+          <t>1 302 000 сум</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="0">
         <v>11207</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Xiaomi Mi Electric Scooter 1S</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
-          <t>4 774 000 UZS</t>
+          <t>4 774 000 сум</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="0">
         <v>11208</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>IP камера Xiaomi Mi Mijia Smart Camera</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
-          <t>521 000 UZS</t>
+          <t>521 000 сум</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="0">
         <v>11209</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 110 Black</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="0">
         <v>11210</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 110 Blue</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="0">
         <v>11211</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 110 Green</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="0">
         <v>11212</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 110 White</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="0">
         <v>11213</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 120 Black</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
-          <t>60 000 UZS</t>
+          <t>60 000 сум</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="0">
         <v>11214</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 120 Green</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
-          <t>60 000 UZS</t>
+          <t>60 000 сум</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="0">
         <v>11215</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 150 Black</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>60 000 UZS</t>
+          <t>60 000 сум</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="0">
         <v>11216</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius NetScroll 100 V2</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="0">
         <v>11217</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius NX 7000 Black</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="0">
         <v>11218</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius Scorpion Spear Pro</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="0">
         <v>11219</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Монитор Acer KG251Q 24.5" 144Hz IPS FHD</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
-          <t>2 821 000 UZS</t>
+          <t>2 821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="0">
         <v>11220</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Монитор Acer KG271 27" 144 Hz IPS FHD</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 UZS</t>
+          <t>3 364 000 сум</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="0">
         <v>11221</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Монитор Acer KG271 27" 75Hz IPS FHD</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="0">
         <v>11222</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot Kickscooter Max G30LP Белый</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
-          <t>6 727 000 UZS</t>
+          <t>6 727 000 сум</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="0">
         <v>11223</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Smart Tank 515</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="0">
         <v>11224</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-S05</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
-          <t>3 581 000 UZS</t>
+          <t>3 581 000 сум</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="0">
         <v>11225</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-X41</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
-          <t>5 100 000 UZS</t>
+          <t>5 100 000 сум</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="0">
         <v>11226</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Проектор Optoma S322</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
-          <t>3 092 000 UZS</t>
+          <t>3 092 000 сум</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="0">
         <v>11227</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen 3 3200G 3.6GHz 4MB Radeon Vega 8 GPU AM4</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
-          <t>1 215 000 UZS</t>
+          <t>1 215 000 сум</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="0">
         <v>11228</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i3 10100 3.6GHz 6M LGA1200</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="0">
         <v>11229</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i3 10100F 3.6 GHz 6M LGA1200</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="0">
         <v>11230</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i3 9100T 3.1GHz 6M LGA1150</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 UZS</t>
+          <t>1 085 000 сум</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="0">
         <v>11231</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i5 10400 2.9 GHz 12M LGA1150</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 UZS</t>
+          <t>1 899 000 сум</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="0">
         <v>11232</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i5 10400F 2.9 GHz 12M LGA1150</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="0">
         <v>11233</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i5 9500 3.0 GHz 9M LGA1150</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
-          <t>1 964 000 UZS</t>
+          <t>1 964 000 сум</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="0">
         <v>11234</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KG310 USB Black</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="0">
         <v>11235</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>МФУ HP LaserJet Pro MFP M28W</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="0">
         <v>11236</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 10700 2.9 GHz 16M LGA1200</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
-          <t>3 472 000 UZS</t>
+          <t>3 472 000 сум</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="0">
         <v>11237</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 10700K 3.8 GHz 16M LGA1200</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
-          <t>3 711 000 UZS</t>
+          <t>3 711 000 сум</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="0">
         <v>11238</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 10850K 3.6 GHz 20M LGA1200</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>4 611 000 UZS</t>
+          <t>4 611 000 сум</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="0">
         <v>11239</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 10900F 2.8 GHz 20M LGA1200</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
-          <t>4 883 000 UZS</t>
+          <t>4 883 000 сум</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="0">
         <v>11240</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 10900K 3.7 GHz 20M LGA1200</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>5 935 000 UZS</t>
+          <t>5 935 000 сум</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="0">
         <v>11241</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 9900KF 3.6GHz 64M LGA1151</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
-          <t>5 751 000 UZS</t>
+          <t>5 751 000 сум</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="0">
         <v>11242</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Dual Core G6400 4GHz 4M LGA1200</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="0">
         <v>11243</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G5420 3.8GHz 4M LGA1151</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="0">
         <v>11244</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G4930 3.2GHz 3M LGA1151 KabyLake</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
-          <t>391 000 UZS</t>
+          <t>391 000 сум</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="0">
         <v>11245</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
           <t>Сетевой кабель UTP cat 5e  305m</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="0">
         <v>11246</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
           <t>Рюкзаки для ноутбуков Xiaomi Mi Casual Daypack Blue</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="0">
         <v>11247</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Сетевой фильтр Mypro 1.8 метра Черный</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="0">
         <v>11248</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Сетевой фильтр Mypro 3 метра Черный</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
-          <t>41 000 UZS</t>
+          <t>41 000 сум</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="0">
         <v>11249</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
           <t>Сетевой фильтр Mypro 5 метра Черный</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
-          <t>52 000 UZS</t>
+          <t>52 000 сум</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="0">
         <v>11250</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 15 Air 3/64GB Grey</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>1 649 000 UZS</t>
+          <t>1 649 000 сум</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="0">
         <v>11251</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 3 1/16GB Sandstone Black</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="0">
         <v>11252</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 4 2/32 GB Dawn Blue</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 UZS</t>
+          <t>1 020 000 сум</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="0">
         <v>11253</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 4 2/32 GB Green</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 UZS</t>
+          <t>1 020 000 сум</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="0">
         <v>11254</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 4 Pro 1/16 GB Black</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="0">
         <v>11255</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 4 Pro 1/16 GB Gold</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="0">
         <v>11256</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 5 Air 2/32 GB Grey</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
-          <t>1 226 000 UZS</t>
+          <t>1 226 000 сум</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="0">
         <v>11257</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 6 GO 2/32 GB Aqua Blue</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="0">
         <v>11258</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 6 GO 2/32 GB Ice Jadeite</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="0">
         <v>11259</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-DVR10000VA</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="0">
         <v>11260</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer AST280 120GB</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="0">
         <v>11261</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec Phantom Gaming Edition</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>3 244 000 UZS</t>
+          <t>3 244 000 сум</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="0">
         <v>11262</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec Striker Aluminium</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>2 930 000 UZS</t>
+          <t>2 930 000 сум</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="0">
         <v>11263</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman Wattbit 500W (ZM500-XEII)</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
-          <t>358 000 UZS</t>
+          <t>358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="0">
         <v>11264</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman Wattbit 600W (ZM600-XEII)</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="0">
         <v>11265</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston 120 GB SA400S37</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
-          <t>282 000 UZS</t>
+          <t>282 000 сум</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="0">
         <v>11266</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer AS2280P2 240GB</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="0">
         <v>11267</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель M.2 SSD Apacer AS2280 P2 Pro 120GB</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="0">
         <v>11268</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Kugoo M2</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 UZS</t>
+          <t>3 798 000 сум</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="0">
         <v>11269</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Kugoo M2 Pro</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
-          <t>4 557 000 UZS</t>
+          <t>4 557 000 сум</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="0">
         <v>11270</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Kugoo S3</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="0">
         <v>11271</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Kugoo S3 Pro</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 UZS</t>
+          <t>3 038 000 сум</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="0">
         <v>11272</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot by Segway E22</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>4 557 000 UZS</t>
+          <t>4 557 000 сум</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="0">
         <v>11273</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imageCLASS LBP253x</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 UZS</t>
+          <t>3 798 000 сум</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="0">
         <v>11274</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imageCLASS LBP613CDW</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
-          <t>3 147 000 UZS</t>
+          <t>3 147 000 сум</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="0">
         <v>11275</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageCLASS MF261d</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
-          <t>2 658 000 UZS</t>
+          <t>2 658 000 сум</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="0">
         <v>11276</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma G1410</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
-          <t>1 324 000 UZS</t>
+          <t>1 324 000 сум</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="0">
         <v>11277</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma G2040</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 UZS</t>
+          <t>1 628 000 сум</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="0">
         <v>11278</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void RGB Elite USB White</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
-          <t>821 000 UZS</t>
+          <t>821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="0">
         <v>11279</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha S Black</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>1 313 000 UZS</t>
+          <t>1 313 000 сум</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="0">
         <v>11280</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Orbit Gaming Headset</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 UZS</t>
+          <t>2 713 000 сум</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="0">
         <v>11281</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Orbit S Gaming Headset</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
-          <t>2 930 000 UZS</t>
+          <t>2 930 000 сум</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="0">
         <v>11282</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Core 7.1</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
-          <t>619 000 UZS</t>
+          <t>619 000 сум</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="0">
         <v>11283</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Wireless PC</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
-          <t>1 028 000 UZS</t>
+          <t>1 028 000 сум</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="0">
         <v>11284</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Wireless PS4</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
-          <t>925 000 UZS</t>
+          <t>925 000 сум</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="0">
         <v>11285</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Major III Black</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="0">
         <v>11286</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Major III Bluetooth Black</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 UZS</t>
+          <t>1 617 000 сум</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="0">
         <v>11287</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Major III Bluetooth Brown</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 UZS</t>
+          <t>1 617 000 сум</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="0">
         <v>11288</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Major III Bluetooth White</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 UZS</t>
+          <t>1 617 000 сум</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="0">
         <v>11289</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall MID NC Bluetooth</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
-          <t>2 919 000 UZS</t>
+          <t>2 919 000 сум</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="0">
         <v>11290</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Minor II Белый</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 UZS</t>
+          <t>1 725 000 сум</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="0">
         <v>11291</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Minor II Коричневый</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 UZS</t>
+          <t>1 725 000 сум</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="0">
         <v>11292</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Minor II Черный</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 UZS</t>
+          <t>1 725 000 сум</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="0">
         <v>11293</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Mode</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
-          <t>749 000 UZS</t>
+          <t>749 000 сум</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="0">
         <v>11294</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Mode EQ</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="0">
         <v>11295</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Monitor II ANC</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
-          <t>4 004 000 UZS</t>
+          <t>4 004 000 сум</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="0">
         <v>11296</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Наушники NUBWO Yellow</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
-          <t>60 000 UZS</t>
+          <t>60 000 сум</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="0">
         <v>11297</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH300</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="0">
         <v>11298</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH520</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="0">
         <v>11299</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 1</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
-          <t>635 000 UZS</t>
+          <t>635 000 сум</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="0">
         <v>11300</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 3 Black</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
-          <t>821 000 UZS</t>
+          <t>821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="0">
         <v>11301</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 3 White</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
-          <t>821 000 UZS</t>
+          <t>821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="0">
         <v>11302</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 5 Black RGB</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
-          <t>1 012 000 UZS</t>
+          <t>1 012 000 сум</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="0">
         <v>11303</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 5 White RGB</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
-          <t>1 012 000 UZS</t>
+          <t>1 012 000 сум</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="0">
         <v>11304</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 7 Black Wireless</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
-          <t>1 912 000 UZS</t>
+          <t>1 912 000 сум</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="0">
         <v>11305</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 7 White</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
-          <t>1 912 000 UZS</t>
+          <t>1 912 000 сум</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="0">
         <v>11306</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis Pro</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
-          <t>1 704 000 UZS</t>
+          <t>1 704 000 сум</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="0">
         <v>11307</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis Pro + GameDac</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
-          <t>2 221 000 UZS</t>
+          <t>2 221 000 сум</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="0">
         <v>11308</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis Pro Wireless</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
-          <t>3 751 000 UZS</t>
+          <t>3 751 000 сум</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="0">
         <v>11309</v>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
           <t>Наушники Trust GXT 310 Radius</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="0">
         <v>11310</v>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
           <t>Наушники Trust GXT 350 Radius 7.1</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="0">
         <v>11311</v>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Adata 32GB 2666mhz DDR4</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="0">
         <v>11312</v>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 16GB 2666MHz</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
-          <t>727 000 UZS</t>
+          <t>727 000 сум</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="0">
         <v>11313</v>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 16GB KIT 8GBх2 3200Mhz RGB</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="0">
         <v>11314</v>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 4GB 2400 Mhz</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="0">
         <v>11315</v>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 4GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="0">
         <v>11316</v>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 8GB 2666 Mhz CL19</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
-          <t>363 000 UZS</t>
+          <t>363 000 сум</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="0">
         <v>11317</v>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 16GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
-          <t>792 000 UZS</t>
+          <t>792 000 сум</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="0">
         <v>11318</v>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 16GB KIT 8GBх2 2666mhz Ballistix Sport LT Gray CL16</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
-          <t>738 000 UZS</t>
+          <t>738 000 сум</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="0">
         <v>11319</v>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 32GB KIT 16GBх2 2666mhz Ballistix Sport LT Gray CL16</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
-          <t>1 476 000 UZS</t>
+          <t>1 476 000 сум</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="0">
         <v>11320</v>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 8GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="0">
         <v>11321</v>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 16GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
-          <t>770 000 UZS</t>
+          <t>770 000 сум</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="0">
         <v>11322</v>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR2 2GB 800 Mhz</t>
         </is>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="0">
         <v>11323</v>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 8GB 2400 Mhz</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="0">
         <v>11324</v>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 8GB SODIMM 2400 Mhz</t>
         </is>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="0">
         <v>11325</v>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR3 8GB SODIMM 1600 Mhz</t>
         </is>
       </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="0">
         <v>11326</v>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 4GB SODIMM 2133 Mhz</t>
         </is>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="0">
         <v>11327</v>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 8GB SODIMM 2133 Mhz</t>
         </is>
       </c>
       <c r="C240" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="0">
         <v>11328</v>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Patriot DDR4 4GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="0">
         <v>11329</v>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
           <t>Наушники HIPER TWS AIR V2</t>
         </is>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
-          <t>282 000 UZS</t>
+          <t>282 000 сум</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="0">
         <v>11330</v>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Amber TWS</t>
         </is>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="0">
         <v>11331</v>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Denim TWS Denim TWS Black</t>
         </is>
       </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="0">
         <v>11332</v>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Denim TWS Denim TWS Blue</t>
         </is>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="0">
         <v>11333</v>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Denim TWS Denim TWS Pink</t>
         </is>
       </c>
       <c r="C246" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="0">
         <v>11334</v>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Indigo TWS Indigo TWS Black</t>
         </is>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="0">
         <v>11335</v>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Indigo TWS Indigo TWS Blue</t>
         </is>
       </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="0">
         <v>11336</v>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Indigo TWS Indigo TWS Pink</t>
         </is>
       </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="0">
         <v>11337</v>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Indigo TWS Indigo TWS White</t>
         </is>
       </c>
       <c r="C250" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="0">
         <v>11338</v>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Saffron TWS Black</t>
         </is>
       </c>
       <c r="C251" s="0" t="inlineStr">
         <is>
-          <t>282 000 UZS</t>
+          <t>282 000 сум</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="0">
         <v>11339</v>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Saffron TWS White</t>
         </is>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
-          <t>282 000 UZS</t>
+          <t>282 000 сум</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="0">
         <v>11340</v>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus ROG Delta</t>
         </is>
       </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 UZS</t>
+          <t>2 159 000 сум</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="0">
         <v>11341</v>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus ROG Delta Core</t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 UZS</t>
+          <t>1 183 000 сум</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="0">
         <v>11342</v>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus ROG Theta</t>
         </is>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 UZS</t>
+          <t>2 550 000 сум</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="0">
         <v>11343</v>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus TUF H3</t>
         </is>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="0">
         <v>11344</v>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus TUF H5</t>
         </is>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
-          <t>749 000 UZS</t>
+          <t>749 000 сум</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="0">
         <v>11345</v>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS50 Pro Stereo</t>
         </is>
       </c>
       <c r="C258" s="0" t="inlineStr">
         <is>
-          <t>609 000 UZS</t>
+          <t>609 000 сум</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="0">
         <v>11346</v>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS50 Stereo Carbon</t>
         </is>
       </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="0">
         <v>11347</v>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS50 Stereo Carbon Blue</t>
         </is>
       </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
-          <t>609 000 UZS</t>
+          <t>609 000 сум</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="0">
         <v>11348</v>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS60 Pro Surround</t>
         </is>
       </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
-          <t>821 000 UZS</t>
+          <t>821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="0">
         <v>11349</v>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS60 Pro Surround Yellow</t>
         </is>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
-          <t>821 000 UZS</t>
+          <t>821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="0">
         <v>11350</v>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS70 Pro Wireless</t>
         </is>
       </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
-          <t>1 028 000 UZS</t>
+          <t>1 028 000 сум</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="0">
         <v>11351</v>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS70 Pro Wireless Cream</t>
         </is>
       </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
-          <t>1 028 000 UZS</t>
+          <t>1 028 000 сум</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="0">
         <v>11352</v>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS70 Wireless White</t>
         </is>
       </c>
       <c r="C265" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 UZS</t>
+          <t>1 020 000 сум</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="0">
         <v>11353</v>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Virtuoso RGB Wireless</t>
         </is>
       </c>
       <c r="C266" s="0" t="inlineStr">
         <is>
-          <t>1 751 000 UZS</t>
+          <t>1 751 000 сум</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="0">
         <v>11354</v>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Virtuoso RGB Wireless SE</t>
         </is>
       </c>
       <c r="C267" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="0">
         <v>11355</v>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Virtuoso RGB Wireless White</t>
         </is>
       </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
-          <t>1 855 000 UZS</t>
+          <t>1 855 000 сум</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="0">
         <v>11356</v>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void Elite Surround</t>
         </is>
       </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
-          <t>877 000 UZS</t>
+          <t>877 000 сум</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="0">
         <v>11357</v>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void Pro RGB Wireless SE Yellow</t>
         </is>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
-          <t>1 441 000 UZS</t>
+          <t>1 441 000 сум</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="0">
         <v>11358</v>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void Pro Surround Red</t>
         </is>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
-          <t>925 000 UZS</t>
+          <t>925 000 сум</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="0">
         <v>11359</v>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void RGB Elite Surround Cherry</t>
         </is>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
-          <t>877 000 UZS</t>
+          <t>877 000 сум</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="0">
         <v>11360</v>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Cobra M711</t>
         </is>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="0">
         <v>11361</v>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Dagger M715</t>
         </is>
       </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="0">
         <v>11362</v>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Griffin M607</t>
         </is>
       </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="0">
         <v>11363</v>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Inspirit M907</t>
         </is>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="0">
         <v>11364</v>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Lonewolf 2 M712 Pro</t>
         </is>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="0">
         <v>11365</v>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Memeanlion Chroma M710</t>
         </is>
       </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="0">
         <v>11366</v>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Ranger FPS M910</t>
         </is>
       </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="0">
         <v>11367</v>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Titanoboa 2 M802</t>
         </is>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="0">
         <v>11368</v>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 110</t>
         </is>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="0">
         <v>11369</v>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 3</t>
         </is>
       </c>
       <c r="C282" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="0">
         <v>11370</v>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 310</t>
         </is>
       </c>
       <c r="C283" s="0" t="inlineStr">
         <is>
-          <t>694 000 UZS</t>
+          <t>694 000 сум</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="0">
         <v>11371</v>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 500</t>
         </is>
       </c>
       <c r="C284" s="0" t="inlineStr">
         <is>
-          <t>794 000 UZS</t>
+          <t>794 000 сум</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="0">
         <v>11372</v>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 600</t>
         </is>
       </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="0">
         <v>11373</v>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 650</t>
         </is>
       </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
-          <t>1 359 000 UZS</t>
+          <t>1 359 000 сум</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="0">
         <v>11374</v>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 710</t>
         </is>
       </c>
       <c r="C287" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="0">
         <v>11375</v>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Sensei 310</t>
         </is>
       </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="0">
         <v>11376</v>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Sensei TEN</t>
         </is>
       </c>
       <c r="C289" s="0" t="inlineStr">
         <is>
-          <t>716 000 UZS</t>
+          <t>716 000 сум</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="0">
         <v>11377</v>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Basi USB</t>
         </is>
       </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="0">
         <v>11378</v>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 101 Gav</t>
         </is>
       </c>
       <c r="C291" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="0">
         <v>11379</v>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 130 Ranoo</t>
         </is>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
-          <t>293 000 UZS</t>
+          <t>293 000 сум</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="0">
         <v>11380</v>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 160 Ture RGB</t>
         </is>
       </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="0">
         <v>11381</v>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 165 Celox RGB</t>
         </is>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="0">
         <v>11382</v>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 900 Qudos RGB</t>
         </is>
       </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
-          <t>586 000 UZS</t>
+          <t>586 000 сум</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="0">
         <v>11383</v>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 940 Xidon RGB</t>
         </is>
       </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
-          <t>456 000 UZS</t>
+          <t>456 000 сум</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="0">
         <v>11384</v>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust MaxTrack Comfort USB</t>
         </is>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="0">
         <v>11385</v>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышьTrust Mydo Silent Wireless</t>
         </is>
       </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="0">
         <v>11386</v>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Primo Wireless</t>
         </is>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="0">
         <v>11387</v>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Ravan Wireless</t>
         </is>
       </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="0">
         <v>11388</v>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Siero Silent Wireless</t>
         </is>
       </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="0">
         <v>11389</v>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Xani Bluetooth</t>
         </is>
       </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="0">
         <v>11390</v>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Yvi FX LED Black Wireless</t>
         </is>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="0">
         <v>11391</v>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M1 NiP Edition Black</t>
         </is>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="0">
         <v>11392</v>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Yvi FX LED White Wireless</t>
         </is>
       </c>
       <c r="C305" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="0">
         <v>11393</v>
       </c>
       <c r="B306" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 781 Rixa Camo + коврик</t>
         </is>
       </c>
       <c r="C306" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="0">
         <v>11394</v>
       </c>
       <c r="B307" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 Black RGB</t>
         </is>
       </c>
       <c r="C307" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="0">
         <v>11395</v>
       </c>
       <c r="B308" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 Retro RGB</t>
         </is>
       </c>
       <c r="C308" s="0" t="inlineStr">
         <is>
-          <t>868 000 UZS</t>
+          <t>868 000 сум</t>
         </is>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="0">
         <v>11396</v>
       </c>
       <c r="B309" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 RGB Miami Blue</t>
         </is>
       </c>
       <c r="C309" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="0">
         <v>11397</v>
       </c>
       <c r="B310" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 RGB White</t>
         </is>
       </c>
       <c r="C310" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="0">
         <v>11398</v>
       </c>
       <c r="B311" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Zowie EC1</t>
         </is>
       </c>
       <c r="C311" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="0">
         <v>11399</v>
       </c>
       <c r="B312" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Zowie EC1-B</t>
         </is>
       </c>
       <c r="C312" s="0" t="inlineStr">
         <is>
-          <t>901 000 UZS</t>
+          <t>901 000 сум</t>
         </is>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="0">
         <v>11400</v>
       </c>
       <c r="B313" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Zowie EC2</t>
         </is>
       </c>
       <c r="C313" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="0">
         <v>11401</v>
       </c>
       <c r="B314" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Zowie S1</t>
         </is>
       </c>
       <c r="C314" s="0" t="inlineStr">
         <is>
-          <t>835 000 UZS</t>
+          <t>835 000 сум</t>
         </is>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="0">
         <v>11402</v>
       </c>
       <c r="B315" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Harpoon RGB Wireless</t>
         </is>
       </c>
       <c r="C315" s="0" t="inlineStr">
         <is>
-          <t>629 000 UZS</t>
+          <t>629 000 сум</t>
         </is>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="0">
         <v>11403</v>
       </c>
       <c r="B316" s="0" t="inlineStr">
         <is>
           <t>Наушники 2E Gaming HG310 LED</t>
         </is>
       </c>
       <c r="C316" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="0">
         <v>11404</v>
       </c>
       <c r="B317" s="0" t="inlineStr">
         <is>
           <t>Наушники 2E Gaming HG320 RGB</t>
         </is>
       </c>
       <c r="C317" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="0">
         <v>11405</v>
       </c>
       <c r="B318" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Ironclaw RGB Wireless</t>
         </is>
       </c>
       <c r="C318" s="0" t="inlineStr">
         <is>
-          <t>890 000 UZS</t>
+          <t>890 000 сум</t>
         </is>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="0">
         <v>11406</v>
       </c>
       <c r="B319" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair M55 PRO RGB</t>
         </is>
       </c>
       <c r="C319" s="0" t="inlineStr">
         <is>
-          <t>408 000 UZS</t>
+          <t>408 000 сум</t>
         </is>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="0">
         <v>11407</v>
       </c>
       <c r="B320" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair M55 PRO RGB White</t>
         </is>
       </c>
       <c r="C320" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="0">
         <v>11408</v>
       </c>
       <c r="B321" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Nightsword RGB</t>
         </is>
       </c>
       <c r="C321" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 UZS</t>
+          <t>1 020 000 сум</t>
         </is>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="0">
         <v>11409</v>
       </c>
       <c r="B322" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Scimitar RGB Elite</t>
         </is>
       </c>
       <c r="C322" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="0">
         <v>11410</v>
       </c>
       <c r="B323" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Blood Red</t>
         </is>
       </c>
       <c r="C323" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="0">
         <v>11411</v>
       </c>
       <c r="B324" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Grey</t>
         </is>
       </c>
       <c r="C324" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="0">
         <v>11412</v>
       </c>
       <c r="B325" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Onyx Black</t>
         </is>
       </c>
       <c r="C325" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="0">
         <v>11413</v>
       </c>
       <c r="B326" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Pearl White</t>
         </is>
       </c>
       <c r="C326" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="0">
         <v>11414</v>
       </c>
       <c r="B327" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Raven Black</t>
         </is>
       </c>
       <c r="C327" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="0">
         <v>11415</v>
       </c>
       <c r="B328" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 S2</t>
         </is>
       </c>
       <c r="C328" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="0">
         <v>11416</v>
       </c>
       <c r="B329" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM2 Comfy S Black</t>
         </is>
       </c>
       <c r="C329" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="0">
         <v>11417</v>
       </c>
       <c r="B330" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM2 Supreme Black</t>
         </is>
       </c>
       <c r="C330" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="0">
         <v>11418</v>
       </c>
       <c r="B331" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM4 Evo Black</t>
         </is>
       </c>
       <c r="C331" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="0">
         <v>11419</v>
       </c>
       <c r="B332" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire Raid</t>
         </is>
       </c>
       <c r="C332" s="0" t="inlineStr">
         <is>
-          <t>662 000 UZS</t>
+          <t>662 000 сум</t>
         </is>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="0">
         <v>11420</v>
       </c>
       <c r="B333" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Harpoon Pro RGB</t>
         </is>
       </c>
       <c r="C333" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="0">
         <v>11421</v>
       </c>
       <c r="B334" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Glaive Pro RGB Aluminum</t>
         </is>
       </c>
       <c r="C334" s="0" t="inlineStr">
         <is>
-          <t>821 000 UZS</t>
+          <t>821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="0">
         <v>11422</v>
       </c>
       <c r="B335" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Glaive Pro RGB</t>
         </is>
       </c>
       <c r="C335" s="0" t="inlineStr">
         <is>
-          <t>835 000 UZS</t>
+          <t>835 000 сум</t>
         </is>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="0">
         <v>11423</v>
       </c>
       <c r="B336" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Dark Core Pro RGB</t>
         </is>
       </c>
       <c r="C336" s="0" t="inlineStr">
         <is>
-          <t>998 000 UZS</t>
+          <t>998 000 сум</t>
         </is>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="0">
         <v>11424</v>
       </c>
       <c r="B337" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Lavawolf M701</t>
         </is>
       </c>
       <c r="C337" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="0">
         <v>11425</v>
       </c>
       <c r="B338" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH500</t>
         </is>
       </c>
       <c r="C338" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="0">
         <v>11426</v>
       </c>
       <c r="B339" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH150</t>
         </is>
       </c>
       <c r="C339" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="0">
         <v>11427</v>
       </c>
       <c r="B340" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud II Pro Gun Metal</t>
         </is>
       </c>
       <c r="C340" s="0" t="inlineStr">
         <is>
-          <t>1 009 000 UZS</t>
+          <t>1 009 000 сум</t>
         </is>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="0">
         <v>11428</v>
       </c>
       <c r="B341" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Flight S PC PS4</t>
         </is>
       </c>
       <c r="C341" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 UZS</t>
+          <t>1 617 000 сум</t>
         </is>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="0">
         <v>11429</v>
       </c>
       <c r="B342" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Flight PC PS4</t>
         </is>
       </c>
       <c r="C342" s="0" t="inlineStr">
         <is>
-          <t>1 324 000 UZS</t>
+          <t>1 324 000 сум</t>
         </is>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="0">
         <v>11430</v>
       </c>
       <c r="B343" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Earbuds</t>
         </is>
       </c>
       <c r="C343" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="0">
         <v>11431</v>
       </c>
       <c r="B344" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha S Blue</t>
         </is>
       </c>
       <c r="C344" s="0" t="inlineStr">
         <is>
-          <t>1 313 000 UZS</t>
+          <t>1 313 000 сум</t>
         </is>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="0">
         <v>11432</v>
       </c>
       <c r="B345" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha Red</t>
         </is>
       </c>
       <c r="C345" s="0" t="inlineStr">
         <is>
-          <t>1 009 000 UZS</t>
+          <t>1 009 000 сум</t>
         </is>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="0">
         <v>11433</v>
       </c>
       <c r="B346" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha Gold</t>
         </is>
       </c>
       <c r="C346" s="0" t="inlineStr">
         <is>
-          <t>1 009 000 UZS</t>
+          <t>1 009 000 сум</t>
         </is>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="0">
         <v>11434</v>
       </c>
       <c r="B347" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Core PS4</t>
         </is>
       </c>
       <c r="C347" s="0" t="inlineStr">
         <is>
-          <t>464 000 UZS</t>
+          <t>464 000 сум</t>
         </is>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="0">
         <v>11435</v>
       </c>
       <c r="B348" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Core</t>
         </is>
       </c>
       <c r="C348" s="0" t="inlineStr">
         <is>
-          <t>456 000 UZS</t>
+          <t>456 000 сум</t>
         </is>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="0">
         <v>11436</v>
       </c>
       <c r="B349" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger</t>
         </is>
       </c>
       <c r="C349" s="0" t="inlineStr">
         <is>
-          <t>619 000 UZS</t>
+          <t>619 000 сум</t>
         </is>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="0">
         <v>11437</v>
       </c>
       <c r="B350" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Silver</t>
         </is>
       </c>
       <c r="C350" s="0" t="inlineStr">
         <is>
-          <t>821 000 UZS</t>
+          <t>821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="0">
         <v>11438</v>
       </c>
       <c r="B351" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Revolver S Gun Metal</t>
         </is>
       </c>
       <c r="C351" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="0">
         <v>11439</v>
       </c>
       <c r="B352" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud PS4</t>
         </is>
       </c>
       <c r="C352" s="0" t="inlineStr">
         <is>
-          <t>718 000 UZS</t>
+          <t>718 000 сум</t>
         </is>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="0">
         <v>11440</v>
       </c>
       <c r="B353" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud MIX</t>
         </is>
       </c>
       <c r="C353" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 UZS</t>
+          <t>1 942 000 сум</t>
         </is>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="0">
         <v>11441</v>
       </c>
       <c r="B354" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud II Pro Red</t>
         </is>
       </c>
       <c r="C354" s="0" t="inlineStr">
         <is>
-          <t>1 009 000 UZS</t>
+          <t>1 009 000 сум</t>
         </is>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="0">
         <v>11442</v>
       </c>
       <c r="B355" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 4 Royal Purple</t>
         </is>
       </c>
       <c r="C355" s="0" t="inlineStr">
         <is>
-          <t>1 376 000 UZS</t>
+          <t>1 376 000 сум</t>
         </is>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="0">
         <v>11443</v>
       </c>
       <c r="B356" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 4 Blue</t>
         </is>
       </c>
       <c r="C356" s="0" t="inlineStr">
         <is>
-          <t>1 376 000 UZS</t>
+          <t>1 376 000 сум</t>
         </is>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="0">
         <v>11444</v>
       </c>
       <c r="B357" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Pouvoir 4 Air 3 32 GB Cosmic Shine</t>
         </is>
       </c>
       <c r="C357" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="0">
         <v>11445</v>
       </c>
       <c r="B358" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Pouvoir 3 Air Blue</t>
         </is>
       </c>
       <c r="C358" s="0" t="inlineStr">
         <is>
-          <t>973 000 UZS</t>
+          <t>973 000 сум</t>
         </is>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="0">
         <v>11446</v>
       </c>
       <c r="B359" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Pouvoir 3 Air Black</t>
         </is>
       </c>
       <c r="C359" s="0" t="inlineStr">
         <is>
-          <t>973 000 UZS</t>
+          <t>973 000 сум</t>
         </is>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="0">
         <v>11447</v>
       </c>
       <c r="B360" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 2F 1 16GB Space Blue</t>
         </is>
       </c>
       <c r="C360" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="0">
         <v>11448</v>
       </c>
       <c r="B361" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 2F 1 16GB Midnight Black</t>
         </is>
       </c>
       <c r="C361" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="0">
         <v>11449</v>
       </c>
       <c r="B362" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 2F 1 16GB Gold</t>
         </is>
       </c>
       <c r="C362" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="0">
         <v>11450</v>
       </c>
       <c r="B363" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 12 Purple</t>
         </is>
       </c>
       <c r="C363" s="0" t="inlineStr">
         <is>
-          <t>1 632 000 UZS</t>
+          <t>1 632 000 сум</t>
         </is>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="0">
         <v>11451</v>
       </c>
       <c r="B364" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 12 Blue</t>
         </is>
       </c>
       <c r="C364" s="0" t="inlineStr">
         <is>
-          <t>1 632 000 UZS</t>
+          <t>1 632 000 сум</t>
         </is>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="0">
         <v>11452</v>
       </c>
       <c r="B365" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 12 Air Blue</t>
         </is>
       </c>
       <c r="C365" s="0" t="inlineStr">
         <is>
-          <t>1 482 000 UZS</t>
+          <t>1 482 000 сум</t>
         </is>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="0">
         <v>11453</v>
       </c>
       <c r="B366" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 12 Air  DS Alpenglow Gold</t>
         </is>
       </c>
       <c r="C366" s="0" t="inlineStr">
         <is>
-          <t>1 482 000 UZS</t>
+          <t>1 482 000 сум</t>
         </is>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="0">
         <v>11454</v>
       </c>
       <c r="B367" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Smart Tank 615</t>
         </is>
       </c>
       <c r="C367" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 UZS</t>
+          <t>3 038 000 сум</t>
         </is>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="0">
         <v>11455</v>
       </c>
       <c r="B368" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Neverstop Laser 1200W</t>
         </is>
       </c>
       <c r="C368" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 UZS</t>
+          <t>3 038 000 сум</t>
         </is>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="0">
         <v>11456</v>
       </c>
       <c r="B369" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Ink Tank 415</t>
         </is>
       </c>
       <c r="C369" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 UZS</t>
+          <t>1 573 000 сум</t>
         </is>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="0">
         <v>11457</v>
       </c>
       <c r="B370" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Ink Tank 315</t>
         </is>
       </c>
       <c r="C370" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="0">
         <v>11458</v>
       </c>
       <c r="B371" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB3000VA 3000W</t>
         </is>
       </c>
       <c r="C371" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="0">
         <v>11459</v>
       </c>
       <c r="B372" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB2000VA 2000W</t>
         </is>
       </c>
       <c r="C372" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="0">
         <v>11460</v>
       </c>
       <c r="B373" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB1500VA 1500W</t>
         </is>
       </c>
       <c r="C373" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="0">
         <v>11461</v>
       </c>
       <c r="B374" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB1000VA 1000W</t>
         </is>
       </c>
       <c r="C374" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="0">
         <v>11462</v>
       </c>
       <c r="B375" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TFR1000 1000W</t>
         </is>
       </c>
       <c r="C375" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="0">
         <v>11463</v>
       </c>
       <c r="B376" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB500VA 500W</t>
         </is>
       </c>
       <c r="C376" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="0">
         <v>11464</v>
       </c>
       <c r="B377" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB5000VA 5000W</t>
         </is>
       </c>
       <c r="C377" s="0" t="inlineStr">
         <is>
-          <t>977 000 UZS</t>
+          <t>977 000 сум</t>
         </is>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="0">
         <v>11465</v>
       </c>
       <c r="B378" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TLR5000 5000W</t>
         </is>
       </c>
       <c r="C378" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="0">
         <v>11466</v>
       </c>
       <c r="B379" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TLR3000 3000W</t>
         </is>
       </c>
       <c r="C379" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="0">
         <v>11467</v>
       </c>
       <c r="B380" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TFR500 500W</t>
         </is>
       </c>
       <c r="C380" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="0">
         <v>11468</v>
       </c>
       <c r="B381" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TFR2000 2000W</t>
         </is>
       </c>
       <c r="C381" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="0">
         <v>11469</v>
       </c>
       <c r="B382" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TFR1500 1500W</t>
         </is>
       </c>
       <c r="C382" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="0">
         <v>11470</v>
       </c>
       <c r="B383" s="0" t="inlineStr">
         <is>
           <t>Проектор Optoma S341</t>
         </is>
       </c>
       <c r="C383" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="0">
         <v>11471</v>
       </c>
       <c r="B384" s="0" t="inlineStr">
         <is>
           <t>Проектор Xiaomi Mijia Laser Projection Lite</t>
         </is>
       </c>
       <c r="C384" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 UZS</t>
+          <t>5 425 000 сум</t>
         </is>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="0">
         <v>11472</v>
       </c>
       <c r="B385" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-X05</t>
         </is>
       </c>
       <c r="C385" s="0" t="inlineStr">
         <is>
-          <t>4 340 000 UZS</t>
+          <t>4 340 000 сум</t>
         </is>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="0">
         <v>11473</v>
       </c>
       <c r="B386" s="0" t="inlineStr">
         <is>
           <t>Проектор Acer X118H</t>
         </is>
       </c>
       <c r="C386" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 UZS</t>
+          <t>3 364 000 сум</t>
         </is>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="0">
         <v>11474</v>
       </c>
       <c r="B387" s="0" t="inlineStr">
         <is>
           <t>Проектор Cheerlux LED Projector С6</t>
         </is>
       </c>
       <c r="C387" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="0">
         <v>11475</v>
       </c>
       <c r="B388" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27MK400H 27″</t>
         </is>
       </c>
       <c r="C388" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 UZS</t>
+          <t>2 170 000 сум</t>
         </is>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="0">
         <v>11476</v>
       </c>
       <c r="B389" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 24FW 24"</t>
         </is>
       </c>
       <c r="C389" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="0">
         <v>11479</v>
       </c>
       <c r="B390" s="0" t="inlineStr">
         <is>
           <t>Монитор AOC 69V 27″</t>
         </is>
       </c>
       <c r="C390" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="0">
         <v>11480</v>
       </c>
       <c r="B391" s="0" t="inlineStr">
         <is>
           <t>Монитор Xiaomi 1A 23.8"</t>
         </is>
       </c>
       <c r="C391" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="0">
         <v>11481</v>
       </c>
       <c r="B392" s="0" t="inlineStr">
         <is>
           <t>Монитор Xiaomi Curved  34"</t>
         </is>
       </c>
       <c r="C392" s="0" t="inlineStr">
         <is>
-          <t>5 751 000 UZS</t>
+          <t>5 751 000 сум</t>
         </is>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="0">
         <v>11482</v>
       </c>
       <c r="B393" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S27F358FWI 27"</t>
         </is>
       </c>
       <c r="C393" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 UZS</t>
+          <t>2 224 000 сум</t>
         </is>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="0">
         <v>11483</v>
       </c>
       <c r="B394" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S27E391XSH 27"</t>
         </is>
       </c>
       <c r="C394" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="0">
         <v>11484</v>
       </c>
       <c r="B395" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S27E332H 27"</t>
         </is>
       </c>
       <c r="C395" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="0">
         <v>11485</v>
       </c>
       <c r="B396" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24F356FHI 23.5"</t>
         </is>
       </c>
       <c r="C396" s="0" t="inlineStr">
         <is>
-          <t>1 606 000 UZS</t>
+          <t>1 606 000 сум</t>
         </is>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="0">
         <v>11486</v>
       </c>
       <c r="B397" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24F350FHI 23.5"</t>
         </is>
       </c>
       <c r="C397" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 UZS</t>
+          <t>1 628 000 сум</t>
         </is>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="0">
         <v>11487</v>
       </c>
       <c r="B398" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24E391HL 23.6"</t>
         </is>
       </c>
       <c r="C398" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="0">
         <v>11488</v>
       </c>
       <c r="B399" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24E390HL 23.6"</t>
         </is>
       </c>
       <c r="C399" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="0">
         <v>11489</v>
       </c>
       <c r="B400" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24D300H 24"</t>
         </is>
       </c>
       <c r="C400" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="0">
         <v>11490</v>
       </c>
       <c r="B401" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S22F350FHI 22"</t>
         </is>
       </c>
       <c r="C401" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 UZS</t>
+          <t>1 085 000 сум</t>
         </is>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="0">
         <v>11491</v>
       </c>
       <c r="B402" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung C32HG70QQI 32"</t>
         </is>
       </c>
       <c r="C402" s="0" t="inlineStr">
         <is>
-          <t>7 053 000 UZS</t>
+          <t>7 053 000 сум</t>
         </is>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="0">
         <v>11492</v>
       </c>
       <c r="B403" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung C27F591FDI 27"</t>
         </is>
       </c>
       <c r="C403" s="0" t="inlineStr">
         <is>
-          <t>2 930 000 UZS</t>
+          <t>2 930 000 сум</t>
         </is>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="0">
         <v>11493</v>
       </c>
       <c r="B404" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro MW27C Curved</t>
         </is>
       </c>
       <c r="C404" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 UZS</t>
+          <t>1 899 000 сум</t>
         </is>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="0">
         <v>11494</v>
       </c>
       <c r="B405" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro MW24C Curved</t>
         </is>
       </c>
       <c r="C405" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="0">
         <v>11495</v>
       </c>
       <c r="B406" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro MB27C Curved</t>
         </is>
       </c>
       <c r="C406" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="0">
         <v>11496</v>
       </c>
       <c r="B407" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro MB24C Curved</t>
         </is>
       </c>
       <c r="C407" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="0">
         <v>11497</v>
       </c>
       <c r="B408" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 34WL85C 34"</t>
         </is>
       </c>
       <c r="C408" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 UZS</t>
+          <t>7 595 000 сум</t>
         </is>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="0">
         <v>11498</v>
       </c>
       <c r="B409" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 34WL500 34"</t>
         </is>
       </c>
       <c r="C409" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 UZS</t>
+          <t>4 123 000 сум</t>
         </is>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="0">
         <v>11499</v>
       </c>
       <c r="B410" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 32GK650F-B 32"</t>
         </is>
       </c>
       <c r="C410" s="0" t="inlineStr">
         <is>
-          <t>5 208 000 UZS</t>
+          <t>5 208 000 сум</t>
         </is>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="0">
         <v>11500</v>
       </c>
       <c r="B411" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 29WL500 29"</t>
         </is>
       </c>
       <c r="C411" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 UZS</t>
+          <t>2 713 000 сум</t>
         </is>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="0">
         <v>11501</v>
       </c>
       <c r="B412" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 29WK500 29"</t>
         </is>
       </c>
       <c r="C412" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 UZS</t>
+          <t>2 713 000 сум</t>
         </is>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="0">
         <v>11502</v>
       </c>
       <c r="B413" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27UL850-W 27"</t>
         </is>
       </c>
       <c r="C413" s="0" t="inlineStr">
         <is>
-          <t>5 968 000 UZS</t>
+          <t>5 968 000 сум</t>
         </is>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="0">
         <v>11503</v>
       </c>
       <c r="B414" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27UL500 27"</t>
         </is>
       </c>
       <c r="C414" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 UZS</t>
+          <t>4 123 000 сум</t>
         </is>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="0">
         <v>11504</v>
       </c>
       <c r="B415" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27MP59G 27"</t>
         </is>
       </c>
       <c r="C415" s="0" t="inlineStr">
         <is>
-          <t>2 137 000 UZS</t>
+          <t>2 137 000 сум</t>
         </is>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="0">
         <v>11505</v>
       </c>
       <c r="B416" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27MK600M 27"</t>
         </is>
       </c>
       <c r="C416" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="0">
         <v>11506</v>
       </c>
       <c r="B417" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 24MP59G 24"</t>
         </is>
       </c>
       <c r="C417" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="0">
         <v>11507</v>
       </c>
       <c r="B418" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 24MK430H 24"</t>
         </is>
       </c>
       <c r="C418" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="0">
         <v>11508</v>
       </c>
       <c r="B419" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 24GL600F-B 24"</t>
         </is>
       </c>
       <c r="C419" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="0">
         <v>11509</v>
       </c>
       <c r="B420" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 22MK600M-B 21.5"</t>
         </is>
       </c>
       <c r="C420" s="0" t="inlineStr">
         <is>
-          <t>1 497 000 UZS</t>
+          <t>1 497 000 сум</t>
         </is>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="0">
         <v>11510</v>
       </c>
       <c r="B421" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 22MK400A 21.5"</t>
         </is>
       </c>
       <c r="C421" s="0" t="inlineStr">
         <is>
-          <t>1 096 000 UZS</t>
+          <t>1 096 000 сум</t>
         </is>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="0">
         <v>11511</v>
       </c>
       <c r="B422" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 22MK430H 22"</t>
         </is>
       </c>
       <c r="C422" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 UZS</t>
+          <t>1 302 000 сум</t>
         </is>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="0">
         <v>11512</v>
       </c>
       <c r="B423" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 27FWA 27"</t>
         </is>
       </c>
       <c r="C423" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 UZS</t>
+          <t>2 496 000 сум</t>
         </is>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="0">
         <v>11513</v>
       </c>
       <c r="B424" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 24FH 24"</t>
         </is>
       </c>
       <c r="C424" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="0">
         <v>11514</v>
       </c>
       <c r="B425" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721HS 27"</t>
         </is>
       </c>
       <c r="C425" s="0" t="inlineStr">
         <is>
-          <t>3 136 000 UZS</t>
+          <t>3 136 000 сум</t>
         </is>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="0">
         <v>11515</v>
       </c>
       <c r="B426" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721HN 27"</t>
         </is>
       </c>
       <c r="C426" s="0" t="inlineStr">
         <is>
-          <t>2 658 000 UZS</t>
+          <t>2 658 000 сум</t>
         </is>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="0">
         <v>11516</v>
       </c>
       <c r="B427" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721HGF 27"</t>
         </is>
       </c>
       <c r="C427" s="0" t="inlineStr">
         <is>
-          <t>3 787 000 UZS</t>
+          <t>3 787 000 сум</t>
         </is>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="0">
         <v>11517</v>
       </c>
       <c r="B428" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721H 27"</t>
         </is>
       </c>
       <c r="C428" s="0" t="inlineStr">
         <is>
-          <t>2 810 000 UZS</t>
+          <t>2 810 000 сум</t>
         </is>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="0">
         <v>11518</v>
       </c>
       <c r="B429" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721D 27"</t>
         </is>
       </c>
       <c r="C429" s="0" t="inlineStr">
         <is>
-          <t>3 787 000 UZS</t>
+          <t>3 787 000 сум</t>
         </is>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="0">
         <v>11519</v>
       </c>
       <c r="B430" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2421HS 24"</t>
         </is>
       </c>
       <c r="C430" s="0" t="inlineStr">
         <is>
-          <t>2 702 000 UZS</t>
+          <t>2 702 000 сум</t>
         </is>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="0">
         <v>11520</v>
       </c>
       <c r="B431" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2421HN 24"</t>
         </is>
       </c>
       <c r="C431" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 UZS</t>
+          <t>2 224 000 сум</t>
         </is>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="0">
         <v>11521</v>
       </c>
       <c r="B432" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2421HGF 24"</t>
         </is>
       </c>
       <c r="C432" s="0" t="inlineStr">
         <is>
-          <t>3 136 000 UZS</t>
+          <t>3 136 000 сум</t>
         </is>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="0">
         <v>11522</v>
       </c>
       <c r="B433" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2421H 24"</t>
         </is>
       </c>
       <c r="C433" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 UZS</t>
+          <t>2 376 000 сум</t>
         </is>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="0">
         <v>11523</v>
       </c>
       <c r="B434" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell E2420H 24"</t>
         </is>
       </c>
       <c r="C434" s="0" t="inlineStr">
         <is>
-          <t>1 834 000 UZS</t>
+          <t>1 834 000 сум</t>
         </is>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="0">
         <v>11524</v>
       </c>
       <c r="B435" s="0" t="inlineStr">
         <is>
           <t>Монитор AOC i2769V 27"</t>
         </is>
       </c>
       <c r="C435" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="0">
         <v>11525</v>
       </c>
       <c r="B436" s="0" t="inlineStr">
         <is>
           <t>Монитор AOC I2790VQ 27"</t>
         </is>
       </c>
       <c r="C436" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 UZS</t>
+          <t>2 224 000 сум</t>
         </is>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="0">
         <v>11526</v>
       </c>
       <c r="B437" s="0" t="inlineStr">
         <is>
           <t>Монитор AOC E970SW 18,5"</t>
         </is>
       </c>
       <c r="C437" s="0" t="inlineStr">
         <is>
-          <t>727 000 UZS</t>
+          <t>727 000 сум</t>
         </is>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="0">
         <v>11527</v>
       </c>
       <c r="B438" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo X1810 Wireless USB</t>
         </is>
       </c>
       <c r="C438" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="0">
         <v>11528</v>
       </c>
       <c r="B439" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo V120S</t>
         </is>
       </c>
       <c r="C439" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="0">
         <v>11529</v>
       </c>
       <c r="B440" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo NX 2000</t>
         </is>
       </c>
       <c r="C440" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="0">
         <v>11530</v>
       </c>
       <c r="B441" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 9500M</t>
         </is>
       </c>
       <c r="C441" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="0">
         <v>11531</v>
       </c>
       <c r="B442" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM30 Black</t>
         </is>
       </c>
       <c r="C442" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="0">
         <v>11532</v>
       </c>
       <c r="B443" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM11 Black</t>
         </is>
       </c>
       <c r="C443" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="0">
         <v>11533</v>
       </c>
       <c r="B444" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HP G100</t>
         </is>
       </c>
       <c r="C444" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="0">
         <v>11534</v>
       </c>
       <c r="B445" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Gamdias ZEUS E2</t>
         </is>
       </c>
       <c r="C445" s="0" t="inlineStr">
         <is>
-          <t>119 000 UZS</t>
+          <t>119 000 сум</t>
         </is>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="0">
         <v>11535</v>
       </c>
       <c r="B446" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Optimum Defender MB-270</t>
         </is>
       </c>
       <c r="C446" s="0" t="inlineStr">
         <is>
-          <t>227 850 000 UZS</t>
+          <t>227 850 000 сум</t>
         </is>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="0">
         <v>11536</v>
       </c>
       <c r="B447" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MG340 Black</t>
         </is>
       </c>
       <c r="C447" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="0">
         <v>11537</v>
       </c>
       <c r="B448" s="0" t="inlineStr">
         <is>
           <t>Компьютераня мышь 2E MG330 Black</t>
         </is>
       </c>
       <c r="C448" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="0">
         <v>11538</v>
       </c>
       <c r="B449" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MG320 Black</t>
         </is>
       </c>
       <c r="C449" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="0">
         <v>11539</v>
       </c>
       <c r="B450" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MG310 Black</t>
         </is>
       </c>
       <c r="C450" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="0">
         <v>11540</v>
       </c>
       <c r="B451" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF215 WL Black</t>
         </is>
       </c>
       <c r="C451" s="0" t="inlineStr">
         <is>
-          <t>75 000 UZS</t>
+          <t>75 000 сум</t>
         </is>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="0">
         <v>11541</v>
       </c>
       <c r="B452" s="0" t="inlineStr">
         <is>
           <t>Компьютераня мышь 2E MF213 WL Black</t>
         </is>
       </c>
       <c r="C452" s="0" t="inlineStr">
         <is>
-          <t>29 000 UZS</t>
+          <t>29 000 сум</t>
         </is>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="0">
         <v>11542</v>
       </c>
       <c r="B453" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF211 WL Red</t>
         </is>
       </c>
       <c r="C453" s="0" t="inlineStr">
         <is>
-          <t>53 000 UZS</t>
+          <t>53 000 сум</t>
         </is>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="0">
         <v>11543</v>
       </c>
       <c r="B454" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF211 WL Grey</t>
         </is>
       </c>
       <c r="C454" s="0" t="inlineStr">
         <is>
-          <t>51 000 UZS</t>
+          <t>51 000 сум</t>
         </is>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="0">
         <v>11544</v>
       </c>
       <c r="B455" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF211 WL Black</t>
         </is>
       </c>
       <c r="C455" s="0" t="inlineStr">
         <is>
-          <t>40 000 UZS</t>
+          <t>40 000 сум</t>
         </is>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="0">
         <v>11545</v>
       </c>
       <c r="B456" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF209 Black</t>
         </is>
       </c>
       <c r="C456" s="0" t="inlineStr">
         <is>
-          <t>64 000 UZS</t>
+          <t>64 000 сум</t>
         </is>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="0">
         <v>11546</v>
       </c>
       <c r="B457" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF170 Black</t>
         </is>
       </c>
       <c r="C457" s="0" t="inlineStr">
         <is>
-          <t>23 000 UZS</t>
+          <t>23 000 сум</t>
         </is>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="0">
         <v>11547</v>
       </c>
       <c r="B458" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF140 Black</t>
         </is>
       </c>
       <c r="C458" s="0" t="inlineStr">
         <is>
-          <t>16 000 UZS</t>
+          <t>16 000 сум</t>
         </is>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="0">
         <v>11548</v>
       </c>
       <c r="B459" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF130 Black</t>
         </is>
       </c>
       <c r="C459" s="0" t="inlineStr">
         <is>
-          <t>17 000 UZS</t>
+          <t>17 000 сум</t>
         </is>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="0">
         <v>11549</v>
       </c>
       <c r="B460" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF110 White</t>
         </is>
       </c>
       <c r="C460" s="0" t="inlineStr">
         <is>
-          <t>42 000 UZS</t>
+          <t>42 000 сум</t>
         </is>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="0">
         <v>11550</v>
       </c>
       <c r="B461" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF110 Black</t>
         </is>
       </c>
       <c r="C461" s="0" t="inlineStr">
         <is>
-          <t>42 000 UZS</t>
+          <t>42 000 сум</t>
         </is>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="0">
         <v>11551</v>
       </c>
       <c r="B462" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF103 Black</t>
         </is>
       </c>
       <c r="C462" s="0" t="inlineStr">
         <is>
-          <t>23 000 UZS</t>
+          <t>23 000 сум</t>
         </is>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="0">
         <v>11552</v>
       </c>
       <c r="B463" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF1010 Black</t>
         </is>
       </c>
       <c r="C463" s="0" t="inlineStr">
         <is>
-          <t>24 000 UZS</t>
+          <t>24 000 сум</t>
         </is>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="0">
         <v>11553</v>
       </c>
       <c r="B464" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO N200 Black</t>
         </is>
       </c>
       <c r="C464" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="0">
         <v>11554</v>
       </c>
       <c r="B465" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO N200 White</t>
         </is>
       </c>
       <c r="C465" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="0">
         <v>11555</v>
       </c>
       <c r="B466" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO N100 Black</t>
         </is>
       </c>
       <c r="C466" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="0">
         <v>11556</v>
       </c>
       <c r="B467" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO N100 White</t>
         </is>
       </c>
       <c r="C467" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="0">
         <v>11557</v>
       </c>
       <c r="B468" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO MT550 Black</t>
         </is>
       </c>
       <c r="C468" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="0">
         <v>11558</v>
       </c>
       <c r="B469" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M500 Black</t>
         </is>
       </c>
       <c r="C469" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="0">
         <v>11559</v>
       </c>
       <c r="B470" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M300 Black</t>
         </is>
       </c>
       <c r="C470" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="0">
         <v>11560</v>
       </c>
       <c r="B471" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M200 Black</t>
         </is>
       </c>
       <c r="C471" s="0" t="inlineStr">
         <is>
-          <t>119 000 UZS</t>
+          <t>119 000 сум</t>
         </is>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="0">
         <v>11561</v>
       </c>
       <c r="B472" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M160 Black</t>
         </is>
       </c>
       <c r="C472" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="0">
         <v>11562</v>
       </c>
       <c r="B473" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M100 Black</t>
         </is>
       </c>
       <c r="C473" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="0">
         <v>11563</v>
       </c>
       <c r="B474" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO 7200M Black</t>
         </is>
       </c>
       <c r="C474" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="0">
         <v>11564</v>
       </c>
       <c r="B475" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO 3510 Plus</t>
         </is>
       </c>
       <c r="C475" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="0">
         <v>11565</v>
       </c>
       <c r="B476" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO 1620  Black</t>
         </is>
       </c>
       <c r="C476" s="0" t="inlineStr">
         <is>
-          <t>81 000 UZS</t>
+          <t>81 000 сум</t>
         </is>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="0">
         <v>11566</v>
       </c>
       <c r="B477" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Interceptor DS B1</t>
         </is>
       </c>
       <c r="C477" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="0">
         <v>11567</v>
       </c>
       <c r="B478" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM50</t>
         </is>
       </c>
       <c r="C478" s="0" t="inlineStr">
         <is>
-          <t>564 000 UZS</t>
+          <t>564 000 сум</t>
         </is>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="0">
         <v>11568</v>
       </c>
       <c r="B479" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM40</t>
         </is>
       </c>
       <c r="C479" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="0">
         <v>11569</v>
       </c>
       <c r="B480" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники Xiaomi Mi True Wireless Earbuds Basic 2</t>
         </is>
       </c>
       <c r="C480" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="0">
         <v>11570</v>
       </c>
       <c r="B481" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники QCY T5</t>
         </is>
       </c>
       <c r="C481" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="0">
         <v>11571</v>
       </c>
       <c r="B482" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники QCY T3</t>
         </is>
       </c>
       <c r="C482" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="0">
         <v>11572</v>
       </c>
       <c r="B483" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники QCY T1</t>
         </is>
       </c>
       <c r="C483" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="0">
         <v>11573</v>
       </c>
       <c r="B484" s="0" t="inlineStr">
         <is>
           <t>Наушники Gamdias Gaming Headset HEBE E2</t>
         </is>
       </c>
       <c r="C484" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="0">
         <v>11574</v>
       </c>
       <c r="B485" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier P841</t>
         </is>
       </c>
       <c r="C485" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="0">
         <v>11575</v>
       </c>
       <c r="B486" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier K830</t>
         </is>
       </c>
       <c r="C486" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="0">
         <v>11576</v>
       </c>
       <c r="B487" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier K550</t>
         </is>
       </c>
       <c r="C487" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="0">
         <v>11577</v>
       </c>
       <c r="B488" s="0" t="inlineStr">
         <is>
           <t>Наушники Cooler Master MasterPulse MH750</t>
         </is>
       </c>
       <c r="C488" s="0" t="inlineStr">
         <is>
-          <t>890 000 UZS</t>
+          <t>890 000 сум</t>
         </is>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="0">
         <v>11578</v>
       </c>
       <c r="B489" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Dual Driver Earphones White</t>
         </is>
       </c>
       <c r="C489" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="0">
         <v>11579</v>
       </c>
       <c r="B490" s="0" t="inlineStr">
         <is>
           <t>Наушники Mi Pro Headphones</t>
         </is>
       </c>
       <c r="C490" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="0">
         <v>11580</v>
       </c>
       <c r="B491" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Varuna K559</t>
         </is>
       </c>
       <c r="C491" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="0">
         <v>11581</v>
       </c>
       <c r="B492" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Andromeda K558-1</t>
         </is>
       </c>
       <c r="C492" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="0">
         <v>11582</v>
       </c>
       <c r="B493" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Werewolf GK-120DL</t>
         </is>
       </c>
       <c r="C493" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="0">
         <v>11583</v>
       </c>
       <c r="B494" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mypro C20S Combo Wireless</t>
         </is>
       </c>
       <c r="C494" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="0">
         <v>11584</v>
       </c>
       <c r="B495" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mi MIIIW Wireless Set Black</t>
         </is>
       </c>
       <c r="C495" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="0">
         <v>11585</v>
       </c>
       <c r="B496" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mi MIIIW Wireless Set White</t>
         </is>
       </c>
       <c r="C496" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="0">
         <v>11586</v>
       </c>
       <c r="B497" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Defender Dakota C 270</t>
         </is>
       </c>
       <c r="C497" s="0" t="inlineStr">
         <is>
-          <t>60 000 UZS</t>
+          <t>60 000 сум</t>
         </is>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="0">
         <v>11587</v>
       </c>
       <c r="B498" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь A4tech KX 2810 X7</t>
         </is>
       </c>
       <c r="C498" s="0" t="inlineStr">
         <is>
-          <t>309 000 UZS</t>
+          <t>309 000 сум</t>
         </is>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="0">
         <v>11588</v>
       </c>
       <c r="B499" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь 2E MK410 WB</t>
         </is>
       </c>
       <c r="C499" s="0" t="inlineStr">
         <is>
-          <t>114 000 UZS</t>
+          <t>114 000 сум</t>
         </is>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="0">
         <v>11589</v>
       </c>
       <c r="B500" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Trust Ziva Combo Wireless</t>
         </is>
       </c>
       <c r="C500" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="0">
         <v>11590</v>
       </c>
       <c r="B501" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Trust Mezza Combo Wireless</t>
         </is>
       </c>
       <c r="C501" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="0">
         <v>11591</v>
       </c>
       <c r="B502" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 9300M Wireless</t>
         </is>
       </c>
       <c r="C502" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="0">
         <v>11592</v>
       </c>
       <c r="B503" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 8100M Wireless USB</t>
         </is>
       </c>
       <c r="C503" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="0">
         <v>11593</v>
       </c>
       <c r="B504" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mypro C20 White</t>
         </is>
       </c>
       <c r="C504" s="0" t="inlineStr">
         <is>
-          <t>119 000 UZS</t>
+          <t>119 000 сум</t>
         </is>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="0">
         <v>11594</v>
       </c>
       <c r="B505" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Genius KM-200 Black USB</t>
         </is>
       </c>
       <c r="C505" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="0">
         <v>11595</v>
       </c>
       <c r="B506" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Genius KM 8100</t>
         </is>
       </c>
       <c r="C506" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="0">
         <v>11596</v>
       </c>
       <c r="B507" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Gamdias GKC 6011</t>
         </is>
       </c>
       <c r="C507" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="0">
         <v>11597</v>
       </c>
       <c r="B508" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Defender Columbia C 775 Wireless</t>
         </is>
       </c>
       <c r="C508" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="0">
         <v>11598</v>
       </c>
       <c r="B509" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Defender Berkeley C 925 Wireless</t>
         </is>
       </c>
       <c r="C509" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="0">
         <v>11599</v>
       </c>
       <c r="B510" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь A4tech 8520D</t>
         </is>
       </c>
       <c r="C510" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="0">
         <v>11600</v>
       </c>
       <c r="B511" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь 2E MK401UB</t>
         </is>
       </c>
       <c r="C511" s="0" t="inlineStr">
         <is>
-          <t>56 000 UZS</t>
+          <t>56 000 сум</t>
         </is>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="0">
         <v>11601</v>
       </c>
       <c r="B512" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake TR2 S 600W</t>
         </is>
       </c>
       <c r="C512" s="0" t="inlineStr">
         <is>
-          <t>586 000 UZS</t>
+          <t>586 000 сум</t>
         </is>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="0">
         <v>11602</v>
       </c>
       <c r="B513" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake TR2 S 500W</t>
         </is>
       </c>
       <c r="C513" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="0">
         <v>11603</v>
       </c>
       <c r="B514" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart RGB 600W</t>
         </is>
       </c>
       <c r="C514" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="0">
         <v>11604</v>
       </c>
       <c r="B515" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus Tuf Gaming M5 Black</t>
         </is>
       </c>
       <c r="C515" s="0" t="inlineStr">
         <is>
-          <t>391 000 UZS</t>
+          <t>391 000 сум</t>
         </is>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="0">
         <v>11605</v>
       </c>
       <c r="B516" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus Tuf Gaming M3 Black</t>
         </is>
       </c>
       <c r="C516" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="0">
         <v>11606</v>
       </c>
       <c r="B517" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus ROG Gladius II Wireless</t>
         </is>
       </c>
       <c r="C517" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 UZS</t>
+          <t>1 085 000 сум</t>
         </is>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="0">
         <v>11607</v>
       </c>
       <c r="B518" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus ROG Chakram</t>
         </is>
       </c>
       <c r="C518" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="0">
         <v>11608</v>
       </c>
       <c r="B519" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus Cerberus</t>
         </is>
       </c>
       <c r="C519" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="0">
         <v>11609</v>
       </c>
       <c r="B520" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF214 SWB Wireless</t>
         </is>
       </c>
       <c r="C520" s="0" t="inlineStr">
         <is>
-          <t>60 000 UZS</t>
+          <t>60 000 сум</t>
         </is>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="0">
         <v>11610</v>
       </c>
       <c r="B521" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF212 WL Wireless</t>
         </is>
       </c>
       <c r="C521" s="0" t="inlineStr">
         <is>
-          <t>49 000 UZS</t>
+          <t>49 000 сум</t>
         </is>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="0">
         <v>11611</v>
       </c>
       <c r="B522" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF210 WW Wireless White</t>
         </is>
       </c>
       <c r="C522" s="0" t="inlineStr">
         <is>
-          <t>64 000 UZS</t>
+          <t>64 000 сум</t>
         </is>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="0">
         <v>11612</v>
       </c>
       <c r="B523" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF210 WB Wireless Black</t>
         </is>
       </c>
       <c r="C523" s="0" t="inlineStr">
         <is>
-          <t>60 000 UZS</t>
+          <t>60 000 сум</t>
         </is>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="0">
         <v>11613</v>
       </c>
       <c r="B524" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Viper Ultimate</t>
         </is>
       </c>
       <c r="C524" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 UZS</t>
+          <t>1 302 000 сум</t>
         </is>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="0">
         <v>11614</v>
       </c>
       <c r="B525" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Mamba Wireless</t>
         </is>
       </c>
       <c r="C525" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 UZS</t>
+          <t>1 302 000 сум</t>
         </is>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="0">
         <v>11615</v>
       </c>
       <c r="B526" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Basilisk-Mercury</t>
         </is>
       </c>
       <c r="C526" s="0" t="inlineStr">
         <is>
-          <t>781 000 UZS</t>
+          <t>781 000 сум</t>
         </is>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="0">
         <v>11616</v>
       </c>
       <c r="B527" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Basilisk Ultimate</t>
         </is>
       </c>
       <c r="C527" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="0">
         <v>11617</v>
       </c>
       <c r="B528" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Atheris-Mercury</t>
         </is>
       </c>
       <c r="C528" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="0">
         <v>11618</v>
       </c>
       <c r="B529" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M550 USB Wireless</t>
         </is>
       </c>
       <c r="C529" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="0">
         <v>11619</v>
       </c>
       <c r="B530" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM08</t>
         </is>
       </c>
       <c r="C530" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="0">
         <v>11620</v>
       </c>
       <c r="B531" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 RGB Street</t>
         </is>
       </c>
       <c r="C531" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="0">
         <v>11621</v>
       </c>
       <c r="B532" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master V1300 PLATINUM</t>
         </is>
       </c>
       <c r="C532" s="0" t="inlineStr">
         <is>
-          <t>3 320 000 UZS</t>
+          <t>3 320 000 сум</t>
         </is>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="0">
         <v>11622</v>
       </c>
       <c r="B533" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master Elite V3 400W</t>
         </is>
       </c>
       <c r="C533" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="0">
         <v>11623</v>
       </c>
       <c r="B534" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Value APB-500B8</t>
         </is>
       </c>
       <c r="C534" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="0">
         <v>11624</v>
       </c>
       <c r="B535" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec SMART GPS-700A8 700W</t>
         </is>
       </c>
       <c r="C535" s="0" t="inlineStr">
         <is>
-          <t>586 000 UZS</t>
+          <t>586 000 сум</t>
         </is>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="0">
         <v>11625</v>
       </c>
       <c r="B536" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec SMART GPS-650A8 650W</t>
         </is>
       </c>
       <c r="C536" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="0">
         <v>11626</v>
       </c>
       <c r="B537" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec SMART GPS-600A8 600W</t>
         </is>
       </c>
       <c r="C537" s="0" t="inlineStr">
         <is>
-          <t>564 000 UZS</t>
+          <t>564 000 сум</t>
         </is>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="0">
         <v>11627</v>
       </c>
       <c r="B538" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec SMART GPS-500A8 500W</t>
         </is>
       </c>
       <c r="C538" s="0" t="inlineStr">
         <is>
-          <t>456 000 UZS</t>
+          <t>456 000 сум</t>
         </is>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="0">
         <v>11628</v>
       </c>
       <c r="B539" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-850C 850W</t>
         </is>
       </c>
       <c r="C539" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="0">
         <v>11629</v>
       </c>
       <c r="B540" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-750C 750W</t>
         </is>
       </c>
       <c r="C540" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="0">
         <v>11630</v>
       </c>
       <c r="B541" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-650C 650W</t>
         </is>
       </c>
       <c r="C541" s="0" t="inlineStr">
         <is>
-          <t>846 000 UZS</t>
+          <t>846 000 сум</t>
         </is>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="0">
         <v>11631</v>
       </c>
       <c r="B542" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-600S 600W</t>
         </is>
       </c>
       <c r="C542" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="0">
         <v>11632</v>
       </c>
       <c r="B543" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-1000C 1000W</t>
         </is>
       </c>
       <c r="C543" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 UZS</t>
+          <t>1 291 000 сум</t>
         </is>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="0">
         <v>11633</v>
       </c>
       <c r="B544" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec POWER SMART GPS-750C 750W</t>
         </is>
       </c>
       <c r="C544" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 UZS</t>
+          <t>1 052 000 сум</t>
         </is>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="0">
         <v>11634</v>
       </c>
       <c r="B545" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PHOTON CTG-750C-RGB 750W</t>
         </is>
       </c>
       <c r="C545" s="0" t="inlineStr">
         <is>
-          <t>901 000 UZS</t>
+          <t>901 000 сум</t>
         </is>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="0">
         <v>11635</v>
       </c>
       <c r="B546" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPC-700S 700W</t>
         </is>
       </c>
       <c r="C546" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="0">
         <v>11636</v>
       </c>
       <c r="B547" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPC-600S 600W</t>
         </is>
       </c>
       <c r="C547" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="0">
         <v>11637</v>
       </c>
       <c r="B548" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPC-500S 500W</t>
         </is>
       </c>
       <c r="C548" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="0">
         <v>11638</v>
       </c>
       <c r="B549" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPA-500S8 500W</t>
         </is>
       </c>
       <c r="C549" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="0">
         <v>11639</v>
       </c>
       <c r="B550" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPA-450S8 450W</t>
         </is>
       </c>
       <c r="C550" s="0" t="inlineStr">
         <is>
-          <t>358 000 UZS</t>
+          <t>358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="0">
         <v>11640</v>
       </c>
       <c r="B551" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPA-400S8 400W</t>
         </is>
       </c>
       <c r="C551" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="0">
         <v>11641</v>
       </c>
       <c r="B552" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec FORCE CPS-750S 750W</t>
         </is>
       </c>
       <c r="C552" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="0">
         <v>11642</v>
       </c>
       <c r="B553" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec ECO GPE-700S 700W</t>
         </is>
       </c>
       <c r="C553" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="0">
         <v>11643</v>
       </c>
       <c r="B554" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec ECO GPE-600S 600W</t>
         </is>
       </c>
       <c r="C554" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="0">
         <v>11644</v>
       </c>
       <c r="B555" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec ECO GPE-500S 500W</t>
         </is>
       </c>
       <c r="C555" s="0" t="inlineStr">
         <is>
-          <t>521 000 UZS</t>
+          <t>521 000 сум</t>
         </is>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="0">
         <v>11645</v>
       </c>
       <c r="B556" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-90 GDP-750C 750W</t>
         </is>
       </c>
       <c r="C556" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="0">
         <v>11646</v>
       </c>
       <c r="B557" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-90 GDP-650C 650W</t>
         </is>
       </c>
       <c r="C557" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="0">
         <v>11647</v>
       </c>
       <c r="B558" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-80 CTG-750C 750W</t>
         </is>
       </c>
       <c r="C558" s="0" t="inlineStr">
         <is>
-          <t>803 000 UZS</t>
+          <t>803 000 сум</t>
         </is>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="0">
         <v>11648</v>
       </c>
       <c r="B559" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-80 CTG-650C 650W</t>
         </is>
       </c>
       <c r="C559" s="0" t="inlineStr">
         <is>
-          <t>749 000 UZS</t>
+          <t>749 000 сум</t>
         </is>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="0">
         <v>11649</v>
       </c>
       <c r="B560" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-80 CTG-550C 550W</t>
         </is>
       </c>
       <c r="C560" s="0" t="inlineStr">
         <is>
-          <t>694 000 UZS</t>
+          <t>694 000 сум</t>
         </is>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="0">
         <v>11652</v>
       </c>
       <c r="B561" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman MegaMax 700W ZM700-TXII</t>
         </is>
       </c>
       <c r="C561" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="0">
         <v>11653</v>
       </c>
       <c r="B562" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman MegaMax 600W ZM600-TXII</t>
         </is>
       </c>
       <c r="C562" s="0" t="inlineStr">
         <is>
-          <t>521 000 UZS</t>
+          <t>521 000 сум</t>
         </is>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="0">
         <v>11654</v>
       </c>
       <c r="B563" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman MegaMax 500W ZM500-TXII</t>
         </is>
       </c>
       <c r="C563" s="0" t="inlineStr">
         <is>
-          <t>477 000 UZS</t>
+          <t>477 000 сум</t>
         </is>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="0">
         <v>11655</v>
       </c>
       <c r="B564" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake TR2 S 700W</t>
         </is>
       </c>
       <c r="C564" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="0">
         <v>11656</v>
       </c>
       <c r="B565" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Toughpower GX1 RGB 700W</t>
         </is>
       </c>
       <c r="C565" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="0">
         <v>11657</v>
       </c>
       <c r="B566" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Toughpower GX1 RGB 600W</t>
         </is>
       </c>
       <c r="C566" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="0">
         <v>11658</v>
       </c>
       <c r="B567" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Toughpower GX1 RGB 500W</t>
         </is>
       </c>
       <c r="C567" s="0" t="inlineStr">
         <is>
-          <t>944 000 UZS</t>
+          <t>944 000 сум</t>
         </is>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="0">
         <v>11659</v>
       </c>
       <c r="B568" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Toughpower Grand GX1 RGB 850W Gold</t>
         </is>
       </c>
       <c r="C568" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="0">
         <v>11661</v>
       </c>
       <c r="B569" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart RGB 700W</t>
         </is>
       </c>
       <c r="C569" s="0" t="inlineStr">
         <is>
-          <t>727 000 UZS</t>
+          <t>727 000 сум</t>
         </is>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="0">
         <v>11662</v>
       </c>
       <c r="B570" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart RGB 500W</t>
         </is>
       </c>
       <c r="C570" s="0" t="inlineStr">
         <is>
-          <t>564 000 UZS</t>
+          <t>564 000 сум</t>
         </is>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="0">
         <v>11663</v>
       </c>
       <c r="B571" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart Pro RGB 850W</t>
         </is>
       </c>
       <c r="C571" s="0" t="inlineStr">
         <is>
-          <t>1 378 000 UZS</t>
+          <t>1 378 000 сум</t>
         </is>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="0">
         <v>11664</v>
       </c>
       <c r="B572" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart BX1 RGB 750W</t>
         </is>
       </c>
       <c r="C572" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="0">
         <v>11665</v>
       </c>
       <c r="B573" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart BX1 RGB 650W</t>
         </is>
       </c>
       <c r="C573" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="0">
         <v>11666</v>
       </c>
       <c r="B574" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart BX1 RGB 550W</t>
         </is>
       </c>
       <c r="C574" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="0">
         <v>11667</v>
       </c>
       <c r="B575" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Litepower 650W</t>
         </is>
       </c>
       <c r="C575" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="0">
         <v>11668</v>
       </c>
       <c r="B576" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Litepower 550W</t>
         </is>
       </c>
       <c r="C576" s="0" t="inlineStr">
         <is>
-          <t>456 000 UZS</t>
+          <t>456 000 сум</t>
         </is>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="0">
         <v>11669</v>
       </c>
       <c r="B577" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master Masterwatt Lite 500w</t>
         </is>
       </c>
       <c r="C577" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="0">
         <v>11670</v>
       </c>
       <c r="B578" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master Elite V3 500W</t>
         </is>
       </c>
       <c r="C578" s="0" t="inlineStr">
         <is>
-          <t>477 000 UZS</t>
+          <t>477 000 сум</t>
         </is>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="0">
         <v>11671</v>
       </c>
       <c r="B579" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H26</t>
         </is>
       </c>
       <c r="C579" s="0" t="inlineStr">
         <is>
-          <t>618 000 UZS</t>
+          <t>618 000 сум</t>
         </is>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="0">
         <v>11672</v>
       </c>
       <c r="B580" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H24</t>
         </is>
       </c>
       <c r="C580" s="0" t="inlineStr">
         <is>
-          <t>374 000 UZS</t>
+          <t>374 000 сум</t>
         </is>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="0">
         <v>11673</v>
       </c>
       <c r="B581" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H21</t>
         </is>
       </c>
       <c r="C581" s="0" t="inlineStr">
         <is>
-          <t>358 000 UZS</t>
+          <t>358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="0">
         <v>11674</v>
       </c>
       <c r="B582" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H15</t>
         </is>
       </c>
       <c r="C582" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="0">
         <v>11675</v>
       </c>
       <c r="B583" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Suppressor F31</t>
         </is>
       </c>
       <c r="C583" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 UZS</t>
+          <t>1 183 000 сум</t>
         </is>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="0">
         <v>11676</v>
       </c>
       <c r="B584" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core X2</t>
         </is>
       </c>
       <c r="C584" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="0">
         <v>11677</v>
       </c>
       <c r="B585" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core V51</t>
         </is>
       </c>
       <c r="C585" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 UZS</t>
+          <t>1 291 000 сум</t>
         </is>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="0">
         <v>11678</v>
       </c>
       <c r="B586" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core V21</t>
         </is>
       </c>
       <c r="C586" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="0">
         <v>11679</v>
       </c>
       <c r="B587" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Commander G33</t>
         </is>
       </c>
       <c r="C587" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="0">
         <v>11680</v>
       </c>
       <c r="B588" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Commander C36</t>
         </is>
       </c>
       <c r="C588" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="0">
         <v>11681</v>
       </c>
       <c r="B589" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox MB600L</t>
         </is>
       </c>
       <c r="C589" s="0" t="inlineStr">
         <is>
-          <t>499 000 UZS</t>
+          <t>499 000 сум</t>
         </is>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="0">
         <v>11682</v>
       </c>
       <c r="B590" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox MB520 RGB</t>
         </is>
       </c>
       <c r="C590" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="0">
         <v>11683</v>
       </c>
       <c r="B591" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Playa</t>
         </is>
       </c>
       <c r="C591" s="0" t="inlineStr">
         <is>
-          <t>553 000 UZS</t>
+          <t>553 000 сум</t>
         </is>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="0">
         <v>11684</v>
       </c>
       <c r="B592" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool KLAW</t>
         </is>
       </c>
       <c r="C592" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="0">
         <v>11685</v>
       </c>
       <c r="B593" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Cylon Pro</t>
         </is>
       </c>
       <c r="C593" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="0">
         <v>11686</v>
       </c>
       <c r="B594" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool CS-1103</t>
         </is>
       </c>
       <c r="C594" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="0">
         <v>11687</v>
       </c>
       <c r="B595" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Aero 500</t>
         </is>
       </c>
       <c r="C595" s="0" t="inlineStr">
         <is>
-          <t>456 000 UZS</t>
+          <t>456 000 сум</t>
         </is>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="0">
         <v>11688</v>
       </c>
       <c r="B596" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa J22</t>
         </is>
       </c>
       <c r="C596" s="0" t="inlineStr">
         <is>
-          <t>651 000 UZS</t>
+          <t>651 000 сум</t>
         </is>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="0">
         <v>11689</v>
       </c>
       <c r="B597" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H22</t>
         </is>
       </c>
       <c r="C597" s="0" t="inlineStr">
         <is>
-          <t>499 000 UZS</t>
+          <t>499 000 сум</t>
         </is>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="0">
         <v>11690</v>
       </c>
       <c r="B598" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H18</t>
         </is>
       </c>
       <c r="C598" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="0">
         <v>11691</v>
       </c>
       <c r="B599" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake S300 TG Black</t>
         </is>
       </c>
       <c r="C599" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="0">
         <v>11692</v>
       </c>
       <c r="B600" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 VT</t>
         </is>
       </c>
       <c r="C600" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="0">
         <v>11693</v>
       </c>
       <c r="B601" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 MT ARGB</t>
         </is>
       </c>
       <c r="C601" s="0" t="inlineStr">
         <is>
-          <t>890 000 UZS</t>
+          <t>890 000 сум</t>
         </is>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="0">
         <v>11694</v>
       </c>
       <c r="B602" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 GT ARGB Black Edition</t>
         </is>
       </c>
       <c r="C602" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="0">
         <v>11695</v>
       </c>
       <c r="B603" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 GT</t>
         </is>
       </c>
       <c r="C603" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="0">
         <v>11696</v>
       </c>
       <c r="B604" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake H200 TG Black</t>
         </is>
       </c>
       <c r="C604" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="0">
         <v>11697</v>
       </c>
       <c r="B605" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core V1</t>
         </is>
       </c>
       <c r="C605" s="0" t="inlineStr">
         <is>
-          <t>586 000 UZS</t>
+          <t>586 000 сум</t>
         </is>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="0">
         <v>11698</v>
       </c>
       <c r="B606" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Commander C35</t>
         </is>
       </c>
       <c r="C606" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="0">
         <v>11699</v>
       </c>
       <c r="B607" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Silent Hill H606</t>
         </is>
       </c>
       <c r="C607" s="0" t="inlineStr">
         <is>
-          <t>293 000 UZS</t>
+          <t>293 000 сум</t>
         </is>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="0">
         <v>11700</v>
       </c>
       <c r="B608" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Shine</t>
         </is>
       </c>
       <c r="C608" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="0">
         <v>11701</v>
       </c>
       <c r="B609" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Revolt</t>
         </is>
       </c>
       <c r="C609" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="0">
         <v>11702</v>
       </c>
       <c r="B610" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Mini Abyss</t>
         </is>
       </c>
       <c r="C610" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="0">
         <v>11703</v>
       </c>
       <c r="B611" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Fortress TG</t>
         </is>
       </c>
       <c r="C611" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="0">
         <v>11704</v>
       </c>
       <c r="B612" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Expedition BK</t>
         </is>
       </c>
       <c r="C612" s="0" t="inlineStr">
         <is>
-          <t>358 000 UZS</t>
+          <t>358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="0">
         <v>11705</v>
       </c>
       <c r="B613" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Dark Ranger</t>
         </is>
       </c>
       <c r="C613" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="0">
         <v>11706</v>
       </c>
       <c r="B614" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Black Diamond</t>
         </is>
       </c>
       <c r="C614" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="0">
         <v>11707</v>
       </c>
       <c r="B615" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Abyss TR</t>
         </is>
       </c>
       <c r="C615" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="0">
         <v>11708</v>
       </c>
       <c r="B616" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox 5 Mesh Flow</t>
         </is>
       </c>
       <c r="C616" s="0" t="inlineStr">
         <is>
-          <t>803 000 UZS</t>
+          <t>803 000 сум</t>
         </is>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="0">
         <v>11709</v>
       </c>
       <c r="B617" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox 5 DarkMirror</t>
         </is>
       </c>
       <c r="C617" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="0">
         <v>11710</v>
       </c>
       <c r="B618" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Hive G BK</t>
         </is>
       </c>
       <c r="C618" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="0">
         <v>11711</v>
       </c>
       <c r="B619" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool CS-1101</t>
         </is>
       </c>
       <c r="C619" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="0">
         <v>11712</v>
       </c>
       <c r="B620" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Bolt RGB</t>
         </is>
       </c>
       <c r="C620" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="0">
         <v>11713</v>
       </c>
       <c r="B621" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Aero 800</t>
         </is>
       </c>
       <c r="C621" s="0" t="inlineStr">
         <is>
-          <t>618 000 UZS</t>
+          <t>618 000 сум</t>
         </is>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="0">
         <v>11714</v>
       </c>
       <c r="B622" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman T7</t>
         </is>
       </c>
       <c r="C622" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="0">
         <v>11715</v>
       </c>
       <c r="B623" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman S5 RGB</t>
         </is>
       </c>
       <c r="C623" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="0">
         <v>11716</v>
       </c>
       <c r="B624" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman S4</t>
         </is>
       </c>
       <c r="C624" s="0" t="inlineStr">
         <is>
-          <t>391 000 UZS</t>
+          <t>391 000 сум</t>
         </is>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="0">
         <v>11717</v>
       </c>
       <c r="B625" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman S3</t>
         </is>
       </c>
       <c r="C625" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="0">
         <v>11718</v>
       </c>
       <c r="B626" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman S2</t>
         </is>
       </c>
       <c r="C626" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="0">
         <v>11719</v>
       </c>
       <c r="B627" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman R2 Black</t>
         </is>
       </c>
       <c r="C627" s="0" t="inlineStr">
         <is>
-          <t>445 000 UZS</t>
+          <t>445 000 сум</t>
         </is>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="0">
         <v>11720</v>
       </c>
       <c r="B628" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman N5 TF RGB</t>
         </is>
       </c>
       <c r="C628" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="0">
         <v>11721</v>
       </c>
       <c r="B629" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman N5 MF RGB</t>
         </is>
       </c>
       <c r="C629" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="0">
         <v>11722</v>
       </c>
       <c r="B630" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman i3 LED</t>
         </is>
       </c>
       <c r="C630" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="0">
         <v>11723</v>
       </c>
       <c r="B631" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake View 27</t>
         </is>
       </c>
       <c r="C631" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="0">
         <v>11724</v>
       </c>
       <c r="B632" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa V200 TG</t>
         </is>
       </c>
       <c r="C632" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="0">
         <v>11725</v>
       </c>
       <c r="B633" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa J24</t>
         </is>
       </c>
       <c r="C633" s="0" t="inlineStr">
         <is>
-          <t>738 000 UZS</t>
+          <t>738 000 сум</t>
         </is>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="0">
         <v>11726</v>
       </c>
       <c r="B634" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa J23</t>
         </is>
       </c>
       <c r="C634" s="0" t="inlineStr">
         <is>
-          <t>618 000 UZS</t>
+          <t>618 000 сум</t>
         </is>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="0">
         <v>11727</v>
       </c>
       <c r="B635" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 9700k 3.6GHz 12M LGA1151</t>
         </is>
       </c>
       <c r="C635" s="0" t="inlineStr">
         <is>
-          <t>3 830 000 UZS</t>
+          <t>3 830 000 сум</t>
         </is>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="0">
         <v>11728</v>
       </c>
       <c r="B636" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 9700 3.0GHz, 12M, LGA1151</t>
         </is>
       </c>
       <c r="C636" s="0" t="inlineStr">
         <is>
-          <t>2 875 000 UZS</t>
+          <t>2 875 000 сум</t>
         </is>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="0">
         <v>11729</v>
       </c>
       <c r="B637" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 9900k 3.6GHz, 64M, LGA1151</t>
         </is>
       </c>
       <c r="C637" s="0" t="inlineStr">
         <is>
-          <t>4 232 000 UZS</t>
+          <t>4 232 000 сум</t>
         </is>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="0">
         <v>11730</v>
       </c>
       <c r="B638" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 8700 – 3,2GHz, 12M, LGA1151</t>
         </is>
       </c>
       <c r="C638" s="0" t="inlineStr">
         <is>
-          <t>2 854 000 UZS</t>
+          <t>2 854 000 сум</t>
         </is>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="0">
         <v>11731</v>
       </c>
       <c r="B639" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i5 9600k 3.7GHz, 9M, LGA1151</t>
         </is>
       </c>
       <c r="C639" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 UZS</t>
+          <t>2 333 000 сум</t>
         </is>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="0">
         <v>11732</v>
       </c>
       <c r="B640" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i3 6100 3,7GHz, 6M, LGA1151</t>
         </is>
       </c>
       <c r="C640" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="0">
         <v>11733</v>
       </c>
       <c r="B641" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 10900 2,8 GHz, 20M, LGA1200</t>
         </is>
       </c>
       <c r="C641" s="0" t="inlineStr">
         <is>
-          <t>4 557 000 UZS</t>
+          <t>4 557 000 сум</t>
         </is>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="0">
         <v>11734</v>
       </c>
       <c r="B642" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master MasterAir MA620P RGB</t>
         </is>
       </c>
       <c r="C642" s="0" t="inlineStr">
         <is>
-          <t>651 000 UZS</t>
+          <t>651 000 сум</t>
         </is>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="0">
         <v>11735</v>
       </c>
       <c r="B643" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper 212 LED Turbo</t>
         </is>
       </c>
       <c r="C643" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="0">
         <v>11736</v>
       </c>
       <c r="B644" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Zalman ZM-F3 FDB SF 120</t>
         </is>
       </c>
       <c r="C644" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="0">
         <v>11737</v>
       </c>
       <c r="B645" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS9X Optima LED TDP 180W</t>
         </is>
       </c>
       <c r="C645" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="0">
         <v>11738</v>
       </c>
       <c r="B646" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS5X Performa</t>
         </is>
       </c>
       <c r="C646" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="0">
         <v>11739</v>
       </c>
       <c r="B647" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS20X RGB TDP 300W</t>
         </is>
       </c>
       <c r="C647" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="0">
         <v>11740</v>
       </c>
       <c r="B648" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS17X RGB TDP 200W</t>
         </is>
       </c>
       <c r="C648" s="0" t="inlineStr">
         <is>
-          <t>749 000 UZS</t>
+          <t>749 000 сум</t>
         </is>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="0">
         <v>11741</v>
       </c>
       <c r="B649" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS10X OPTIMA II Black RGB TDP 180W</t>
         </is>
       </c>
       <c r="C649" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="0">
         <v>11742</v>
       </c>
       <c r="B650" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 RGB 360</t>
         </is>
       </c>
       <c r="C650" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="0">
         <v>11743</v>
       </c>
       <c r="B651" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake UX200 ARGB Lighting</t>
         </is>
       </c>
       <c r="C651" s="0" t="inlineStr">
         <is>
-          <t>391 000 UZS</t>
+          <t>391 000 сум</t>
         </is>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="0">
         <v>11744</v>
       </c>
       <c r="B652" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake TH240 ARGB</t>
         </is>
       </c>
       <c r="C652" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 UZS</t>
+          <t>1 020 000 сум</t>
         </is>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="0">
         <v>11745</v>
       </c>
       <c r="B653" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake TH120 ARGB</t>
         </is>
       </c>
       <c r="C653" s="0" t="inlineStr">
         <is>
-          <t>781 000 UZS</t>
+          <t>781 000 сум</t>
         </is>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="0">
         <v>11746</v>
       </c>
       <c r="B654" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Gamemax Gamma 500 Rainbow</t>
         </is>
       </c>
       <c r="C654" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="0">
         <v>11747</v>
       </c>
       <c r="B655" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Gamemax Gamma 300 CPU</t>
         </is>
       </c>
       <c r="C655" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="0">
         <v>11748</v>
       </c>
       <c r="B656" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Gamemax Gamma 200 CPU</t>
         </is>
       </c>
       <c r="C656" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="0">
         <v>11749</v>
       </c>
       <c r="B657" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Cooler Master MasterLiquid ML240P Mirage</t>
         </is>
       </c>
       <c r="C657" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="0">
         <v>11750</v>
       </c>
       <c r="B658" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z390 PRO 4</t>
         </is>
       </c>
       <c r="C658" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 UZS</t>
+          <t>1 573 000 сум</t>
         </is>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="0">
         <v>11751</v>
       </c>
       <c r="B659" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z390 Phantom Gaming 4S</t>
         </is>
       </c>
       <c r="C659" s="0" t="inlineStr">
         <is>
-          <t>1 356 000 UZS</t>
+          <t>1 356 000 сум</t>
         </is>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="0">
         <v>11752</v>
       </c>
       <c r="B660" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B450M-HDV</t>
         </is>
       </c>
       <c r="C660" s="0" t="inlineStr">
         <is>
-          <t>770 000 UZS</t>
+          <t>770 000 сум</t>
         </is>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="0">
         <v>11753</v>
       </c>
       <c r="B661" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B450M PRO4-F</t>
         </is>
       </c>
       <c r="C661" s="0" t="inlineStr">
         <is>
-          <t>944 000 UZS</t>
+          <t>944 000 сум</t>
         </is>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="0">
         <v>11754</v>
       </c>
       <c r="B662" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B450 PRO4</t>
         </is>
       </c>
       <c r="C662" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 UZS</t>
+          <t>1 052 000 сум</t>
         </is>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="0">
         <v>11755</v>
       </c>
       <c r="B663" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B450 GAMING K4</t>
         </is>
       </c>
       <c r="C663" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="0">
         <v>11756</v>
       </c>
       <c r="B664" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar H310MHC</t>
         </is>
       </c>
       <c r="C664" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="0">
         <v>11757</v>
       </c>
       <c r="B665" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490M Pro4</t>
         </is>
       </c>
       <c r="C665" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 UZS</t>
+          <t>2 007 000 сум</t>
         </is>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="0">
         <v>11758</v>
       </c>
       <c r="B666" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Steel Legend</t>
         </is>
       </c>
       <c r="C666" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="0">
         <v>11759</v>
       </c>
       <c r="B667" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Phantom Gaming 4/AC</t>
         </is>
       </c>
       <c r="C667" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="0">
         <v>11760</v>
       </c>
       <c r="B668" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Phantom Gaming 4</t>
         </is>
       </c>
       <c r="C668" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="0">
         <v>11761</v>
       </c>
       <c r="B669" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Extreme4 RGB</t>
         </is>
       </c>
       <c r="C669" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="0">
         <v>11762</v>
       </c>
       <c r="B670" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H470M Pro4</t>
         </is>
       </c>
       <c r="C670" s="0" t="inlineStr">
         <is>
-          <t>1 454 000 UZS</t>
+          <t>1 454 000 сум</t>
         </is>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="0">
         <v>11763</v>
       </c>
       <c r="B671" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H470M ITX/AC</t>
         </is>
       </c>
       <c r="C671" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="0">
         <v>11764</v>
       </c>
       <c r="B672" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H410M HVS</t>
         </is>
       </c>
       <c r="C672" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="0">
         <v>11765</v>
       </c>
       <c r="B673" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H410M HDV/M.2</t>
         </is>
       </c>
       <c r="C673" s="0" t="inlineStr">
         <is>
-          <t>944 000 UZS</t>
+          <t>944 000 сум</t>
         </is>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="0">
         <v>11766</v>
       </c>
       <c r="B674" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H310CM HDV</t>
         </is>
       </c>
       <c r="C674" s="0" t="inlineStr">
         <is>
-          <t>651 000 UZS</t>
+          <t>651 000 сум</t>
         </is>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="0">
         <v>11767</v>
       </c>
       <c r="B675" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Steel Legend</t>
         </is>
       </c>
       <c r="C675" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 UZS</t>
+          <t>2 007 000 сум</t>
         </is>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="0">
         <v>11768</v>
       </c>
       <c r="B676" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Pro4</t>
         </is>
       </c>
       <c r="C676" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="0">
         <v>11769</v>
       </c>
       <c r="B677" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Phantom Gaming 4/AC</t>
         </is>
       </c>
       <c r="C677" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="0">
         <v>11770</v>
       </c>
       <c r="B678" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Extreme 4</t>
         </is>
       </c>
       <c r="C678" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 UZS</t>
+          <t>2 496 000 сум</t>
         </is>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="0">
         <v>11771</v>
       </c>
       <c r="B679" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B460M HDV</t>
         </is>
       </c>
       <c r="C679" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="0">
         <v>11772</v>
       </c>
       <c r="B680" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B460 Pro4</t>
         </is>
       </c>
       <c r="C680" s="0" t="inlineStr">
         <is>
-          <t>1 378 000 UZS</t>
+          <t>1 378 000 сум</t>
         </is>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="0">
         <v>11773</v>
       </c>
       <c r="B681" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B460 Phantom Gaming 4</t>
         </is>
       </c>
       <c r="C681" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="0">
         <v>11774</v>
       </c>
       <c r="B682" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock A520M HVS</t>
         </is>
       </c>
       <c r="C682" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="0">
         <v>11775</v>
       </c>
       <c r="B683" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365M HD3</t>
         </is>
       </c>
       <c r="C683" s="0" t="inlineStr">
         <is>
-          <t>1 118 000 UZS</t>
+          <t>1 118 000 сум</t>
         </is>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="0">
         <v>11776</v>
       </c>
       <c r="B684" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI Z490-A PRO</t>
         </is>
       </c>
       <c r="C684" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="0">
         <v>11777</v>
       </c>
       <c r="B685" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 Gaming Pro Max</t>
         </is>
       </c>
       <c r="C685" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="0">
         <v>11778</v>
       </c>
       <c r="B686" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MAG B460M Bazooka</t>
         </is>
       </c>
       <c r="C686" s="0" t="inlineStr">
         <is>
-          <t>1 335 000 UZS</t>
+          <t>1 335 000 сум</t>
         </is>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="0">
         <v>11779</v>
       </c>
       <c r="B687" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI H110 PRO-VD</t>
         </is>
       </c>
       <c r="C687" s="0" t="inlineStr">
         <is>
-          <t>477 000 UZS</t>
+          <t>477 000 сум</t>
         </is>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="0">
         <v>11780</v>
       </c>
       <c r="B688" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B460M-A Pro</t>
         </is>
       </c>
       <c r="C688" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="0">
         <v>11781</v>
       </c>
       <c r="B689" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B460M PRO-VDH Wi Fi</t>
         </is>
       </c>
       <c r="C689" s="0" t="inlineStr">
         <is>
-          <t>1 280 000 UZS</t>
+          <t>1 280 000 сум</t>
         </is>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="0">
         <v>11782</v>
       </c>
       <c r="B690" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MAG B460M MORTAR WIFI</t>
         </is>
       </c>
       <c r="C690" s="0" t="inlineStr">
         <is>
-          <t>1 476 000 UZS</t>
+          <t>1 476 000 сум</t>
         </is>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="0">
         <v>11783</v>
       </c>
       <c r="B691" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PLUS MAX</t>
         </is>
       </c>
       <c r="C691" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 UZS</t>
+          <t>1 736 000 сум</t>
         </is>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="0">
         <v>11784</v>
       </c>
       <c r="B692" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450-A Pro Max</t>
         </is>
       </c>
       <c r="C692" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="0">
         <v>11785</v>
       </c>
       <c r="B693" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z490 GAMING PLUS</t>
         </is>
       </c>
       <c r="C693" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="0">
         <v>11786</v>
       </c>
       <c r="B694" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Gamdias Gaming Chair Achilles M1A Red</t>
         </is>
       </c>
       <c r="C694" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 UZS</t>
+          <t>2 224 000 сум</t>
         </is>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="0">
         <v>11787</v>
       </c>
       <c r="B695" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло  Gamdias Gaming Chair Achilles E3</t>
         </is>
       </c>
       <c r="C695" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="0">
         <v>11788</v>
       </c>
       <c r="B696" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Gamdias Gaming Chair Achilles E2 Red</t>
         </is>
       </c>
       <c r="C696" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="0">
         <v>11789</v>
       </c>
       <c r="B697" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Gamdias Gaming Chair Achilles E1</t>
         </is>
       </c>
       <c r="C697" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="0">
         <v>11790</v>
       </c>
       <c r="B698" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Gamdias Aphrodite MF1 Gaming Chair</t>
         </is>
       </c>
       <c r="C698" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="0">
         <v>11791</v>
       </c>
       <c r="B699" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Gamdias Aphrodite EF1 Gaming Chair</t>
         </is>
       </c>
       <c r="C699" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 UZS</t>
+          <t>1 573 000 сум</t>
         </is>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="0">
         <v>11792</v>
       </c>
       <c r="B700" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC5 Tiger Orange</t>
         </is>
       </c>
       <c r="C700" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="0">
         <v>11793</v>
       </c>
       <c r="B701" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC5 Azure Blue</t>
         </is>
       </c>
       <c r="C701" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="0">
         <v>11794</v>
       </c>
       <c r="B702" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC3 Tiger Orange</t>
         </is>
       </c>
       <c r="C702" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="0">
         <v>11795</v>
       </c>
       <c r="B703" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC3 Jet Black</t>
         </is>
       </c>
       <c r="C703" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="0">
         <v>11796</v>
       </c>
       <c r="B704" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC3 Ember Red</t>
         </is>
       </c>
       <c r="C704" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="0">
         <v>11797</v>
       </c>
       <c r="B705" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC3 Azure Blue</t>
         </is>
       </c>
       <c r="C705" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="0">
         <v>11798</v>
       </c>
       <c r="B706" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло AeroCool Count Steel Blue</t>
         </is>
       </c>
       <c r="C706" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="0">
         <v>11799</v>
       </c>
       <c r="B707" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло AeroCool Baron Burgundy Red</t>
         </is>
       </c>
       <c r="C707" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="0">
         <v>11801</v>
       </c>
       <c r="B708" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM100 Cloth</t>
         </is>
       </c>
       <c r="C708" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="0">
         <v>11802</v>
       </c>
       <c r="B709" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM1000 Qi Wireless Charging</t>
         </is>
       </c>
       <c r="C709" s="0" t="inlineStr">
         <is>
-          <t>811 000 UZS</t>
+          <t>811 000 сум</t>
         </is>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="0">
         <v>11803</v>
       </c>
       <c r="B710" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM200 Cloth Extended</t>
         </is>
       </c>
       <c r="C710" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="0">
         <v>11804</v>
       </c>
       <c r="B711" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM200 Cloth Medium</t>
         </is>
       </c>
       <c r="C711" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="0">
         <v>11805</v>
       </c>
       <c r="B712" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM250 Champion Series Performance X-Large</t>
         </is>
       </c>
       <c r="C712" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="0">
         <v>11806</v>
       </c>
       <c r="B713" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM350 Premium Anti-Fray  Cloth X Large</t>
         </is>
       </c>
       <c r="C713" s="0" t="inlineStr">
         <is>
-          <t>298 000 UZS</t>
+          <t>298 000 сум</t>
         </is>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="0">
         <v>11807</v>
       </c>
       <c r="B714" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM350 Premium Anti-Fray Cloth Extended</t>
         </is>
       </c>
       <c r="C714" s="0" t="inlineStr">
         <is>
-          <t>408 000 UZS</t>
+          <t>408 000 сум</t>
         </is>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="0">
         <v>11808</v>
       </c>
       <c r="B715" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S NAVI Edition Gaming Mouse Pad</t>
         </is>
       </c>
       <c r="C715" s="0" t="inlineStr">
         <is>
-          <t>139 000 UZS</t>
+          <t>139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="0">
         <v>11809</v>
       </c>
       <c r="B716" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Pro L</t>
         </is>
       </c>
       <c r="C716" s="0" t="inlineStr">
         <is>
-          <t>201 000 UZS</t>
+          <t>201 000 сум</t>
         </is>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="0">
         <v>11810</v>
       </c>
       <c r="B717" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Pro S</t>
         </is>
       </c>
       <c r="C717" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="0">
         <v>11811</v>
       </c>
       <c r="B718" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Speed Extra Large</t>
         </is>
       </c>
       <c r="C718" s="0" t="inlineStr">
         <is>
-          <t>408 000 UZS</t>
+          <t>408 000 сум</t>
         </is>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="0">
         <v>11812</v>
       </c>
       <c r="B719" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Speed Large</t>
         </is>
       </c>
       <c r="C719" s="0" t="inlineStr">
         <is>
-          <t>201 000 UZS</t>
+          <t>201 000 сум</t>
         </is>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="0">
         <v>11813</v>
       </c>
       <c r="B720" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX Fury Ultra RGB mousepad</t>
         </is>
       </c>
       <c r="C720" s="0" t="inlineStr">
         <is>
-          <t>708 000 UZS</t>
+          <t>708 000 сум</t>
         </is>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="0">
         <v>11814</v>
       </c>
       <c r="B721" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Speed Small</t>
         </is>
       </c>
       <c r="C721" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="0">
         <v>11815</v>
       </c>
       <c r="B722" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Speed Medium</t>
         </is>
       </c>
       <c r="C722" s="0" t="inlineStr">
         <is>
-          <t>139 000 UZS</t>
+          <t>139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="0">
         <v>11816</v>
       </c>
       <c r="B723" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Pro M</t>
         </is>
       </c>
       <c r="C723" s="0" t="inlineStr">
         <is>
-          <t>139 000 UZS</t>
+          <t>139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="0">
         <v>11817</v>
       </c>
       <c r="B724" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Zowie G-SR-SE</t>
         </is>
       </c>
       <c r="C724" s="0" t="inlineStr">
         <is>
-          <t>467 000 UZS</t>
+          <t>467 000 сум</t>
         </is>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="0">
         <v>11818</v>
       </c>
       <c r="B725" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Small</t>
         </is>
       </c>
       <c r="C725" s="0" t="inlineStr">
         <is>
-          <t>103 000 UZS</t>
+          <t>103 000 сум</t>
         </is>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="0">
         <v>11819</v>
       </c>
       <c r="B726" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Prism Medium</t>
         </is>
       </c>
       <c r="C726" s="0" t="inlineStr">
         <is>
-          <t>381 000 UZS</t>
+          <t>381 000 сум</t>
         </is>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="0">
         <v>11820</v>
       </c>
       <c r="B727" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Prism</t>
         </is>
       </c>
       <c r="C727" s="0" t="inlineStr">
         <is>
-          <t>803 000 UZS</t>
+          <t>803 000 сум</t>
         </is>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="0">
         <v>11821</v>
       </c>
       <c r="B728" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Heavy Medium</t>
         </is>
       </c>
       <c r="C728" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="0">
         <v>11822</v>
       </c>
       <c r="B729" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Heavy Large</t>
         </is>
       </c>
       <c r="C729" s="0" t="inlineStr">
         <is>
-          <t>356 000 UZS</t>
+          <t>356 000 сум</t>
         </is>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="0">
         <v>11823</v>
       </c>
       <c r="B730" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK EDGE Medium</t>
         </is>
       </c>
       <c r="C730" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="0">
         <v>11824</v>
       </c>
       <c r="B731" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK EDGE Large</t>
         </is>
       </c>
       <c r="C731" s="0" t="inlineStr">
         <is>
-          <t>179 000 UZS</t>
+          <t>179 000 сум</t>
         </is>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="0">
         <v>11825</v>
       </c>
       <c r="B732" s="0" t="inlineStr">
         <is>
           <t>Клавиатура с тачпадом 2E KT100 WL</t>
         </is>
       </c>
       <c r="C732" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="0">
         <v>11826</v>
       </c>
       <c r="B733" s="0" t="inlineStr">
         <is>
           <t>Клавиатура проводная MSI VIGOR GK30</t>
         </is>
       </c>
       <c r="C733" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="0">
         <v>11827</v>
       </c>
       <c r="B734" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo V500</t>
         </is>
       </c>
       <c r="C734" s="0" t="inlineStr">
         <is>
-          <t>467 000 UZS</t>
+          <t>467 000 сум</t>
         </is>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="0">
         <v>11828</v>
       </c>
       <c r="B735" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo K2800</t>
         </is>
       </c>
       <c r="C735" s="0" t="inlineStr">
         <is>
-          <t>250 000 UZS</t>
+          <t>250 000 сум</t>
         </is>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="0">
         <v>11829</v>
       </c>
       <c r="B736" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy FPS RGB Silver Speed</t>
         </is>
       </c>
       <c r="C736" s="0" t="inlineStr">
         <is>
-          <t>1 259 000 UZS</t>
+          <t>1 259 000 сум</t>
         </is>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="0">
         <v>11830</v>
       </c>
       <c r="B737" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy FPS MX Red</t>
         </is>
       </c>
       <c r="C737" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 UZS</t>
+          <t>1 052 000 сум</t>
         </is>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="0">
         <v>11831</v>
       </c>
       <c r="B738" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy FPS MX Brown</t>
         </is>
       </c>
       <c r="C738" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 UZS</t>
+          <t>1 052 000 сум</t>
         </is>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="0">
         <v>11832</v>
       </c>
       <c r="B739" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy FPS Pro MX Red</t>
         </is>
       </c>
       <c r="C739" s="0" t="inlineStr">
         <is>
-          <t>944 000 UZS</t>
+          <t>944 000 сум</t>
         </is>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="0">
         <v>11833</v>
       </c>
       <c r="B740" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender UltraMate SM 530</t>
         </is>
       </c>
       <c r="C740" s="0" t="inlineStr">
         <is>
-          <t>43 000 UZS</t>
+          <t>43 000 сум</t>
         </is>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="0">
         <v>11834</v>
       </c>
       <c r="B741" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender SM-660L Pro</t>
         </is>
       </c>
       <c r="C741" s="0" t="inlineStr">
         <is>
-          <t>146 000 UZS</t>
+          <t>146 000 сум</t>
         </is>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="0">
         <v>11835</v>
       </c>
       <c r="B742" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Oscar SM 600</t>
         </is>
       </c>
       <c r="C742" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="0">
         <v>11836</v>
       </c>
       <c r="B743" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender OfficeMate HM 710</t>
         </is>
       </c>
       <c r="C743" s="0" t="inlineStr">
         <is>
-          <t>43 000 UZS</t>
+          <t>43 000 сум</t>
         </is>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="0">
         <v>11837</v>
       </c>
       <c r="B744" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Focus HB 470</t>
         </is>
       </c>
       <c r="C744" s="0" t="inlineStr">
         <is>
-          <t>41 000 UZS</t>
+          <t>41 000 сум</t>
         </is>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="0">
         <v>11838</v>
       </c>
       <c r="B745" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Element HB 520</t>
         </is>
       </c>
       <c r="C745" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="0">
         <v>11839</v>
       </c>
       <c r="B746" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Black Edition SB 550</t>
         </is>
       </c>
       <c r="C746" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="0">
         <v>11840</v>
       </c>
       <c r="B747" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS210 Slim USB Black</t>
         </is>
       </c>
       <c r="C747" s="0" t="inlineStr">
         <is>
-          <t>71 000 UZS</t>
+          <t>71 000 сум</t>
         </is>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="0">
         <v>11841</v>
       </c>
       <c r="B748" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius Scorpion K6 Black</t>
         </is>
       </c>
       <c r="C748" s="0" t="inlineStr">
         <is>
-          <t>222 000 UZS</t>
+          <t>222 000 сум</t>
         </is>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="0">
         <v>11842</v>
       </c>
       <c r="B749" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius Smart KB101</t>
         </is>
       </c>
       <c r="C749" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="0">
         <v>11843</v>
       </c>
       <c r="B750" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy Elite RGB MX Blue</t>
         </is>
       </c>
       <c r="C750" s="0" t="inlineStr">
         <is>
-          <t>1 705 000 UZS</t>
+          <t>1 705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="0">
         <v>11844</v>
       </c>
       <c r="B751" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy Origins Core TKL</t>
         </is>
       </c>
       <c r="C751" s="0" t="inlineStr">
         <is>
-          <t>1 150 000 UZS</t>
+          <t>1 150 000 сум</t>
         </is>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="0">
         <v>11845</v>
       </c>
       <c r="B752" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Blackwidow Elite Green Switch</t>
         </is>
       </c>
       <c r="C752" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="0">
         <v>11846</v>
       </c>
       <c r="B753" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Huntsman</t>
         </is>
       </c>
       <c r="C753" s="0" t="inlineStr">
         <is>
-          <t>1 486 000 UZS</t>
+          <t>1 486 000 сум</t>
         </is>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="0">
         <v>11847</v>
       </c>
       <c r="B754" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KG320 USB Black</t>
         </is>
       </c>
       <c r="C754" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="0">
         <v>11848</v>
       </c>
       <c r="B755" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KM1020 Slim USB</t>
         </is>
       </c>
       <c r="C755" s="0" t="inlineStr">
         <is>
-          <t>59 000 UZS</t>
+          <t>59 000 сум</t>
         </is>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="0">
         <v>11849</v>
       </c>
       <c r="B756" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS101 USB Black</t>
         </is>
       </c>
       <c r="C756" s="0" t="inlineStr">
         <is>
-          <t>42 000 UZS</t>
+          <t>42 000 сум</t>
         </is>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="0">
         <v>11850</v>
       </c>
       <c r="B757" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS108 USB Black</t>
         </is>
       </c>
       <c r="C757" s="0" t="inlineStr">
         <is>
-          <t>38 000 UZS</t>
+          <t>38 000 сум</t>
         </is>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="0">
         <v>11851</v>
       </c>
       <c r="B758" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky Shine 7 RGB Black</t>
         </is>
       </c>
       <c r="C758" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 UZS</t>
+          <t>2 159 000 сум</t>
         </is>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="0">
         <v>11852</v>
       </c>
       <c r="B759" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky Mecha Mini RGB Black</t>
         </is>
       </c>
       <c r="C759" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="0">
         <v>11853</v>
       </c>
       <c r="B760" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky One 2 TKL RGB Black</t>
         </is>
       </c>
       <c r="C760" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 UZS</t>
+          <t>1 899 000 сум</t>
         </is>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="0">
         <v>11854</v>
       </c>
       <c r="B761" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky One 2 TKL RGB White</t>
         </is>
       </c>
       <c r="C761" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 UZS</t>
+          <t>1 899 000 сум</t>
         </is>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="0">
         <v>11855</v>
       </c>
       <c r="B762" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky One 2 Mini RGB Black</t>
         </is>
       </c>
       <c r="C762" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 UZS</t>
+          <t>1 508 000 сум</t>
         </is>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="0">
         <v>11856</v>
       </c>
       <c r="B763" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky One 2 Mini RGB White</t>
         </is>
       </c>
       <c r="C763" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 UZS</t>
+          <t>1 508 000 сум</t>
         </is>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="0">
         <v>11857</v>
       </c>
       <c r="B764" s="0" t="inlineStr">
         <is>
           <t>Клавиатура MSI Interceptor DS4100 UA white BOX</t>
         </is>
       </c>
       <c r="C764" s="0" t="inlineStr">
         <is>
-          <t>358 000 UZS</t>
+          <t>358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="0">
         <v>11858</v>
       </c>
       <c r="B765" s="0" t="inlineStr">
         <is>
           <t>Клавиатура MSI VIGOR GK50 Low Profile</t>
         </is>
       </c>
       <c r="C765" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="0">
         <v>11859</v>
       </c>
       <c r="B766" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon AMSA Pro K592</t>
         </is>
       </c>
       <c r="C766" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="0">
         <v>11860</v>
       </c>
       <c r="B767" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 150</t>
         </is>
       </c>
       <c r="C767" s="0" t="inlineStr">
         <is>
-          <t>826 000 UZS</t>
+          <t>826 000 сум</t>
         </is>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="0">
         <v>11861</v>
       </c>
       <c r="B768" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 3</t>
         </is>
       </c>
       <c r="C768" s="0" t="inlineStr">
         <is>
-          <t>977 000 UZS</t>
+          <t>977 000 сум</t>
         </is>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="0">
         <v>11862</v>
       </c>
       <c r="B769" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 5 Hybrid</t>
         </is>
       </c>
       <c r="C769" s="0" t="inlineStr">
         <is>
-          <t>1 421 000 UZS</t>
+          <t>1 421 000 сум</t>
         </is>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="0">
         <v>11863</v>
       </c>
       <c r="B770" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 7 Red Switch</t>
         </is>
       </c>
       <c r="C770" s="0" t="inlineStr">
         <is>
-          <t>1 996 000 UZS</t>
+          <t>1 996 000 сум</t>
         </is>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="0">
         <v>11864</v>
       </c>
       <c r="B771" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 7 TKL Red/Blue Switch</t>
         </is>
       </c>
       <c r="C771" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 UZS</t>
+          <t>1 617 000 сум</t>
         </is>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="0">
         <v>11865</v>
       </c>
       <c r="B772" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex Pro TKL</t>
         </is>
       </c>
       <c r="C772" s="0" t="inlineStr">
         <is>
-          <t>2 441 000 UZS</t>
+          <t>2 441 000 сум</t>
         </is>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="0">
         <v>11866</v>
       </c>
       <c r="B773" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex Pro</t>
         </is>
       </c>
       <c r="C773" s="0" t="inlineStr">
         <is>
-          <t>2 469 000 UZS</t>
+          <t>2 469 000 сум</t>
         </is>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="0">
         <v>11867</v>
       </c>
       <c r="B774" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 RGB</t>
         </is>
       </c>
       <c r="C774" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="0">
         <v>11868</v>
       </c>
       <c r="B775" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 TKL RGB Kailh Red</t>
         </is>
       </c>
       <c r="C775" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="0">
         <v>11869</v>
       </c>
       <c r="B776" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 TKL RGB Kailh Red Retro</t>
         </is>
       </c>
       <c r="C776" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="0">
         <v>11870</v>
       </c>
       <c r="B777" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 TKL RGB Kailh Red White</t>
         </is>
       </c>
       <c r="C777" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="0">
         <v>11871</v>
       </c>
       <c r="B778" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS1020 USB Black</t>
         </is>
       </c>
       <c r="C778" s="0" t="inlineStr">
         <is>
-          <t>60 000 UZS</t>
+          <t>60 000 сум</t>
         </is>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="0">
         <v>11872</v>
       </c>
       <c r="B779" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS106 USB Black</t>
         </is>
       </c>
       <c r="C779" s="0" t="inlineStr">
         <is>
-          <t>37 000 UZS</t>
+          <t>37 000 сум</t>
         </is>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="0">
         <v>11873</v>
       </c>
       <c r="B780" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Asus ROG Strix Flare</t>
         </is>
       </c>
       <c r="C780" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 UZS</t>
+          <t>1 899 000 сум</t>
         </is>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="0">
         <v>11874</v>
       </c>
       <c r="B781" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Asus Strix Scope TKL</t>
         </is>
       </c>
       <c r="C781" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="0">
         <v>11875</v>
       </c>
       <c r="B782" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K65 RGB Rapidfire Compact</t>
         </is>
       </c>
       <c r="C782" s="0" t="inlineStr">
         <is>
-          <t>1 338 000 UZS</t>
+          <t>1 338 000 сум</t>
         </is>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="0">
         <v>11876</v>
       </c>
       <c r="B783" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K68 Cherry MX Red</t>
         </is>
       </c>
       <c r="C783" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 UZS</t>
+          <t>1 052 000 сум</t>
         </is>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="0">
         <v>11877</v>
       </c>
       <c r="B784" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K68 RGB Cherry MX Red</t>
         </is>
       </c>
       <c r="C784" s="0" t="inlineStr">
         <is>
-          <t>1 367 000 UZS</t>
+          <t>1 367 000 сум</t>
         </is>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="0">
         <v>11878</v>
       </c>
       <c r="B785" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Cherry MX Brown</t>
         </is>
       </c>
       <c r="C785" s="0" t="inlineStr">
         <is>
-          <t>1 751 000 UZS</t>
+          <t>1 751 000 сум</t>
         </is>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="0">
         <v>11879</v>
       </c>
       <c r="B786" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Cherry MX Red</t>
         </is>
       </c>
       <c r="C786" s="0" t="inlineStr">
         <is>
-          <t>1 751 000 UZS</t>
+          <t>1 751 000 сум</t>
         </is>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="0">
         <v>11880</v>
       </c>
       <c r="B787" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Cherry MX Silent</t>
         </is>
       </c>
       <c r="C787" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="0">
         <v>11881</v>
       </c>
       <c r="B788" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Low Profile Rapidfire Cherry MX</t>
         </is>
       </c>
       <c r="C788" s="0" t="inlineStr">
         <is>
-          <t>1 751 000 UZS</t>
+          <t>1 751 000 сум</t>
         </is>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="0">
         <v>11882</v>
       </c>
       <c r="B789" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Rapidfire Cherry MX Speed</t>
         </is>
       </c>
       <c r="C789" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="0">
         <v>11883</v>
       </c>
       <c r="B790" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K83 Wireless</t>
         </is>
       </c>
       <c r="C790" s="0" t="inlineStr">
         <is>
-          <t>1 028 000 UZS</t>
+          <t>1 028 000 сум</t>
         </is>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="0">
         <v>11884</v>
       </c>
       <c r="B791" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K95 RGB Platinum Cherry MX Brown</t>
         </is>
       </c>
       <c r="C791" s="0" t="inlineStr">
         <is>
-          <t>2 105 000 UZS</t>
+          <t>2 105 000 сум</t>
         </is>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="0">
         <v>11885</v>
       </c>
       <c r="B792" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair Strafe RGB MK.2 Cherry MX Red</t>
         </is>
       </c>
       <c r="C792" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="0">
         <v>11886</v>
       </c>
       <c r="B793" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Renegade GK 640DL</t>
         </is>
       </c>
       <c r="C793" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="0">
         <v>11887</v>
       </c>
       <c r="B794" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius LuxeMate 100 Black</t>
         </is>
       </c>
       <c r="C794" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="0">
         <v>11888</v>
       </c>
       <c r="B795" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius Scorpion K215 Black</t>
         </is>
       </c>
       <c r="C795" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="0">
         <v>11889</v>
       </c>
       <c r="B796" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius Scorpion K220 Black</t>
         </is>
       </c>
       <c r="C796" s="0" t="inlineStr">
         <is>
-          <t>168 000 UZS</t>
+          <t>168 000 сум</t>
         </is>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="0">
         <v>11890</v>
       </c>
       <c r="B797" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания Energenie EG-052-S 1200VA AVR</t>
         </is>
       </c>
       <c r="C797" s="0" t="inlineStr">
         <is>
-          <t>727 000 UZS</t>
+          <t>727 000 сум</t>
         </is>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="0">
         <v>11891</v>
       </c>
       <c r="B798" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT-800A EURO 12/7.2Ah 480V</t>
         </is>
       </c>
       <c r="C798" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="0">
         <v>11892</v>
       </c>
       <c r="B799" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания Energenie EG-PS3000-01-S 3000VA LCD display, USB</t>
         </is>
       </c>
       <c r="C799" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 UZS</t>
+          <t>2 496 000 сум</t>
         </is>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="0">
         <v>11893</v>
       </c>
       <c r="B800" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания ION V-1200 AVR 2x12V/9Ah 600V</t>
         </is>
       </c>
       <c r="C800" s="0" t="inlineStr">
         <is>
-          <t>868 000 UZS</t>
+          <t>868 000 сум</t>
         </is>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="0">
         <v>11894</v>
       </c>
       <c r="B801" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-1500 AVR 2x12V/9Ah 900V</t>
         </is>
       </c>
       <c r="C801" s="0" t="inlineStr">
         <is>
-          <t>998 000 UZS</t>
+          <t>998 000 сум</t>
         </is>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="0">
         <v>11895</v>
       </c>
       <c r="B802" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-2000 AVR 2x12V/9Ah 1200V</t>
         </is>
       </c>
       <c r="C802" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 UZS</t>
+          <t>1 519 000 сум</t>
         </is>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="0">
         <v>11896</v>
       </c>
       <c r="B803" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-600 AVR 1x12V7Ah 360V</t>
         </is>
       </c>
       <c r="C803" s="0" t="inlineStr">
         <is>
-          <t>358 000 UZS</t>
+          <t>358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="0">
         <v>11897</v>
       </c>
       <c r="B804" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT-600A EURO 12/7.2Ah 360V</t>
         </is>
       </c>
       <c r="C804" s="0" t="inlineStr">
         <is>
-          <t>477 000 UZS</t>
+          <t>477 000 сум</t>
         </is>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="0">
         <v>11898</v>
       </c>
       <c r="B805" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT-1000A EURO 12/9Ah 600V</t>
         </is>
       </c>
       <c r="C805" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="0">
         <v>11899</v>
       </c>
       <c r="B806" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT 2000AP LCD 2x12V/9Ah 1200V</t>
         </is>
       </c>
       <c r="C806" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="0">
         <v>11900</v>
       </c>
       <c r="B807" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT 1500AP LCD 2x12V/7Ah 615V</t>
         </is>
       </c>
       <c r="C807" s="0" t="inlineStr">
         <is>
-          <t>1 714 000 UZS</t>
+          <t>1 714 000 сум</t>
         </is>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="0">
         <v>11901</v>
       </c>
       <c r="B808" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MRT 3000SE 72B 6x12V 9Ah (3000V)</t>
         </is>
       </c>
       <c r="C808" s="0" t="inlineStr">
         <is>
-          <t>7 541 000 UZS</t>
+          <t>7 541 000 сум</t>
         </is>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="0">
         <v>11902</v>
       </c>
       <c r="B809" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MRT 2000SE 72B 6x12V 7Ah 2000V</t>
         </is>
       </c>
       <c r="C809" s="0" t="inlineStr">
         <is>
-          <t>6 380 000 UZS</t>
+          <t>6 380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="0">
         <v>11903</v>
       </c>
       <c r="B810" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MRT 1000SE 36B 3x12V 7Ah 1000V</t>
         </is>
       </c>
       <c r="C810" s="0" t="inlineStr">
         <is>
-          <t>4 090 000 UZS</t>
+          <t>4 090 000 сум</t>
         </is>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="0">
         <v>11904</v>
       </c>
       <c r="B811" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MAC 2000 72B 6x12V/7Ah 2000V</t>
         </is>
       </c>
       <c r="C811" s="0" t="inlineStr">
         <is>
-          <t>5 794 000 UZS</t>
+          <t>5 794 000 сум</t>
         </is>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="0">
         <v>11905</v>
       </c>
       <c r="B812" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MAC 1000 24B 2x12V/9Ah (1000V)</t>
         </is>
       </c>
       <c r="C812" s="0" t="inlineStr">
         <is>
-          <t>3 309 000 UZS</t>
+          <t>3 309 000 сум</t>
         </is>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="0">
         <v>11906</v>
       </c>
       <c r="B813" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Stanmore II Bluetooth White</t>
         </is>
       </c>
       <c r="C813" s="0" t="inlineStr">
         <is>
-          <t>4 655 000 UZS</t>
+          <t>4 655 000 сум</t>
         </is>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="0">
         <v>11907</v>
       </c>
       <c r="B814" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall STOCKWELL II</t>
         </is>
       </c>
       <c r="C814" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 UZS</t>
+          <t>2 604 000 сум</t>
         </is>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="0">
         <v>11908</v>
       </c>
       <c r="B815" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Woburn II</t>
         </is>
       </c>
       <c r="C815" s="0" t="inlineStr">
         <is>
-          <t>6 716 000 UZS</t>
+          <t>6 716 000 сум</t>
         </is>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="0">
         <v>11909</v>
       </c>
       <c r="B816" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Acton II</t>
         </is>
       </c>
       <c r="C816" s="0" t="inlineStr">
         <is>
-          <t>3 353 000 UZS</t>
+          <t>3 353 000 сум</t>
         </is>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="0">
         <v>11910</v>
       </c>
       <c r="B817" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Stanmore II Bluetooth</t>
         </is>
       </c>
       <c r="C817" s="0" t="inlineStr">
         <is>
-          <t>4 655 000 UZS</t>
+          <t>4 655 000 сум</t>
         </is>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="0">
         <v>11911</v>
       </c>
       <c r="B818" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Kilburn 2 Bluetooth Black</t>
         </is>
       </c>
       <c r="C818" s="0" t="inlineStr">
         <is>
-          <t>3 353 000 UZS</t>
+          <t>3 353 000 сум</t>
         </is>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="0">
         <v>11912</v>
       </c>
       <c r="B819" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Acton WiFi 1001572</t>
         </is>
       </c>
       <c r="C819" s="0" t="inlineStr">
         <is>
-          <t>3 787 000 UZS</t>
+          <t>3 787 000 сум</t>
         </is>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="0">
         <v>11913</v>
       </c>
       <c r="B820" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Acton II 1001901</t>
         </is>
       </c>
       <c r="C820" s="0" t="inlineStr">
         <is>
-          <t>3 353 000 UZS</t>
+          <t>3 353 000 сум</t>
         </is>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="0">
         <v>11914</v>
       </c>
       <c r="B821" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-600T AVR 1x12V/4.5Ah 360V</t>
         </is>
       </c>
       <c r="C821" s="0" t="inlineStr">
         <is>
-          <t>336 000 UZS</t>
+          <t>336 000 сум</t>
         </is>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="0">
         <v>11915</v>
       </c>
       <c r="B822" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-800 AVR 1x12V/9Ah 480V</t>
         </is>
       </c>
       <c r="C822" s="0" t="inlineStr">
         <is>
-          <t>521 000 UZS</t>
+          <t>521 000 сум</t>
         </is>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="0">
         <v>11916</v>
       </c>
       <c r="B823" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION V-1000T AVR 1x12V/9Ah 500V</t>
         </is>
       </c>
       <c r="C823" s="0" t="inlineStr">
         <is>
-          <t>684 000 UZS</t>
+          <t>684 000 сум</t>
         </is>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="0">
         <v>11917</v>
       </c>
       <c r="B824" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION V-3000 LCD AVR 4x12V/9Ah 1800V</t>
         </is>
       </c>
       <c r="C824" s="0" t="inlineStr">
         <is>
-          <t>3 309 000 UZS</t>
+          <t>3 309 000 сум</t>
         </is>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="0">
         <v>11918</v>
       </c>
       <c r="B825" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek - 2GB GT730 128Bit GDDR5</t>
         </is>
       </c>
       <c r="C825" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="0">
         <v>11919</v>
       </c>
       <c r="B826" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek GTX 1030 2GB 128Bit GDDR5</t>
         </is>
       </c>
       <c r="C826" s="0" t="inlineStr">
         <is>
-          <t>738 000 UZS</t>
+          <t>738 000 сум</t>
         </is>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="0">
         <v>11920</v>
       </c>
       <c r="B827" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ASRock Radeon RX 5700 XT 1650MHz PCI-E 4.0 8GB 14000MHz 256 bit 3xDisplayPort HDMI</t>
         </is>
       </c>
       <c r="C827" s="0" t="inlineStr">
         <is>
-          <t>5 208 000 UZS</t>
+          <t>5 208 000 сум</t>
         </is>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="0">
         <v>11921</v>
       </c>
       <c r="B828" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE AORUS GeForce RTX 2080Ti 11GB 256bit GDDR6 RGB</t>
         </is>
       </c>
       <c r="C828" s="0" t="inlineStr">
         <is>
-          <t>16 275 000 UZS</t>
+          <t>16 275 000 сум</t>
         </is>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="0">
         <v>11922</v>
       </c>
       <c r="B829" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 Gaming OC 6GB GDDR6 192bit</t>
         </is>
       </c>
       <c r="C829" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 UZS</t>
+          <t>4 123 000 сум</t>
         </is>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="0">
         <v>11923</v>
       </c>
       <c r="B830" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 OC 6GB GDDR6 192bit</t>
         </is>
       </c>
       <c r="C830" s="0" t="inlineStr">
         <is>
-          <t>4 015 000 UZS</t>
+          <t>4 015 000 сум</t>
         </is>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="0">
         <v>11924</v>
       </c>
       <c r="B831" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 SUPER Gaming OC 8GB GDDR6 192bit</t>
         </is>
       </c>
       <c r="C831" s="0" t="inlineStr">
         <is>
-          <t>5 100 000 UZS</t>
+          <t>5 100 000 сум</t>
         </is>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="0">
         <v>11925</v>
       </c>
       <c r="B832" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 SUPER Windforce OC 8GB GDDR6 192bit</t>
         </is>
       </c>
       <c r="C832" s="0" t="inlineStr">
         <is>
-          <t>4 991 000 UZS</t>
+          <t>4 991 000 сум</t>
         </is>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="0">
         <v>11926</v>
       </c>
       <c r="B833" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2070 Super Gaming OC 3X 8GB GDDR6 256bit</t>
         </is>
       </c>
       <c r="C833" s="0" t="inlineStr">
         <is>
-          <t>6 510 000 UZS</t>
+          <t>6 510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="0">
         <v>11927</v>
       </c>
       <c r="B834" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2070 Super Windforce OC 3X 8GB GDDR6 256bit</t>
         </is>
       </c>
       <c r="C834" s="0" t="inlineStr">
         <is>
-          <t>6 293 000 UZS</t>
+          <t>6 293 000 сум</t>
         </is>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="0">
         <v>11928</v>
       </c>
       <c r="B835" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2080 Gaming 8GB GDDR6 256bit RGB</t>
         </is>
       </c>
       <c r="C835" s="0" t="inlineStr">
         <is>
-          <t>8 680 000 UZS</t>
+          <t>8 680 000 сум</t>
         </is>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="0">
         <v>11929</v>
       </c>
       <c r="B836" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI 8GB RTX 2060 Ventus XC OC DDR6 192bit</t>
         </is>
       </c>
       <c r="C836" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 UZS</t>
+          <t>4 123 000 сум</t>
         </is>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="0">
         <v>11930</v>
       </c>
       <c r="B837" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI 8GB RX 5700 Mech GP OC</t>
         </is>
       </c>
       <c r="C837" s="0" t="inlineStr">
         <is>
-          <t>4 503 000 UZS</t>
+          <t>4 503 000 сум</t>
         </is>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="0">
         <v>11931</v>
       </c>
       <c r="B838" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI AMD Radeon RX 5600 XT MECH OC</t>
         </is>
       </c>
       <c r="C838" s="0" t="inlineStr">
         <is>
-          <t>4 069 000 UZS</t>
+          <t>4 069 000 сум</t>
         </is>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="0">
         <v>11932</v>
       </c>
       <c r="B839" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1060 OCV1 3GB DDR5 192bit</t>
         </is>
       </c>
       <c r="C839" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="0">
         <v>11933</v>
       </c>
       <c r="B840" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1650 4GB DDR5</t>
         </is>
       </c>
       <c r="C840" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 UZS</t>
+          <t>2 170 000 сум</t>
         </is>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="0">
         <v>11934</v>
       </c>
       <c r="B841" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1650 Super Ventus XS OC  4GB</t>
         </is>
       </c>
       <c r="C841" s="0" t="inlineStr">
         <is>
-          <t>2 441 000 UZS</t>
+          <t>2 441 000 сум</t>
         </is>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="0">
         <v>11935</v>
       </c>
       <c r="B842" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1660 SUPER 1815MHz PCI-E 3.0 6144MB 14000MHz 128 bit 3xDisplayPort HDMI HDCP VENTUS XS OC</t>
         </is>
       </c>
       <c r="C842" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 UZS</t>
+          <t>3 038 000 сум</t>
         </is>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="0">
         <v>11936</v>
       </c>
       <c r="B843" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1660 Ti 1830MHz PCI-E 3.0 6144MB 12000MHz 192 bit 3xDisplayPort HDMI HDCP VENTUS XS OC</t>
         </is>
       </c>
       <c r="C843" s="0" t="inlineStr">
         <is>
-          <t>3 743 000 UZS</t>
+          <t>3 743 000 сум</t>
         </is>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="0">
         <v>11937</v>
       </c>
       <c r="B844" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2060 SUPER 1665MHz PCI-E 3.0 8192MB 14000MHz 256 bit HDMI 3xDisplayPort HDCP VENTUS OC</t>
         </is>
       </c>
       <c r="C844" s="0" t="inlineStr">
         <is>
-          <t>5 154 000 UZS</t>
+          <t>5 154 000 сум</t>
         </is>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="0">
         <v>11938</v>
       </c>
       <c r="B845" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2080 SUPER 1830MHz PCI-E 3.0 8192MB 15500MHz 256 bit 3xDisplayPort HDMI HDCP VENTUS XS OC</t>
         </is>
       </c>
       <c r="C845" s="0" t="inlineStr">
         <is>
-          <t>8 626 000 UZS</t>
+          <t>8 626 000 сум</t>
         </is>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="0">
         <v>11939</v>
       </c>
       <c r="B846" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI Radeon RX 5700 EVOKE GP OC 8GB 256 bit</t>
         </is>
       </c>
       <c r="C846" s="0" t="inlineStr">
         <is>
-          <t>4 503 000 UZS</t>
+          <t>4 503 000 сум</t>
         </is>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="0">
         <v>11940</v>
       </c>
       <c r="B847" s="0" t="inlineStr">
         <is>
           <t>Видеокарта PowerColor Radeon RX 5600 XT 1560MHz PCI-E 4.0 6144MB 14000MHz 192 bit HDMI 3xDisplayPort HDCP</t>
         </is>
       </c>
       <c r="C847" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 UZS</t>
+          <t>3 798 000 сум</t>
         </is>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="0">
         <v>11941</v>
       </c>
       <c r="B848" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI 8GB RTX 2060 SUPER Ventus DDR6 192bit</t>
         </is>
       </c>
       <c r="C848" s="0" t="inlineStr">
         <is>
-          <t>4 883 000 UZS</t>
+          <t>4 883 000 сум</t>
         </is>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="0">
         <v>11942</v>
       </c>
       <c r="B849" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI 8GB RTX 2080 Super Ventus XS OC DDR6 256bit</t>
         </is>
       </c>
       <c r="C849" s="0" t="inlineStr">
         <is>
-          <t>8 572 000 UZS</t>
+          <t>8 572 000 сум</t>
         </is>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="0">
         <v>11943</v>
       </c>
       <c r="B850" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI AMD Radeon 8GB RX 5700 MECH OC DDR6 192bit</t>
         </is>
       </c>
       <c r="C850" s="0" t="inlineStr">
         <is>
-          <t>4 503 000 UZS</t>
+          <t>4 503 000 сум</t>
         </is>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="0">
         <v>11944</v>
       </c>
       <c r="B851" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI AMD Radeon 8GB RX 5700 XT EVOKE OC DDR6 256bit</t>
         </is>
       </c>
       <c r="C851" s="0" t="inlineStr">
         <is>
-          <t>5 154 000 UZS</t>
+          <t>5 154 000 сум</t>
         </is>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="0">
         <v>11945</v>
       </c>
       <c r="B852" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI AMD Radeon 8GB RX 5700 XT MECH OC DDR6 256bit</t>
         </is>
       </c>
       <c r="C852" s="0" t="inlineStr">
         <is>
-          <t>5 154 000 UZS</t>
+          <t>5 154 000 сум</t>
         </is>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="0">
         <v>11946</v>
       </c>
       <c r="B853" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC233 2 ТБ</t>
         </is>
       </c>
       <c r="C853" s="0" t="inlineStr">
         <is>
-          <t>911 000 UZS</t>
+          <t>911 000 сум</t>
         </is>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="0">
         <v>11947</v>
       </c>
       <c r="B854" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Transcend StoreJet 25H3P 1 ТБ</t>
         </is>
       </c>
       <c r="C854" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="0">
         <v>11948</v>
       </c>
       <c r="B855" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Transcend StoreJet 25H3P 2 ТБ</t>
         </is>
       </c>
       <c r="C855" s="0" t="inlineStr">
         <is>
-          <t>792 000 UZS</t>
+          <t>792 000 сум</t>
         </is>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="0">
         <v>11949</v>
       </c>
       <c r="B856" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC532 2 TB</t>
         </is>
       </c>
       <c r="C856" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="0">
         <v>11950</v>
       </c>
       <c r="B857" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC630 1 TB</t>
         </is>
       </c>
       <c r="C857" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="0">
         <v>11951</v>
       </c>
       <c r="B858" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC630 2 TB</t>
         </is>
       </c>
       <c r="C858" s="0" t="inlineStr">
         <is>
-          <t>825 000 UZS</t>
+          <t>825 000 сум</t>
         </is>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="0">
         <v>11952</v>
       </c>
       <c r="B859" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC632 1 TB</t>
         </is>
       </c>
       <c r="C859" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="0">
         <v>11953</v>
       </c>
       <c r="B860" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC632 2 TB</t>
         </is>
       </c>
       <c r="C860" s="0" t="inlineStr">
         <is>
-          <t>835 000 UZS</t>
+          <t>835 000 сум</t>
         </is>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="0">
         <v>11954</v>
       </c>
       <c r="B861" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Silicon Power Armor A60 2 TB</t>
         </is>
       </c>
       <c r="C861" s="0" t="inlineStr">
         <is>
-          <t>770 000 UZS</t>
+          <t>770 000 сум</t>
         </is>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="0">
         <v>11955</v>
       </c>
       <c r="B862" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC730 1 TB</t>
         </is>
       </c>
       <c r="C862" s="0" t="inlineStr">
         <is>
-          <t>651 000 UZS</t>
+          <t>651 000 сум</t>
         </is>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="0">
         <v>11956</v>
       </c>
       <c r="B863" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC731 2 TB</t>
         </is>
       </c>
       <c r="C863" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="0">
         <v>11957</v>
       </c>
       <c r="B864" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC730 2 TB</t>
         </is>
       </c>
       <c r="C864" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="0">
         <v>11958</v>
       </c>
       <c r="B865" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 4 TB</t>
         </is>
       </c>
       <c r="C865" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 UZS</t>
+          <t>1 052 000 сум</t>
         </is>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="0">
         <v>11959</v>
       </c>
       <c r="B866" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Western Digital Purple HDD Original OEM 2 TB</t>
         </is>
       </c>
       <c r="C866" s="0" t="inlineStr">
         <is>
-          <t>629 000 UZS</t>
+          <t>629 000 сум</t>
         </is>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="0">
         <v>11960</v>
       </c>
       <c r="B867" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Western Digital Purple HDD Original OEM 4 TB</t>
         </is>
       </c>
       <c r="C867" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="0">
         <v>11961</v>
       </c>
       <c r="B868" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Western Digital Purple HDD Original OEM 6 TB</t>
         </is>
       </c>
       <c r="C868" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="0">
         <v>11963</v>
       </c>
       <c r="B869" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 6 TB</t>
         </is>
       </c>
       <c r="C869" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 UZS</t>
+          <t>2 170 000 сум</t>
         </is>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="0">
         <v>11964</v>
       </c>
       <c r="B870" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 3 TB</t>
         </is>
       </c>
       <c r="C870" s="0" t="inlineStr">
         <is>
-          <t>846 000 UZS</t>
+          <t>846 000 сум</t>
         </is>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="0">
         <v>11965</v>
       </c>
       <c r="B871" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 2 TB</t>
         </is>
       </c>
       <c r="C871" s="0" t="inlineStr">
         <is>
-          <t>629 000 UZS</t>
+          <t>629 000 сум</t>
         </is>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="0">
         <v>11966</v>
       </c>
       <c r="B872" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 1 TB</t>
         </is>
       </c>
       <c r="C872" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="0">
         <v>11967</v>
       </c>
       <c r="B873" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Seagate 7200 BarraCuda 2 TB</t>
         </is>
       </c>
       <c r="C873" s="0" t="inlineStr">
         <is>
-          <t>825 000 UZS</t>
+          <t>825 000 сум</t>
         </is>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="0">
         <v>11968</v>
       </c>
       <c r="B874" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Western Digital RED Original OEM HDD 2 TB</t>
         </is>
       </c>
       <c r="C874" s="0" t="inlineStr">
         <is>
-          <t>1 107 000 UZS</t>
+          <t>1 107 000 сум</t>
         </is>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="0">
         <v>11969</v>
       </c>
       <c r="B875" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston 240 GB SA400S34</t>
         </is>
       </c>
       <c r="C875" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="0">
         <v>11970</v>
       </c>
       <c r="B876" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston 480 GB SA400S34</t>
         </is>
       </c>
       <c r="C876" s="0" t="inlineStr">
         <is>
-          <t>608 000 UZS</t>
+          <t>608 000 сум</t>
         </is>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="0">
         <v>11971</v>
       </c>
       <c r="B877" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 480 GB AST280</t>
         </is>
       </c>
       <c r="C877" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="0">
         <v>11972</v>
       </c>
       <c r="B878" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar 256 GB NS100</t>
         </is>
       </c>
       <c r="C878" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="0">
         <v>11973</v>
       </c>
       <c r="B879" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 240 GB AS340 PANTHER</t>
         </is>
       </c>
       <c r="C879" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="0">
         <v>11974</v>
       </c>
       <c r="B880" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 480 GB AS350 PANTHER</t>
         </is>
       </c>
       <c r="C880" s="0" t="inlineStr">
         <is>
-          <t>738 000 UZS</t>
+          <t>738 000 сум</t>
         </is>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="0">
         <v>11975</v>
       </c>
       <c r="B881" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 128 GB AS350 PANTHER</t>
         </is>
       </c>
       <c r="C881" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="0">
         <v>11976</v>
       </c>
       <c r="B882" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar 128 GB NS100</t>
         </is>
       </c>
       <c r="C882" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="0">
         <v>11977</v>
       </c>
       <c r="B883" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Samsung 250 GB 860 EVO</t>
         </is>
       </c>
       <c r="C883" s="0" t="inlineStr">
         <is>
-          <t>553 000 UZS</t>
+          <t>553 000 сум</t>
         </is>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="0">
         <v>11978</v>
       </c>
       <c r="B884" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Samsung 1 TB 860 QVO</t>
         </is>
       </c>
       <c r="C884" s="0" t="inlineStr">
         <is>
-          <t>1 411 000 UZS</t>
+          <t>1 411 000 сум</t>
         </is>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="0">
         <v>11979</v>
       </c>
       <c r="B885" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 128 GB AS510S Pro II</t>
         </is>
       </c>
       <c r="C885" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="0">
         <v>11980</v>
       </c>
       <c r="B886" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 256 GB AS510S Pro II</t>
         </is>
       </c>
       <c r="C886" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="0">
         <v>11981</v>
       </c>
       <c r="B887" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1024M</t>
         </is>
       </c>
       <c r="C887" s="0" t="inlineStr">
         <is>
-          <t>369 000 UZS</t>
+          <t>369 000 сум</t>
         </is>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="0">
         <v>11982</v>
       </c>
       <c r="B888" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Mercusys MS105</t>
         </is>
       </c>
       <c r="C888" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="0">
         <v>11983</v>
       </c>
       <c r="B889" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Mercusys MS108</t>
         </is>
       </c>
       <c r="C889" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="0">
         <v>11984</v>
       </c>
       <c r="B890" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1005D</t>
         </is>
       </c>
       <c r="C890" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="0">
         <v>11985</v>
       </c>
       <c r="B891" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1008D</t>
         </is>
       </c>
       <c r="C891" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="0">
         <v>11986</v>
       </c>
       <c r="B892" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1016D</t>
         </is>
       </c>
       <c r="C892" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="0">
         <v>11987</v>
       </c>
       <c r="B893" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus DSL-N16</t>
         </is>
       </c>
       <c r="C893" s="0" t="inlineStr">
         <is>
-          <t>467 000 UZS</t>
+          <t>467 000 сум</t>
         </is>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="0">
         <v>11988</v>
       </c>
       <c r="B894" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus GT-AX11000</t>
         </is>
       </c>
       <c r="C894" s="0" t="inlineStr">
         <is>
-          <t>4 883 000 UZS</t>
+          <t>4 883 000 сум</t>
         </is>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="0">
         <v>11989</v>
       </c>
       <c r="B895" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT N19</t>
         </is>
       </c>
       <c r="C895" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="0">
         <v>11990</v>
       </c>
       <c r="B896" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AC1200</t>
         </is>
       </c>
       <c r="C896" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="0">
         <v>11991</v>
       </c>
       <c r="B897" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AC1200G+</t>
         </is>
       </c>
       <c r="C897" s="0" t="inlineStr">
         <is>
-          <t>955 000 UZS</t>
+          <t>955 000 сум</t>
         </is>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="0">
         <v>11992</v>
       </c>
       <c r="B898" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AC86U</t>
         </is>
       </c>
       <c r="C898" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="0">
         <v>11993</v>
       </c>
       <c r="B899" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AX88U</t>
         </is>
       </c>
       <c r="C899" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 UZS</t>
+          <t>3 364 000 сум</t>
         </is>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="0">
         <v>11994</v>
       </c>
       <c r="B900" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AX92U</t>
         </is>
       </c>
       <c r="C900" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 UZS</t>
+          <t>2 333 000 сум</t>
         </is>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="0">
         <v>11995</v>
       </c>
       <c r="B901" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-N14UHP</t>
         </is>
       </c>
       <c r="C901" s="0" t="inlineStr">
         <is>
-          <t>835 000 UZS</t>
+          <t>835 000 сум</t>
         </is>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="0">
         <v>11996</v>
       </c>
       <c r="B902" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер CPE 4G LTE беспроводной со слотом для SIM-карты</t>
         </is>
       </c>
       <c r="C902" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="0">
         <v>11997</v>
       </c>
       <c r="B903" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер CPE 4G беспроводной со слотом для SIM-карты</t>
         </is>
       </c>
       <c r="C903" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="0">
         <v>11998</v>
       </c>
       <c r="B904" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер CPE 4G беспроводной со слотом для SIM-карты 4 антенны</t>
         </is>
       </c>
       <c r="C904" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="0">
         <v>11999</v>
       </c>
       <c r="B905" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер MYPRO 4G LTE беспроводной со слотом для SIM-карты</t>
         </is>
       </c>
       <c r="C905" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="0">
         <v>12000</v>
       </c>
       <c r="B906" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер 4G LTE беспроводной со слотом для SIM-карты</t>
         </is>
       </c>
       <c r="C906" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="0">
         <v>12001</v>
       </c>
       <c r="B907" s="0" t="inlineStr">
         <is>
           <t>Моноблок Acer Aspire C22-865 клавиатура и мышь</t>
         </is>
       </c>
       <c r="C907" s="0" t="inlineStr">
         <is>
-          <t>6 510 000 UZS</t>
+          <t>6 510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="0">
         <v>12002</v>
       </c>
       <c r="B908" s="0" t="inlineStr">
         <is>
           <t>Моноблок Acer Aspire C24-865 клавиатура и мышь</t>
         </is>
       </c>
       <c r="C908" s="0" t="inlineStr">
         <is>
-          <t>6 293 000 UZS</t>
+          <t>6 293 000 сум</t>
         </is>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="0">
         <v>12003</v>
       </c>
       <c r="B909" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP CPU i3-7130 клавиатура и мышь</t>
         </is>
       </c>
       <c r="C909" s="0" t="inlineStr">
         <is>
-          <t>4 232 000 UZS</t>
+          <t>4 232 000 сум</t>
         </is>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="0">
         <v>12004</v>
       </c>
       <c r="B910" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP ProOne 440 G4 клавиатура и мышь</t>
         </is>
       </c>
       <c r="C910" s="0" t="inlineStr">
         <is>
-          <t>8 138 000 UZS</t>
+          <t>8 138 000 сум</t>
         </is>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="0">
         <v>12005</v>
       </c>
       <c r="B911" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro T24 LED 23.5″</t>
         </is>
       </c>
       <c r="C911" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 UZS</t>
+          <t>2 713 000 сум</t>
         </is>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="0">
         <v>12006</v>
       </c>
       <c r="B912" s="0" t="inlineStr">
         <is>
           <t>Моноблок MYPRO T22 LED 21.5″</t>
         </is>
       </c>
       <c r="C912" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="0">
         <v>12007</v>
       </c>
       <c r="B913" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro  C24 CURVED LED 24″ White</t>
         </is>
       </c>
       <c r="C913" s="0" t="inlineStr">
         <is>
-          <t>2 821 000 UZS</t>
+          <t>2 821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="0">
         <v>12008</v>
       </c>
       <c r="B914" s="0" t="inlineStr">
         <is>
           <t>Проектор ViewSonic PX701HD</t>
         </is>
       </c>
       <c r="C914" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 UZS</t>
+          <t>7 595 000 сум</t>
         </is>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="0">
         <v>12009</v>
       </c>
       <c r="B915" s="0" t="inlineStr">
         <is>
           <t>Проектор ViewSonic PS501X</t>
         </is>
       </c>
       <c r="C915" s="0" t="inlineStr">
         <is>
-          <t>6 076 000 UZS</t>
+          <t>6 076 000 сум</t>
         </is>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="0">
         <v>12010</v>
       </c>
       <c r="B916" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала репитер TP-Link TL-WA855RE</t>
         </is>
       </c>
       <c r="C916" s="0" t="inlineStr">
         <is>
-          <t>233 000 UZS</t>
+          <t>233 000 сум</t>
         </is>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="0">
         <v>12011</v>
       </c>
       <c r="B917" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала репитер TP-Link TL-WA850RE</t>
         </is>
       </c>
       <c r="C917" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="0">
         <v>12012</v>
       </c>
       <c r="B918" s="0" t="inlineStr">
         <is>
           <t>3D принтер XYZprinting da Vinci Nano White</t>
         </is>
       </c>
       <c r="C918" s="0" t="inlineStr">
         <is>
-          <t>7 009 000 UZS</t>
+          <t>7 009 000 сум</t>
         </is>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="0">
         <v>12013</v>
       </c>
       <c r="B919" s="0" t="inlineStr">
         <is>
           <t>3D принтер XYZprinting da Vinci 1.0 Pro 3-in-1</t>
         </is>
       </c>
       <c r="C919" s="0" t="inlineStr">
         <is>
-          <t>18 358 000 UZS</t>
+          <t>18 358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="0">
         <v>12014</v>
       </c>
       <c r="B920" s="0" t="inlineStr">
         <is>
           <t>3D принтер XYZprinting Junior 1.0 Basic MR</t>
         </is>
       </c>
       <c r="C920" s="0" t="inlineStr">
         <is>
-          <t>11 544 000 UZS</t>
+          <t>11 544 000 сум</t>
         </is>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="0">
         <v>12015</v>
       </c>
       <c r="B921" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Xiaomi Mi Electric Scooter M365 Pro</t>
         </is>
       </c>
       <c r="C921" s="0" t="inlineStr">
         <is>
-          <t>5 913 000 UZS</t>
+          <t>5 913 000 сум</t>
         </is>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="0">
         <v>12016</v>
       </c>
       <c r="B922" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot KickScooter Max G30</t>
         </is>
       </c>
       <c r="C922" s="0" t="inlineStr">
         <is>
-          <t>7 270 000 UZS</t>
+          <t>7 270 000 сум</t>
         </is>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="0">
         <v>12017</v>
       </c>
       <c r="B923" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot by Segway ES2</t>
         </is>
       </c>
       <c r="C923" s="0" t="inlineStr">
         <is>
-          <t>4 557 000 UZS</t>
+          <t>4 557 000 сум</t>
         </is>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="0">
         <v>12018</v>
       </c>
       <c r="B924" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Tribe ZULU TES-HBD065200 Black/White</t>
         </is>
       </c>
       <c r="C924" s="0" t="inlineStr">
         <is>
-          <t>3 472 000 UZS</t>
+          <t>3 472 000 сум</t>
         </is>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="0">
         <v>12019</v>
       </c>
       <c r="B925" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Tribe TES-HBD085200</t>
         </is>
       </c>
       <c r="C925" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 UZS</t>
+          <t>4 123 000 сум</t>
         </is>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="0">
         <v>12020</v>
       </c>
       <c r="B926" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot Kickscooter ES3</t>
         </is>
       </c>
       <c r="C926" s="0" t="inlineStr">
         <is>
-          <t>5 642 000 UZS</t>
+          <t>5 642 000 сум</t>
         </is>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="0">
         <v>12021</v>
       </c>
       <c r="B927" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Triumph X85 Black</t>
         </is>
       </c>
       <c r="C927" s="0" t="inlineStr">
         <is>
-          <t>4 449 000 UZS</t>
+          <t>4 449 000 сум</t>
         </is>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="0">
         <v>12022</v>
       </c>
       <c r="B928" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Triumph X80 Black</t>
         </is>
       </c>
       <c r="C928" s="0" t="inlineStr">
         <is>
-          <t>3 960 000 UZS</t>
+          <t>3 960 000 сум</t>
         </is>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="0">
         <v>12023</v>
       </c>
       <c r="B929" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Stark DX800 Black</t>
         </is>
       </c>
       <c r="C929" s="0" t="inlineStr">
         <is>
-          <t>3 743 000 UZS</t>
+          <t>3 743 000 сум</t>
         </is>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="0">
         <v>12024</v>
       </c>
       <c r="B930" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Stark DX650 Gray</t>
         </is>
       </c>
       <c r="C930" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 UZS</t>
+          <t>2 604 000 сум</t>
         </is>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="0">
         <v>12025</v>
       </c>
       <c r="B931" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Slim VX560 Black</t>
         </is>
       </c>
       <c r="C931" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 UZS</t>
+          <t>2 496 000 сум</t>
         </is>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="0">
         <v>12026</v>
       </c>
       <c r="B932" s="0" t="inlineStr">
         <is>
           <t>Сиденье для электросамоката Xiaomi Ninebot</t>
         </is>
       </c>
       <c r="C932" s="0" t="inlineStr">
         <is>
-          <t>651 000 UZS</t>
+          <t>651 000 сум</t>
         </is>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="0">
         <v>12027</v>
       </c>
       <c r="B933" s="0" t="inlineStr">
         <is>
           <t>Электровелосипед HIPER Engine BF200</t>
         </is>
       </c>
       <c r="C933" s="0" t="inlineStr">
         <is>
-          <t>6 727 000 UZS</t>
+          <t>6 727 000 сум</t>
         </is>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="0">
         <v>12028</v>
       </c>
       <c r="B934" s="0" t="inlineStr">
         <is>
           <t>Электровелосипед HIPER Engine BF204</t>
         </is>
       </c>
       <c r="C934" s="0" t="inlineStr">
         <is>
-          <t>7 270 000 UZS</t>
+          <t>7 270 000 сум</t>
         </is>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="0">
         <v>12029</v>
       </c>
       <c r="B935" s="0" t="inlineStr">
         <is>
           <t>Электровелосипед HIPER Engine BF201</t>
         </is>
       </c>
       <c r="C935" s="0" t="inlineStr">
         <is>
-          <t>7 487 000 UZS</t>
+          <t>7 487 000 сум</t>
         </is>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="0">
         <v>12030</v>
       </c>
       <c r="B936" s="0" t="inlineStr">
         <is>
           <t>Электровелосипед Xiaomi Himo C20</t>
         </is>
       </c>
       <c r="C936" s="0" t="inlineStr">
         <is>
-          <t>8 138 000 UZS</t>
+          <t>8 138 000 сум</t>
         </is>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="0">
         <v>12031</v>
       </c>
       <c r="B937" s="0" t="inlineStr">
         <is>
           <t>Умный браслет Xiaomi Mi Band 4 Asian version</t>
         </is>
       </c>
       <c r="C937" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="0">
         <v>12032</v>
       </c>
       <c r="B938" s="0" t="inlineStr">
         <is>
           <t>Умный браслет Xiaomi Mi Band 5 Asian version</t>
         </is>
       </c>
       <c r="C938" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="0">
         <v>12033</v>
       </c>
       <c r="B939" s="0" t="inlineStr">
         <is>
           <t>Умный браслет Amazfit Cor 2</t>
         </is>
       </c>
       <c r="C939" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="0">
         <v>12034</v>
       </c>
       <c r="B940" s="0" t="inlineStr">
         <is>
           <t>Умные часы Haylou Smart Watch</t>
         </is>
       </c>
       <c r="C940" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="0">
         <v>12035</v>
       </c>
       <c r="B941" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Stratos</t>
         </is>
       </c>
       <c r="C941" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="0">
         <v>12036</v>
       </c>
       <c r="B942" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Bip White</t>
         </is>
       </c>
       <c r="C942" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="0">
         <v>12037</v>
       </c>
       <c r="B943" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Bip</t>
         </is>
       </c>
       <c r="C943" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="0">
         <v>12038</v>
       </c>
       <c r="B944" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Verge Lite Snowcap White</t>
         </is>
       </c>
       <c r="C944" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="0">
         <v>12039</v>
       </c>
       <c r="B945" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit GTR Aluminum Alloy</t>
         </is>
       </c>
       <c r="C945" s="0" t="inlineStr">
         <is>
-          <t>1 096 000 UZS</t>
+          <t>1 096 000 сум</t>
         </is>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="0">
         <v>12040</v>
       </c>
       <c r="B946" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Bip S Carbon Black</t>
         </is>
       </c>
       <c r="C946" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="0">
         <v>12041</v>
       </c>
       <c r="B947" s="0" t="inlineStr">
         <is>
           <t>Монопод для селфи Xiaomi Mi Selfie Stick</t>
         </is>
       </c>
       <c r="C947" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="0">
         <v>12042</v>
       </c>
       <c r="B948" s="0" t="inlineStr">
         <is>
           <t>Микрофон Trust Starzz</t>
         </is>
       </c>
       <c r="C948" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="0">
         <v>12043</v>
       </c>
       <c r="B949" s="0" t="inlineStr">
         <is>
           <t>Микрофон Trust GXT 244 Buzz for Streaming</t>
         </is>
       </c>
       <c r="C949" s="0" t="inlineStr">
         <is>
-          <t>1 215 000 UZS</t>
+          <t>1 215 000 сум</t>
         </is>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="0">
         <v>12044</v>
       </c>
       <c r="B950" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона Z10</t>
         </is>
       </c>
       <c r="C950" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="0">
         <v>12045</v>
       </c>
       <c r="B951" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона P9</t>
         </is>
       </c>
       <c r="C951" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="0">
         <v>12046</v>
       </c>
       <c r="B952" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона P20</t>
         </is>
       </c>
       <c r="C952" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="0">
         <v>12047</v>
       </c>
       <c r="B953" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона H15 проводная</t>
         </is>
       </c>
       <c r="C953" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="0">
         <v>12048</v>
       </c>
       <c r="B954" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона FL02</t>
         </is>
       </c>
       <c r="C954" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="0">
         <v>12049</v>
       </c>
       <c r="B955" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона FL01</t>
         </is>
       </c>
       <c r="C955" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="0">
         <v>12050</v>
       </c>
       <c r="B956" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона DL03</t>
         </is>
       </c>
       <c r="C956" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="0">
         <v>12051</v>
       </c>
       <c r="B957" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона DL01</t>
         </is>
       </c>
       <c r="C957" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="0">
         <v>12052</v>
       </c>
       <c r="B958" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона AH101</t>
         </is>
       </c>
       <c r="C958" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="0">
         <v>12053</v>
       </c>
       <c r="B959" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона AH102</t>
         </is>
       </c>
       <c r="C959" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="0">
         <v>12054</v>
       </c>
       <c r="B960" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона Raptor</t>
         </is>
       </c>
       <c r="C960" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="0">
         <v>12055</v>
       </c>
       <c r="B961" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала репитер Xiaomi Mi Amplifier PRO</t>
         </is>
       </c>
       <c r="C961" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="0">
         <v>12056</v>
       </c>
       <c r="B962" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала репитер Xiaomi Mi Amplifier 2</t>
         </is>
       </c>
       <c r="C962" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="0">
         <v>12057</v>
       </c>
       <c r="B963" s="0" t="inlineStr">
         <is>
           <t>Смартфон Black Shark 3 8/128GB Black</t>
         </is>
       </c>
       <c r="C963" s="0" t="inlineStr">
         <is>
-          <t>6 619 000 UZS</t>
+          <t>6 619 000 сум</t>
         </is>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="0">
         <v>12058</v>
       </c>
       <c r="B964" s="0" t="inlineStr">
         <is>
           <t>Контроллер для вентиляторов Gamemax PWM RAINBOW Controller V2.0</t>
         </is>
       </c>
       <c r="C964" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="0">
         <v>12059</v>
       </c>
       <c r="B965" s="0" t="inlineStr">
         <is>
           <t>Контроллер для вентиляторов Gamemax PWM RAINBOW Controller V3.0</t>
         </is>
       </c>
       <c r="C965" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="0">
         <v>12060</v>
       </c>
       <c r="B966" s="0" t="inlineStr">
         <is>
           <t>Держатель для телефона на электротранспорт Ninebot</t>
         </is>
       </c>
       <c r="C966" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="0">
         <v>12061</v>
       </c>
       <c r="B967" s="0" t="inlineStr">
         <is>
           <t>Держатель с беспроводной зарядкой Xiaomi Wireless Car Charger</t>
         </is>
       </c>
       <c r="C967" s="0" t="inlineStr">
         <is>
-          <t>369 000 UZS</t>
+          <t>369 000 сум</t>
         </is>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="0">
         <v>12062</v>
       </c>
       <c r="B968" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Zowie Camade</t>
         </is>
       </c>
       <c r="C968" s="0" t="inlineStr">
         <is>
-          <t>369 000 UZS</t>
+          <t>369 000 сум</t>
         </is>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="0">
         <v>12063</v>
       </c>
       <c r="B969" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Xtrfy Bungee B4 Retro</t>
         </is>
       </c>
       <c r="C969" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="0">
         <v>12064</v>
       </c>
       <c r="B970" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Xtrfy Bungee B4</t>
         </is>
       </c>
       <c r="C970" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="0">
         <v>12065</v>
       </c>
       <c r="B971" s="0" t="inlineStr">
         <is>
           <t>Адаптер MIX3 для смартфона</t>
         </is>
       </c>
       <c r="C971" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="0">
         <v>12066</v>
       </c>
       <c r="B972" s="0" t="inlineStr">
         <is>
           <t>Адаптер MIX PRO для смартфона</t>
         </is>
       </c>
       <c r="C972" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="0">
         <v>12067</v>
       </c>
       <c r="B973" s="0" t="inlineStr">
         <is>
           <t>Адаптер MIX Lite для смартфона</t>
         </is>
       </c>
       <c r="C973" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="0">
         <v>12068</v>
       </c>
       <c r="B974" s="0" t="inlineStr">
         <is>
           <t>Адаптер Trust USB-C Multiport</t>
         </is>
       </c>
       <c r="C974" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="0">
         <v>12069</v>
       </c>
       <c r="B975" s="0" t="inlineStr">
         <is>
           <t>Монитор HP OMEN 25 24.5"</t>
         </is>
       </c>
       <c r="C975" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 UZS</t>
+          <t>2 713 000 сум</t>
         </is>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="0">
         <v>12070</v>
       </c>
       <c r="B976" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay E273d 27"</t>
         </is>
       </c>
       <c r="C976" s="0" t="inlineStr">
         <is>
-          <t>5 968 000 UZS</t>
+          <t>5 968 000 сум</t>
         </is>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="0">
         <v>12071</v>
       </c>
       <c r="B977" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay S430c 43.4"</t>
         </is>
       </c>
       <c r="C977" s="0" t="inlineStr">
         <is>
-          <t>14 105 000 UZS</t>
+          <t>14 105 000 сум</t>
         </is>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="0">
         <v>12072</v>
       </c>
       <c r="B978" s="0" t="inlineStr">
         <is>
           <t>Монитор HP E344c 34"</t>
         </is>
       </c>
       <c r="C978" s="0" t="inlineStr">
         <is>
-          <t>9 223 000 UZS</t>
+          <t>9 223 000 сум</t>
         </is>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="0">
         <v>12073</v>
       </c>
       <c r="B979" s="0" t="inlineStr">
         <is>
           <t>Монитор HP X24C VA</t>
         </is>
       </c>
       <c r="C979" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 UZS</t>
+          <t>2 604 000 сум</t>
         </is>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="0">
         <v>12074</v>
       </c>
       <c r="B980" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 24f 23.8"</t>
         </is>
       </c>
       <c r="C980" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 UZS</t>
+          <t>1 899 000 сум</t>
         </is>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="0">
         <v>12075</v>
       </c>
       <c r="B981" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 27w 27"</t>
         </is>
       </c>
       <c r="C981" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 UZS</t>
+          <t>2 170 000 сум</t>
         </is>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="0">
         <v>12076</v>
       </c>
       <c r="B982" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay E243 23.8"</t>
         </is>
       </c>
       <c r="C982" s="0" t="inlineStr">
         <is>
-          <t>3 472 000 UZS</t>
+          <t>3 472 000 сум</t>
         </is>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="0">
         <v>12077</v>
       </c>
       <c r="B983" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay E243i 24"</t>
         </is>
       </c>
       <c r="C983" s="0" t="inlineStr">
         <is>
-          <t>3 461 000 UZS</t>
+          <t>3 461 000 сум</t>
         </is>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="0">
         <v>12078</v>
       </c>
       <c r="B984" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay E273 27"</t>
         </is>
       </c>
       <c r="C984" s="0" t="inlineStr">
         <is>
-          <t>4 340 000 UZS</t>
+          <t>4 340 000 сум</t>
         </is>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="0">
         <v>12079</v>
       </c>
       <c r="B985" s="0" t="inlineStr">
         <is>
           <t>Адаптер Trust Dalyx Aluminium 7-in-1 USB-C Multiport</t>
         </is>
       </c>
       <c r="C985" s="0" t="inlineStr">
         <is>
-          <t>781 000 UZS</t>
+          <t>781 000 сум</t>
         </is>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="0">
         <v>12080</v>
       </c>
       <c r="B986" s="0" t="inlineStr">
         <is>
           <t>Оптический привод Asus 24x DVD-RW SATA Внутренний OEM</t>
         </is>
       </c>
       <c r="C986" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="0">
         <v>12082</v>
       </c>
       <c r="B987" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 4GB 2400mhz</t>
         </is>
       </c>
       <c r="C987" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="0">
         <v>12083</v>
       </c>
       <c r="B988" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 16GB 3000MHz (8GBx2) RGB</t>
         </is>
       </c>
       <c r="C988" s="0" t="inlineStr">
         <is>
-          <t>792 000 UZS</t>
+          <t>792 000 сум</t>
         </is>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="0">
         <v>12085</v>
       </c>
       <c r="B989" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H310M H ULTRA DURABLE</t>
         </is>
       </c>
       <c r="C989" s="0" t="inlineStr">
         <is>
-          <t>608 000 UZS</t>
+          <t>608 000 сум</t>
         </is>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="0">
         <v>12086</v>
       </c>
       <c r="B990" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H110M-H ULTRA DURABLE</t>
         </is>
       </c>
       <c r="C990" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="0">
         <v>12087</v>
       </c>
       <c r="B991" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365M H</t>
         </is>
       </c>
       <c r="C991" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="0">
         <v>12088</v>
       </c>
       <c r="B992" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Pro4</t>
         </is>
       </c>
       <c r="C992" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 UZS</t>
+          <t>2 159 000 сум</t>
         </is>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="0">
         <v>12089</v>
       </c>
       <c r="B993" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z390 Gaming 4S</t>
         </is>
       </c>
       <c r="C993" s="0" t="inlineStr">
         <is>
-          <t>1 356 000 UZS</t>
+          <t>1 356 000 сум</t>
         </is>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="0">
         <v>12090</v>
       </c>
       <c r="B994" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H470 Phantom Gaming 4</t>
         </is>
       </c>
       <c r="C994" s="0" t="inlineStr">
         <is>
-          <t>1 389 000 UZS</t>
+          <t>1 389 000 сум</t>
         </is>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="0">
         <v>12091</v>
       </c>
       <c r="B995" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B360M D2V</t>
         </is>
       </c>
       <c r="C995" s="0" t="inlineStr">
         <is>
-          <t>727 000 UZS</t>
+          <t>727 000 сум</t>
         </is>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="0">
         <v>12092</v>
       </c>
       <c r="B996" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox Lite 5</t>
         </is>
       </c>
       <c r="C996" s="0" t="inlineStr">
         <is>
-          <t>803 000 UZS</t>
+          <t>803 000 сум</t>
         </is>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="0">
         <v>12093</v>
       </c>
       <c r="B997" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 430 G5 Core i3 8130U Intel UHD Graphics 620</t>
         </is>
       </c>
       <c r="C997" s="0" t="inlineStr">
         <is>
-          <t>5 317 000 UZS</t>
+          <t>5 317 000 сум</t>
         </is>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="0">
         <v>12094</v>
       </c>
       <c r="B998" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Xiaomi RedmiBook 13" i7 GeForce MX250 2GB</t>
         </is>
       </c>
       <c r="C998" s="0" t="inlineStr">
         <is>
-          <t>8 680 000 UZS</t>
+          <t>8 680 000 сум</t>
         </is>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="0">
         <v>12095</v>
       </c>
       <c r="B999" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 430 G5 i7 8550U 13,3" SSD 256GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C999" s="0" t="inlineStr">
         <is>
-          <t>7 487 000 UZS</t>
+          <t>7 487 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="0">
         <v>12096</v>
       </c>
       <c r="B1000" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 5 Core i5 10300H GeForce GTX1650 4GB 15.6 FHD LED SSD 256GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1000" s="0" t="inlineStr">
         <is>
-          <t>9 982 000 UZS</t>
+          <t>9 982 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="0">
         <v>12097</v>
       </c>
       <c r="B1001" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 5 Core i5 10300H GeForce GTX1650Ti 4GB  15.6 FHD LED HDD 1000GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1001" s="0" t="inlineStr">
         <is>
-          <t>9 223 000 UZS</t>
+          <t>9 223 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="0">
         <v>12098</v>
       </c>
       <c r="B1002" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 250 G7 Intel Core i3 7020U Intel UHD Graphics 620 15.6 HD LED HDD 1TB DDR4 4GB</t>
         </is>
       </c>
       <c r="C1002" s="0" t="inlineStr">
         <is>
-          <t>5 121 000 UZS</t>
+          <t>5 121 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="0">
         <v>12099</v>
       </c>
       <c r="B1003" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 250 G7 N4020 Intel UHD Graphics 620 15.6 HD LED HDD 1TB DDR4 4Gb</t>
         </is>
       </c>
       <c r="C1003" s="0" t="inlineStr">
         <is>
-          <t>3 960 000 UZS</t>
+          <t>3 960 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="0">
         <v>12100</v>
       </c>
       <c r="B1004" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i7 10750H GeForce GTX 1650 17.3 IPS 120 Hz 4 GB SSD 500GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1004" s="0" t="inlineStr">
         <is>
-          <t>12 912 000 UZS</t>
+          <t>12 912 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="0">
         <v>12101</v>
       </c>
       <c r="B1005" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i7 10750H GeForce GTX 1650Ti 4 GB 15.6 IPS SSD 500GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1005" s="0" t="inlineStr">
         <is>
-          <t>13 183 000 UZS</t>
+          <t>13 183 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="0">
         <v>12102</v>
       </c>
       <c r="B1006" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5 10300H GeForce GTX 1650Ti 4 GB 15.6 IPS SSD 500GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1006" s="0" t="inlineStr">
         <is>
-          <t>9 765 000 UZS</t>
+          <t>9 765 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="0">
         <v>12103</v>
       </c>
       <c r="B1007" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5 10300H GeForce RTX 2060Ti 6GB 15.6 IPS SSD 500GB DDR4 16GB</t>
         </is>
       </c>
       <c r="C1007" s="0" t="inlineStr">
         <is>
-          <t>14 973 000 UZS</t>
+          <t>14 973 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="0">
         <v>12104</v>
       </c>
       <c r="B1008" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines AMD R5 3600 GeForce GTX 1660 Ti 6GB 15.6 IPS SSD 500GB DDR4 16GB</t>
         </is>
       </c>
       <c r="C1008" s="0" t="inlineStr">
         <is>
-          <t>14 702 000 UZS</t>
+          <t>14 702 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="0">
         <v>12105</v>
       </c>
       <c r="B1009" s="0" t="inlineStr">
         <is>
           <t>Ноутбук DELL Inspiron 5490 Intel Core i7 1800 MHz NVIDIA GeForce MX230 2GB 14" Full HD 1920x1080 SSD 512GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1009" s="0" t="inlineStr">
         <is>
-          <t>10 850 000 UZS</t>
+          <t>10 850 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="0">
         <v>12106</v>
       </c>
       <c r="B1010" s="0" t="inlineStr">
         <is>
           <t>Ноутбук DELL Inspiron 5490 Intel Core i5 10210U 1600MHz Intel UHD Graphics 14" 1920x1080 SSD 256GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1010" s="0" t="inlineStr">
         <is>
-          <t>8 572 000 UZS</t>
+          <t>8 572 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="0">
         <v>12107</v>
       </c>
       <c r="B1011" s="0" t="inlineStr">
         <is>
           <t>Ноутбук DELL Inspiron 3593 Intel Core i5 MX230 2GB 15.6 Full HD LED 1920х1080 SSD 256GB DDR4 4GB</t>
         </is>
       </c>
       <c r="C1011" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 UZS</t>
+          <t>7 595 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="0">
         <v>12108</v>
       </c>
       <c r="B1012" s="0" t="inlineStr">
         <is>
           <t>Ноутбук DELL Inspiron 3593 Intel Core i5 15.6 Full HD LED 1920х1080 SSD 256GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1012" s="0" t="inlineStr">
         <is>
-          <t>6 673 000 UZS</t>
+          <t>6 673 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="0">
         <v>12109</v>
       </c>
       <c r="B1013" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSI GL65 Leopard Intel Core i7 10750H GeForce RTX2070 8GB 15.6 IPS SSD 512GB DDR4 16GB</t>
         </is>
       </c>
       <c r="C1013" s="0" t="inlineStr">
         <is>
-          <t>16 275 000 UZS</t>
+          <t>16 275 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="0">
         <v>12110</v>
       </c>
       <c r="B1014" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Honor MagicBook Pro AMD Ryzen 5 3550H AMD Radeon Vega 8 16 FHD LED SSD 512GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1014" s="0" t="inlineStr">
         <is>
-          <t>8 355 000 UZS</t>
+          <t>8 355 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="0">
         <v>12111</v>
       </c>
       <c r="B1015" s="0" t="inlineStr">
         <is>
           <t>Настольный компьютер HP Pro G2</t>
         </is>
       </c>
       <c r="C1015" s="0" t="inlineStr">
         <is>
-          <t>4 883 000 UZS</t>
+          <t>4 883 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="0">
         <v>12112</v>
       </c>
       <c r="B1016" s="0" t="inlineStr">
         <is>
           <t>Кронштейн для видеокарты Gamemax Vertical GPU Kit GPU holder support</t>
         </is>
       </c>
       <c r="C1016" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="0">
         <v>12113</v>
       </c>
       <c r="B1017" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T2U</t>
         </is>
       </c>
       <c r="C1017" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="0">
         <v>12114</v>
       </c>
       <c r="B1018" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T2U Nano</t>
         </is>
       </c>
       <c r="C1018" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="0">
         <v>12115</v>
       </c>
       <c r="B1019" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link TL-WN725N</t>
         </is>
       </c>
       <c r="C1019" s="0" t="inlineStr">
         <is>
-          <t>76 000 UZS</t>
+          <t>76 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="0">
         <v>12116</v>
       </c>
       <c r="B1020" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link TL-WN727N</t>
         </is>
       </c>
       <c r="C1020" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="0">
         <v>12117</v>
       </c>
       <c r="B1021" s="0" t="inlineStr">
         <is>
           <t>Гигабитный сетевой адаптер TG-3468 TP-Link TG-3468 PCI Express</t>
         </is>
       </c>
       <c r="C1021" s="0" t="inlineStr">
         <is>
-          <t>103 000 UZS</t>
+          <t>103 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="0">
         <v>12118</v>
       </c>
       <c r="B1022" s="0" t="inlineStr">
         <is>
           <t>Адаптер Xiaomi USB-C VGA Gigabit Ethernet</t>
         </is>
       </c>
       <c r="C1022" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="0">
         <v>12119</v>
       </c>
       <c r="B1023" s="0" t="inlineStr">
         <is>
           <t>Адаптер Ling Zha для смартфона</t>
         </is>
       </c>
       <c r="C1023" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="0">
         <v>12120</v>
       </c>
       <c r="B1024" s="0" t="inlineStr">
         <is>
           <t>Адаптер Mi Power Adapter 5V 2A</t>
         </is>
       </c>
       <c r="C1024" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="0">
         <v>12121</v>
       </c>
       <c r="B1025" s="0" t="inlineStr">
         <is>
           <t>Игровая клавиатура для K50</t>
         </is>
       </c>
       <c r="C1025" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="0">
         <v>12122</v>
       </c>
       <c r="B1026" s="0" t="inlineStr">
         <is>
           <t>Игровая клавиатура для смартфонов F6</t>
         </is>
       </c>
       <c r="C1026" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="0">
         <v>12123</v>
       </c>
       <c r="B1027" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер G9 Red для смартфонов</t>
         </is>
       </c>
       <c r="C1027" s="0" t="inlineStr">
         <is>
-          <t>43 000 UZS</t>
+          <t>43 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="0">
         <v>12124</v>
       </c>
       <c r="B1028" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H10 1200mAh для смартфонов</t>
         </is>
       </c>
       <c r="C1028" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="0">
         <v>12125</v>
       </c>
       <c r="B1029" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H10 5000mAh для смартфонов</t>
         </is>
       </c>
       <c r="C1029" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="0">
         <v>12126</v>
       </c>
       <c r="B1030" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер F301 для смартфонов</t>
         </is>
       </c>
       <c r="C1030" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="0">
         <v>12127</v>
       </c>
       <c r="B1031" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер E9 для смартфонов</t>
         </is>
       </c>
       <c r="C1031" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="0">
         <v>12128</v>
       </c>
       <c r="B1032" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик для DL88 для смартфонов</t>
         </is>
       </c>
       <c r="C1032" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="0">
         <v>12129</v>
       </c>
       <c r="B1033" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер D9 для смартфонов</t>
         </is>
       </c>
       <c r="C1033" s="0" t="inlineStr">
         <is>
-          <t>27 000 UZS</t>
+          <t>27 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="0">
         <v>12130</v>
       </c>
       <c r="B1034" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Chicken King Metal для смартфонов</t>
         </is>
       </c>
       <c r="C1034" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="0">
         <v>12131</v>
       </c>
       <c r="B1035" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер CH2 Little Bee для смартфонов</t>
         </is>
       </c>
       <c r="C1035" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="0">
         <v>12132</v>
       </c>
       <c r="B1036" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Angle Wings one key для смартфонов</t>
         </is>
       </c>
       <c r="C1036" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="0">
         <v>12133</v>
       </c>
       <c r="B1037" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Angle Wings 3 keys для смартфонов</t>
         </is>
       </c>
       <c r="C1037" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="0">
         <v>12134</v>
       </c>
       <c r="B1038" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик AK77 4000 mAh с батарейкой для смартфонов</t>
         </is>
       </c>
       <c r="C1038" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="0">
         <v>12135</v>
       </c>
       <c r="B1039" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик AK77 проводной для смартфонов</t>
         </is>
       </c>
       <c r="C1039" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="0">
         <v>12136</v>
       </c>
       <c r="B1040" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик AK77 1200 mAh с батарейкой для смартфонов</t>
         </is>
       </c>
       <c r="C1040" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="0">
         <v>12137</v>
       </c>
       <c r="B1041" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик AK66 для смартфонов</t>
         </is>
       </c>
       <c r="C1041" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="0">
         <v>12138</v>
       </c>
       <c r="B1042" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер AK01 для смартфонов</t>
         </is>
       </c>
       <c r="C1042" s="0" t="inlineStr">
         <is>
-          <t>119 000 UZS</t>
+          <t>119 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="0">
         <v>12139</v>
       </c>
       <c r="B1043" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик 98K для смартфонов</t>
         </is>
       </c>
       <c r="C1043" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="0">
         <v>12140</v>
       </c>
       <c r="B1044" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер X7 для смартфонов</t>
         </is>
       </c>
       <c r="C1044" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="0">
         <v>12141</v>
       </c>
       <c r="B1045" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер X10 для смартфонов</t>
         </is>
       </c>
       <c r="C1045" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="0">
         <v>12142</v>
       </c>
       <c r="B1046" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик W18 для смартфонов</t>
         </is>
       </c>
       <c r="C1046" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="0">
         <v>12143</v>
       </c>
       <c r="B1047" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик W11+ для смартфонов</t>
         </is>
       </c>
       <c r="C1047" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="0">
         <v>12144</v>
       </c>
       <c r="B1048" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик W10 для смартфонов</t>
         </is>
       </c>
       <c r="C1048" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="0">
         <v>12145</v>
       </c>
       <c r="B1049" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Top Gun для смартфонов</t>
         </is>
       </c>
       <c r="C1049" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="0">
         <v>12146</v>
       </c>
       <c r="B1050" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер The Terminator JS301 для смартфонов</t>
         </is>
       </c>
       <c r="C1050" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="0">
         <v>12147</v>
       </c>
       <c r="B1051" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик SR 4000 mAh для смартфонов</t>
         </is>
       </c>
       <c r="C1051" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="0">
         <v>12148</v>
       </c>
       <c r="B1052" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик SR 2000 mAh для смартфонов</t>
         </is>
       </c>
       <c r="C1052" s="0" t="inlineStr">
         <is>
-          <t>76 000 UZS</t>
+          <t>76 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="0">
         <v>12149</v>
       </c>
       <c r="B1053" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Speed Shooting для смартфонов</t>
         </is>
       </c>
       <c r="C1053" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="0">
         <v>12150</v>
       </c>
       <c r="B1054" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик Semiconductor heat cooler для смартфонов</t>
         </is>
       </c>
       <c r="C1054" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="0">
         <v>12151</v>
       </c>
       <c r="B1055" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер S8 для смартфонов</t>
         </is>
       </c>
       <c r="C1055" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="0">
         <v>12152</v>
       </c>
       <c r="B1056" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер S4 для смартфонов</t>
         </is>
       </c>
       <c r="C1056" s="0" t="inlineStr">
         <is>
-          <t>27 000 UZS</t>
+          <t>27 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="0">
         <v>12153</v>
       </c>
       <c r="B1057" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер S+ Key для смартфонов</t>
         </is>
       </c>
       <c r="C1057" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="0">
         <v>12154</v>
       </c>
       <c r="B1058" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер ReTrack 5.56 для смартфонов</t>
         </is>
       </c>
       <c r="C1058" s="0" t="inlineStr">
         <is>
-          <t>43 000 UZS</t>
+          <t>43 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="0">
         <v>12155</v>
       </c>
       <c r="B1059" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Red Pin M16 для смартфонов</t>
         </is>
       </c>
       <c r="C1059" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="0">
         <v>12156</v>
       </c>
       <c r="B1060" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер R11 для смартфонов</t>
         </is>
       </c>
       <c r="C1060" s="0" t="inlineStr">
         <is>
-          <t>43 000 UZS</t>
+          <t>43 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="0">
         <v>12157</v>
       </c>
       <c r="B1061" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Ox Ox King для смартфонов</t>
         </is>
       </c>
       <c r="C1061" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="0">
         <v>12158</v>
       </c>
       <c r="B1062" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Mouse Trigger для смартфонов</t>
         </is>
       </c>
       <c r="C1062" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="0">
         <v>12159</v>
       </c>
       <c r="B1063" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Monster Ball для смартфонов</t>
         </is>
       </c>
       <c r="C1063" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="0">
         <v>12160</v>
       </c>
       <c r="B1064" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер MN для смартфонов</t>
         </is>
       </c>
       <c r="C1064" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="0">
         <v>12161</v>
       </c>
       <c r="B1065" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер M4 для смартфонов</t>
         </is>
       </c>
       <c r="C1065" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="0">
         <v>12162</v>
       </c>
       <c r="B1066" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик M20 для смартфонов</t>
         </is>
       </c>
       <c r="C1066" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="0">
         <v>12163</v>
       </c>
       <c r="B1067" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик M11 для смартфонов</t>
         </is>
       </c>
       <c r="C1067" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="0">
         <v>12164</v>
       </c>
       <c r="B1068" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик M10 для смартфонов</t>
         </is>
       </c>
       <c r="C1068" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="0">
         <v>12165</v>
       </c>
       <c r="B1069" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер M01 One Key для смартфонов</t>
         </is>
       </c>
       <c r="C1069" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="0">
         <v>12166</v>
       </c>
       <c r="B1070" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер K9 для смартфонов</t>
         </is>
       </c>
       <c r="C1070" s="0" t="inlineStr">
         <is>
-          <t>43 000 UZS</t>
+          <t>43 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="0">
         <v>12167</v>
       </c>
       <c r="B1071" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер K8 для смартфонов</t>
         </is>
       </c>
       <c r="C1071" s="0" t="inlineStr">
         <is>
-          <t>22 000 UZS</t>
+          <t>22 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="0">
         <v>12168</v>
       </c>
       <c r="B1072" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K21 для смартфонов</t>
         </is>
       </c>
       <c r="C1072" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="0">
         <v>12169</v>
       </c>
       <c r="B1073" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K20 для смартфонов</t>
         </is>
       </c>
       <c r="C1073" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="0">
         <v>12170</v>
       </c>
       <c r="B1074" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K20 c кулером для смартфонов</t>
         </is>
       </c>
       <c r="C1074" s="0" t="inlineStr">
         <is>
-          <t>76 000 UZS</t>
+          <t>76 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="0">
         <v>12171</v>
       </c>
       <c r="B1075" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер K19 для смартфонов</t>
         </is>
       </c>
       <c r="C1075" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="0">
         <v>12172</v>
       </c>
       <c r="B1076" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K18 для смартфонов</t>
         </is>
       </c>
       <c r="C1076" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="0">
         <v>12173</v>
       </c>
       <c r="B1077" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K11 5в1  для смартфонов</t>
         </is>
       </c>
       <c r="C1077" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="0">
         <v>12174</v>
       </c>
       <c r="B1078" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер K03 для смартфонов</t>
         </is>
       </c>
       <c r="C1078" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="0">
         <v>12175</v>
       </c>
       <c r="B1079" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Impulse trigger для смартфонов</t>
         </is>
       </c>
       <c r="C1079" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="0">
         <v>12176</v>
       </c>
       <c r="B1080" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H8 для смартфонов</t>
         </is>
       </c>
       <c r="C1080" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="0">
         <v>12177</v>
       </c>
       <c r="B1081" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H7 для планшета</t>
         </is>
       </c>
       <c r="C1081" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="0">
         <v>12178</v>
       </c>
       <c r="B1082" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер H7 для смартфонов</t>
         </is>
       </c>
       <c r="C1082" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="0">
         <v>12179</v>
       </c>
       <c r="B1083" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H11 для планшета</t>
         </is>
       </c>
       <c r="C1083" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="0">
         <v>12180</v>
       </c>
       <c r="B1084" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H5 проводной для смартфонов</t>
         </is>
       </c>
       <c r="C1084" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="0">
         <v>12181</v>
       </c>
       <c r="B1085" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H5 беспроводной для смартфонов</t>
         </is>
       </c>
       <c r="C1085" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="0">
         <v>12182</v>
       </c>
       <c r="B1086" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H12 c кулером проводной для смартфонов</t>
         </is>
       </c>
       <c r="C1086" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="0">
         <v>12183</v>
       </c>
       <c r="B1087" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H12 c кулером беспроводная для смартфонов</t>
         </is>
       </c>
       <c r="C1087" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="0">
         <v>12184</v>
       </c>
       <c r="B1088" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H10 проводной для смартфонов</t>
         </is>
       </c>
       <c r="C1088" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="0">
         <v>12185</v>
       </c>
       <c r="B1089" s="0" t="inlineStr">
         <is>
           <t>Игровые напальчники Game Finger gloves одна пара</t>
         </is>
       </c>
       <c r="C1089" s="0" t="inlineStr">
         <is>
-          <t>27 000 UZS</t>
+          <t>27 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="0">
         <v>12186</v>
       </c>
       <c r="B1090" s="0" t="inlineStr">
         <is>
           <t>Беспроводной Геймпад 2E C04 джойстик черный</t>
         </is>
       </c>
       <c r="C1090" s="0" t="inlineStr">
         <is>
-          <t>272 000 UZS</t>
+          <t>272 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="0">
         <v>12187</v>
       </c>
       <c r="B1091" s="0" t="inlineStr">
         <is>
           <t>Игровые перчатки для мобильных игр</t>
         </is>
       </c>
       <c r="C1091" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="0">
         <v>12188</v>
       </c>
       <c r="B1092" s="0" t="inlineStr">
         <is>
           <t>Игровой системный блок Level 20 RGB</t>
         </is>
       </c>
       <c r="C1092" s="0" t="inlineStr">
         <is>
-          <t>17 903 000 UZS</t>
+          <t>17 903 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="0">
         <v>12189</v>
       </c>
       <c r="B1093" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Bluetooth Speaker Mini</t>
         </is>
       </c>
       <c r="C1093" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="0">
         <v>12190</v>
       </c>
       <c r="B1094" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Pocket Speaker 2</t>
         </is>
       </c>
       <c r="C1094" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="0">
         <v>12191</v>
       </c>
       <c r="B1095" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Bluetooth Speaker Basic 2</t>
         </is>
       </c>
       <c r="C1095" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="0">
         <v>12192</v>
       </c>
       <c r="B1096" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Bluetooth Speaker</t>
         </is>
       </c>
       <c r="C1096" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="0">
         <v>12193</v>
       </c>
       <c r="B1097" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Trust Tytan 2.1 Speaker Set Bluetooth</t>
         </is>
       </c>
       <c r="C1097" s="0" t="inlineStr">
         <is>
-          <t>1 562 000 UZS</t>
+          <t>1 562 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="0">
         <v>12194</v>
       </c>
       <c r="B1098" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Trust Remo 2.0</t>
         </is>
       </c>
       <c r="C1098" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="0">
         <v>12195</v>
       </c>
       <c r="B1099" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Trust Leto 2.0</t>
         </is>
       </c>
       <c r="C1099" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="0">
         <v>12196</v>
       </c>
       <c r="B1100" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Trust GXT 658 Tytan 5.1</t>
         </is>
       </c>
       <c r="C1100" s="0" t="inlineStr">
         <is>
-          <t>1 823 000 UZS</t>
+          <t>1 823 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="0">
         <v>12197</v>
       </c>
       <c r="B1101" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Trust GXT 628 Tytan 2.1 Illuminated Set</t>
         </is>
       </c>
       <c r="C1101" s="0" t="inlineStr">
         <is>
-          <t>1 063 000 UZS</t>
+          <t>1 063 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="0">
         <v>12198</v>
       </c>
       <c r="B1102" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Redragon Stentor GS500</t>
         </is>
       </c>
       <c r="C1102" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="0">
         <v>12199</v>
       </c>
       <c r="B1103" s="0" t="inlineStr">
         <is>
           <t>Умная колонка Xiaomi Mi AI Speaker</t>
         </is>
       </c>
       <c r="C1103" s="0" t="inlineStr">
         <is>
-          <t>651 000 UZS</t>
+          <t>651 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="0">
         <v>12200</v>
       </c>
       <c r="B1104" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xiaomi Mi Wireless Mouse Black</t>
         </is>
       </c>
       <c r="C1104" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="0">
         <v>12201</v>
       </c>
       <c r="B1105" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xiaomi Mi Wireless Mouse 2 Black</t>
         </is>
       </c>
       <c r="C1105" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="0">
         <v>12202</v>
       </c>
       <c r="B1106" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xiaomi Mi Wireless Mouse White</t>
         </is>
       </c>
       <c r="C1106" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="0">
         <v>12203</v>
       </c>
       <c r="B1107" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xiaomi Mi Wireless Mouse 2 White</t>
         </is>
       </c>
       <c r="C1107" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="0">
         <v>12204</v>
       </c>
       <c r="B1108" s="0" t="inlineStr">
         <is>
           <t>Мышь Xiaomi Mi Portable Mouse Bluetooth</t>
         </is>
       </c>
       <c r="C1108" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="0">
         <v>12205</v>
       </c>
       <c r="B1109" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука Xiaomi Mi Urban Life Style Backpack</t>
         </is>
       </c>
       <c r="C1109" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="0">
         <v>12206</v>
       </c>
       <c r="B1110" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука Xiaomi Mi Urban Backpack</t>
         </is>
       </c>
       <c r="C1110" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="0">
         <v>12207</v>
       </c>
       <c r="B1111" s="0" t="inlineStr">
         <is>
           <t>Электронная книга PocketBook 616 Basic Lux 2</t>
         </is>
       </c>
       <c r="C1111" s="0" t="inlineStr">
         <is>
-          <t>1 356 000 UZS</t>
+          <t>1 356 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="0">
         <v>12208</v>
       </c>
       <c r="B1112" s="0" t="inlineStr">
         <is>
           <t>Электронная книга PocketBook 627 Gift Edition Touch Lux 4 Black</t>
         </is>
       </c>
       <c r="C1112" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 UZS</t>
+          <t>1 628 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="0">
         <v>12209</v>
       </c>
       <c r="B1113" s="0" t="inlineStr">
         <is>
           <t>Электронная книга PocketBook 627 Gift Edition Touch Lux 4 c чехол</t>
         </is>
       </c>
       <c r="C1113" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="0">
         <v>12210</v>
       </c>
       <c r="B1114" s="0" t="inlineStr">
         <is>
           <t>Электронная книга PocketBook 632 Touch HD 3</t>
         </is>
       </c>
       <c r="C1114" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 UZS</t>
+          <t>2 007 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="0">
         <v>12211</v>
       </c>
       <c r="B1115" s="0" t="inlineStr">
         <is>
           <t>Чехол для электронной книги PocketBook 616/627/632</t>
         </is>
       </c>
       <c r="C1115" s="0" t="inlineStr">
         <is>
-          <t>168 000 UZS</t>
+          <t>168 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="0">
         <v>12212</v>
       </c>
       <c r="B1116" s="0" t="inlineStr">
         <is>
           <t>Чехол для электронной книги PocketBook 616/627/632 Black</t>
         </is>
       </c>
       <c r="C1116" s="0" t="inlineStr">
         <is>
-          <t>190 000 UZS</t>
+          <t>190 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="0">
         <v>12213</v>
       </c>
       <c r="B1117" s="0" t="inlineStr">
         <is>
           <t>Игровой комплект Mix Pro 4в1 для смартфона клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1117" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="0">
         <v>12214</v>
       </c>
       <c r="B1118" s="0" t="inlineStr">
         <is>
           <t>Игровой комплект Ling Zha Combo 4в1 для смартфона клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1118" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="0">
         <v>12215</v>
       </c>
       <c r="B1119" s="0" t="inlineStr">
         <is>
           <t>Игровой комплект Ling Zha 2 Combo 4в1 для смартфона клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1119" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="0">
         <v>12216</v>
       </c>
       <c r="B1120" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Sports bluetooth</t>
         </is>
       </c>
       <c r="C1120" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="0">
         <v>12217</v>
       </c>
       <c r="B1121" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Bluetooth Monitor</t>
         </is>
       </c>
       <c r="C1121" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="0">
         <v>12218</v>
       </c>
       <c r="B1122" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Headphones Comfort Orange</t>
         </is>
       </c>
       <c r="C1122" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="0">
         <v>12219</v>
       </c>
       <c r="B1123" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Gamemax Gamma 500 Blue</t>
         </is>
       </c>
       <c r="C1123" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="0">
         <v>12220</v>
       </c>
       <c r="B1124" s="0" t="inlineStr">
         <is>
           <t>Сегвей Xiaomi Ninebot Mini</t>
         </is>
       </c>
       <c r="C1124" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 UZS</t>
+          <t>5 425 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="0">
         <v>12221</v>
       </c>
       <c r="B1125" s="0" t="inlineStr">
         <is>
           <t>Защитный шлем для гироскутера Xiaomi Ninebot Mini</t>
         </is>
       </c>
       <c r="C1125" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="0">
         <v>12222</v>
       </c>
       <c r="B1126" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank Wireless 10000mAh</t>
         </is>
       </c>
       <c r="C1126" s="0" t="inlineStr">
         <is>
-          <t>282 000 UZS</t>
+          <t>282 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="0">
         <v>12223</v>
       </c>
       <c r="B1127" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank 3 20000mAh</t>
         </is>
       </c>
       <c r="C1127" s="0" t="inlineStr">
         <is>
-          <t>358 000 UZS</t>
+          <t>358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="0">
         <v>12224</v>
       </c>
       <c r="B1128" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank 3 10000mAh</t>
         </is>
       </c>
       <c r="C1128" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="0">
         <v>12225</v>
       </c>
       <c r="B1129" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank 10000mAh Gold Rose</t>
         </is>
       </c>
       <c r="C1129" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="0">
         <v>12226</v>
       </c>
       <c r="B1130" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Redmi Power Bank 20000mAh</t>
         </is>
       </c>
       <c r="C1130" s="0" t="inlineStr">
         <is>
-          <t>223 000 UZS</t>
+          <t>223 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="0">
         <v>12227</v>
       </c>
       <c r="B1131" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank 2C 20000mAh</t>
         </is>
       </c>
       <c r="C1131" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="0">
         <v>12228</v>
       </c>
       <c r="B1132" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Accesstyle Power Bank Seashell 10PD 10000mAh</t>
         </is>
       </c>
       <c r="C1132" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="0">
         <v>12229</v>
       </c>
       <c r="B1133" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Accesstyle Power Bank Hiper BS 10000 10000mAh</t>
         </is>
       </c>
       <c r="C1133" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="0">
         <v>12230</v>
       </c>
       <c r="B1134" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Accesstyle Power Bank Charcoal II 10MPQP 10000mAh</t>
         </is>
       </c>
       <c r="C1134" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="0">
         <v>12231</v>
       </c>
       <c r="B1135" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Accesstyle Power Bank Arsenic 20PQP 20000mAh</t>
         </is>
       </c>
       <c r="C1135" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="0">
         <v>12232</v>
       </c>
       <c r="B1136" s="0" t="inlineStr">
         <is>
           <t>Набор игровых клавиш HyperX Double Shot PBT Keycaps</t>
         </is>
       </c>
       <c r="C1136" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="0">
         <v>12233</v>
       </c>
       <c r="B1137" s="0" t="inlineStr">
         <is>
           <t>Зарядное устройство HyperX ChargePlay Quad for Nintendo Switch</t>
         </is>
       </c>
       <c r="C1137" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="0">
         <v>12234</v>
       </c>
       <c r="B1138" s="0" t="inlineStr">
         <is>
           <t>Кабель Xiaomi USB - microUSB / USB Type-C White</t>
         </is>
       </c>
       <c r="C1138" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="0">
         <v>12235</v>
       </c>
       <c r="B1139" s="0" t="inlineStr">
         <is>
           <t>Поворотная IP камера Xiaomi Mi Home Security Camera 360°</t>
         </is>
       </c>
       <c r="C1139" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="0">
         <v>12236</v>
       </c>
       <c r="B1140" s="0" t="inlineStr">
         <is>
           <t>Комплект для умного дома Xiaomi Mi Smart Home Security Kit</t>
         </is>
       </c>
       <c r="C1140" s="0" t="inlineStr">
         <is>
-          <t>651 000 UZS</t>
+          <t>651 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="0">
         <v>12237</v>
       </c>
       <c r="B1141" s="0" t="inlineStr">
         <is>
           <t>Робот Пылесос Xiaomi Mi Robot Vacuum Cleaner SE</t>
         </is>
       </c>
       <c r="C1141" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 UZS</t>
+          <t>5 425 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="0">
         <v>12238</v>
       </c>
       <c r="B1142" s="0" t="inlineStr">
         <is>
           <t>ТВ приставка Xiaomi Mi Smart Box S</t>
         </is>
       </c>
       <c r="C1142" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="0">
         <v>12239</v>
       </c>
       <c r="B1143" s="0" t="inlineStr">
         <is>
           <t>Чековые принтеры XPrinter POS-58</t>
         </is>
       </c>
       <c r="C1143" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="0">
         <v>12240</v>
       </c>
       <c r="B1144" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB-адаптер Xiaomi + USB флеш память 8Gb</t>
         </is>
       </c>
       <c r="C1144" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="0">
         <v>12241</v>
       </c>
       <c r="B1145" s="0" t="inlineStr">
         <is>
           <t>Портативный сенсорный вентилятор Xiaomi VH 104 White</t>
         </is>
       </c>
       <c r="C1145" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="0">
         <v>12242</v>
       </c>
       <c r="B1146" s="0" t="inlineStr">
         <is>
           <t>Силиконовый ремешок Xiaomi Mi Band 2 Black</t>
         </is>
       </c>
       <c r="C1146" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="0">
         <v>12243</v>
       </c>
       <c r="B1147" s="0" t="inlineStr">
         <is>
           <t>Настольная лампа светодиодная Xiaomi Mi Led Desk Lamp</t>
         </is>
       </c>
       <c r="C1147" s="0" t="inlineStr">
         <is>
-          <t>391 000 UZS</t>
+          <t>391 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="0">
         <v>12244</v>
       </c>
       <c r="B1148" s="0" t="inlineStr">
         <is>
           <t>Настольная лампа ночник Xiaomi MI Bedside Lamp</t>
         </is>
       </c>
       <c r="C1148" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="0">
         <v>12245</v>
       </c>
       <c r="B1149" s="0" t="inlineStr">
         <is>
           <t>Ароматизатор воздуха Xiaomi HL Aroma Diffuser</t>
         </is>
       </c>
       <c r="C1149" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="0">
         <v>12246</v>
       </c>
       <c r="B1150" s="0" t="inlineStr">
         <is>
           <t>Датчик температуры и влажности Xiaomi Mi Mijia Bluetooth Hygrothermograph</t>
         </is>
       </c>
       <c r="C1150" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="0">
         <v>12247</v>
       </c>
       <c r="B1151" s="0" t="inlineStr">
         <is>
           <t>Автоматическая помпа Xiaomi Smartda TDS Automatic Water Feeder</t>
         </is>
       </c>
       <c r="C1151" s="0" t="inlineStr">
         <is>
-          <t>250 000 UZS</t>
+          <t>250 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="0">
         <v>12248</v>
       </c>
       <c r="B1152" s="0" t="inlineStr">
         <is>
           <t>Антибликовые очки Xiaomi Mi TS Computer Glasses Red</t>
         </is>
       </c>
       <c r="C1152" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="0">
         <v>12249</v>
       </c>
       <c r="B1153" s="0" t="inlineStr">
         <is>
           <t>Антибликовые очки Xiaomi Mi TS Computer Glasses Black</t>
         </is>
       </c>
       <c r="C1153" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="0">
         <v>12250</v>
       </c>
       <c r="B1154" s="0" t="inlineStr">
         <is>
           <t>ТВ приставка Xiaomi Mi TV Stick</t>
         </is>
       </c>
       <c r="C1154" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="0">
         <v>12251</v>
       </c>
       <c r="B1155" s="0" t="inlineStr">
         <is>
           <t>Автовизитка Xiaomi Mi Bcase Tita X</t>
         </is>
       </c>
       <c r="C1155" s="0" t="inlineStr">
         <is>
-          <t>76 000 UZS</t>
+          <t>76 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="0">
         <v>12252</v>
       </c>
       <c r="B1156" s="0" t="inlineStr">
         <is>
           <t>Автовизитка Xiaomi Mi Bcase Tita</t>
         </is>
       </c>
       <c r="C1156" s="0" t="inlineStr">
         <is>
-          <t>76 000 UZS</t>
+          <t>76 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="0">
         <v>12253</v>
       </c>
       <c r="B1157" s="0" t="inlineStr">
         <is>
           <t>ТВ приставка Xiaomi Mi TV Box Global version</t>
         </is>
       </c>
       <c r="C1157" s="0" t="inlineStr">
         <is>
-          <t>770 000 UZS</t>
+          <t>770 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="0">
         <v>12254</v>
       </c>
       <c r="B1158" s="0" t="inlineStr">
         <is>
           <t>Сенсорная насадка на кран Xiaomi Intelligent Sensor Water Saving Device</t>
         </is>
       </c>
       <c r="C1158" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="0">
         <v>12255</v>
       </c>
       <c r="B1159" s="0" t="inlineStr">
         <is>
           <t>Автомобильное зарядное устройство Xiaomi Mojietu Smart Car Charger 3S Bluetooth</t>
         </is>
       </c>
       <c r="C1159" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="0">
         <v>12256</v>
       </c>
       <c r="B1160" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн для двух мониторов KSL DM32T с диагональю 13-28 дюйма</t>
         </is>
       </c>
       <c r="C1160" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="0">
         <v>12257</v>
       </c>
       <c r="B1161" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн для одного монитора KSL DM31T с диагональю 13-28 дюйма</t>
         </is>
       </c>
       <c r="C1161" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="0">
         <v>12258</v>
       </c>
       <c r="B1162" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн для одного мониторов KSL DM11T с диагональю 13-28 дюйма</t>
         </is>
       </c>
       <c r="C1162" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="0">
         <v>12266</v>
       </c>
       <c r="B1163" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Wavlink WL-WN521R2P N300</t>
         </is>
       </c>
       <c r="C1163" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="0">
         <v>12267</v>
       </c>
       <c r="B1164" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-LINK Archer VR300 V1.2  AC1200 со встроенным VDSL/ADSL-модемом</t>
         </is>
       </c>
       <c r="C1164" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="0">
         <v>12268</v>
       </c>
       <c r="B1165" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi AioT AC2350</t>
         </is>
       </c>
       <c r="C1165" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="0">
         <v>12269</v>
       </c>
       <c r="B1166" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi AioT AX3600</t>
         </is>
       </c>
       <c r="C1166" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 UZS</t>
+          <t>1 519 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="0">
         <v>12270</v>
       </c>
       <c r="B1167" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Mi 4A Gigabit Edition</t>
         </is>
       </c>
       <c r="C1167" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="0">
         <v>12271</v>
       </c>
       <c r="B1168" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Mi 4C</t>
         </is>
       </c>
       <c r="C1168" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="0">
         <v>12272</v>
       </c>
       <c r="B1169" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Redmi AC2100</t>
         </is>
       </c>
       <c r="C1169" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="0">
         <v>12273</v>
       </c>
       <c r="B1170" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link N300 TD-W8960N ADSL2+ модемом</t>
         </is>
       </c>
       <c r="C1170" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="0">
         <v>12274</v>
       </c>
       <c r="B1171" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link N300 TL-WR840N</t>
         </is>
       </c>
       <c r="C1171" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="0">
         <v>12275</v>
       </c>
       <c r="B1172" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-LINK TD-W8961N</t>
         </is>
       </c>
       <c r="C1172" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="0">
         <v>12276</v>
       </c>
       <c r="B1173" s="0" t="inlineStr">
         <is>
           <t>Умная светодиодная лампа Xiaomi Yeelight LED Light Bulb (IPL)</t>
         </is>
       </c>
       <c r="C1173" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="0">
         <v>12277</v>
       </c>
       <c r="B1174" s="0" t="inlineStr">
         <is>
           <t>Фильтр-удлинитель Xiaomi Mi Power Strip 3 sockets / 3 USB</t>
         </is>
       </c>
       <c r="C1174" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="0">
         <v>12278</v>
       </c>
       <c r="B1175" s="0" t="inlineStr">
         <is>
           <t>Часы Xiaomi Quartz Watch</t>
         </is>
       </c>
       <c r="C1175" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="0">
         <v>12279</v>
       </c>
       <c r="B1176" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Knight</t>
         </is>
       </c>
       <c r="C1176" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="0">
         <v>12280</v>
       </c>
       <c r="B1177" s="0" t="inlineStr">
         <is>
           <t>Комплект вентиляторов для корпуса GameMax CL300</t>
         </is>
       </c>
       <c r="C1177" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="0">
         <v>12281</v>
       </c>
       <c r="B1178" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса GameMax FN-12Rainbow-C2 120mm ARGB</t>
         </is>
       </c>
       <c r="C1178" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="0">
         <v>12282</v>
       </c>
       <c r="B1179" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса GameMax GMX-AF12X 120mm FRGB</t>
         </is>
       </c>
       <c r="C1179" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="0">
         <v>12283</v>
       </c>
       <c r="B1180" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Gamemax GMX-WFBK-BK 120mm</t>
         </is>
       </c>
       <c r="C1180" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="0">
         <v>12284</v>
       </c>
       <c r="B1181" s="0" t="inlineStr">
         <is>
           <t>Комплект вентиляторов для корпуса GameMax RL300</t>
         </is>
       </c>
       <c r="C1181" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="0">
         <v>12285</v>
       </c>
       <c r="B1182" s="0" t="inlineStr">
         <is>
           <t>Игровой триггер с кулером для смартфона  AK03</t>
         </is>
       </c>
       <c r="C1182" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="0">
         <v>12286</v>
       </c>
       <c r="B1183" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H460 Steel Legend</t>
         </is>
       </c>
       <c r="C1183" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 UZS</t>
+          <t>1 508 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="0">
         <v>12287</v>
       </c>
       <c r="B1184" s="0" t="inlineStr">
         <is>
           <t>Вентилятор Xiaomi Mi Fan Portable USB Blue</t>
         </is>
       </c>
       <c r="C1184" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="0">
         <v>12288</v>
       </c>
       <c r="B1185" s="0" t="inlineStr">
         <is>
           <t>Умный дверной видео-звонок домофон Mi Dingling Smart Video Doorbell</t>
         </is>
       </c>
       <c r="C1185" s="0" t="inlineStr">
         <is>
-          <t>586 000 UZS</t>
+          <t>586 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="0">
         <v>12289</v>
       </c>
       <c r="B1186" s="0" t="inlineStr">
         <is>
           <t>Автомобильное зарядное устройство Mi Car Charger Speed</t>
         </is>
       </c>
       <c r="C1186" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="0">
         <v>12290</v>
       </c>
       <c r="B1187" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR3 4gb 1600mhz</t>
         </is>
       </c>
       <c r="C1187" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="0">
         <v>12291</v>
       </c>
       <c r="B1188" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 4GB 2400MHz</t>
         </is>
       </c>
       <c r="C1188" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="0">
         <v>12292</v>
       </c>
       <c r="B1189" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Cooler Master MasterFan Pro 140 AF/AP RGB</t>
         </is>
       </c>
       <c r="C1189" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="0">
         <v>12293</v>
       </c>
       <c r="B1190" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Xiaomi 70mai Dash Cam Midrive D01</t>
         </is>
       </c>
       <c r="C1190" s="0" t="inlineStr">
         <is>
-          <t>651 000 UZS</t>
+          <t>651 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="0">
         <v>12294</v>
       </c>
       <c r="B1191" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Xiaomi Mi Dash Cam</t>
         </is>
       </c>
       <c r="C1191" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="0">
         <v>12295</v>
       </c>
       <c r="B1192" s="0" t="inlineStr">
         <is>
           <t>Очиститель воздуха Xiaomi Mi Car Air Purifier</t>
         </is>
       </c>
       <c r="C1192" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="0">
         <v>12296</v>
       </c>
       <c r="B1193" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Intel Celeron N4000 /4GB DDR4/HDD 1TB/DVD ROW /15.6 HD LED</t>
         </is>
       </c>
       <c r="C1193" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 UZS</t>
+          <t>3 526 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="0">
         <v>12297</v>
       </c>
       <c r="B1194" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Intel Core i3 8130U /4GB DDR4/HDD 1TB/DVD ROW /15.6 HD LED</t>
         </is>
       </c>
       <c r="C1194" s="0" t="inlineStr">
         <is>
-          <t>4 611 000 UZS</t>
+          <t>4 611 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="0">
         <v>12298</v>
       </c>
       <c r="B1195" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Intel Core i5 1021U /4GB DDR4/SSD 256GB/DVD нет/15.6 FHD LED/NVIDIA GeForce MX230 2GB</t>
         </is>
       </c>
       <c r="C1195" s="0" t="inlineStr">
         <is>
-          <t>7 053 000 UZS</t>
+          <t>7 053 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="0">
         <v>12299</v>
       </c>
       <c r="B1196" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Intel Core i5 1021U /20GB DDR4/SSD 1000GB/DVD нет/15.6 FHD LED/NVIDIA GeForce MX250 2GB</t>
         </is>
       </c>
       <c r="C1196" s="0" t="inlineStr">
         <is>
-          <t>8 951 000 UZS</t>
+          <t>8 951 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="0">
         <v>12300</v>
       </c>
       <c r="B1197" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Intel Celeron N4000 /4GB DDR4/HDD 1TB/DVD ROW /15.6 HD LED</t>
         </is>
       </c>
       <c r="C1197" s="0" t="inlineStr">
         <is>
-          <t>3 852 000 UZS</t>
+          <t>3 852 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="0">
         <v>12301</v>
       </c>
       <c r="B1198" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Intel Core i3 1005U /4GB DDR4/HDD 1000GB/DVD нет/15.6 FHD LED/GeForce MX330 2GB</t>
         </is>
       </c>
       <c r="C1198" s="0" t="inlineStr">
         <is>
-          <t>5 696 000 UZS</t>
+          <t>5 696 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="0">
         <v>12303</v>
       </c>
       <c r="B1199" s="0" t="inlineStr">
         <is>
           <t>Bluetooth наушники Xiaomi Mi Headset Basic Black</t>
         </is>
       </c>
       <c r="C1199" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="0">
         <v>12304</v>
       </c>
       <c r="B1200" s="0" t="inlineStr">
         <is>
           <t>IP-камера Tp-Link Tapo C200 360°</t>
         </is>
       </c>
       <c r="C1200" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="0">
         <v>12305</v>
       </c>
       <c r="B1201" s="0" t="inlineStr">
         <is>
           <t>Док-станция TP-Link UC100 USB</t>
         </is>
       </c>
       <c r="C1201" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="0">
         <v>12306</v>
       </c>
       <c r="B1202" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Mi Router AX1800</t>
         </is>
       </c>
       <c r="C1202" s="0" t="inlineStr">
         <is>
-          <t>618 000 UZS</t>
+          <t>618 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="0">
         <v>12307</v>
       </c>
       <c r="B1203" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi PCI-адаптер TP-Link WN851ND</t>
         </is>
       </c>
       <c r="C1203" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="0">
         <v>12308</v>
       </c>
       <c r="B1204" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi PCI-адаптер TP-Link WN881ND</t>
         </is>
       </c>
       <c r="C1204" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="0">
         <v>12309</v>
       </c>
       <c r="B1205" s="0" t="inlineStr">
         <is>
           <t>Wi-fi USB-адаптер Tenda U12 AC1300 беспроводной двухдиапазонный</t>
         </is>
       </c>
       <c r="C1205" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="0">
         <v>12310</v>
       </c>
       <c r="B1206" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер Tenda W311M</t>
         </is>
       </c>
       <c r="C1206" s="0" t="inlineStr">
         <is>
-          <t>60 000 UZS</t>
+          <t>60 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="0">
         <v>12311</v>
       </c>
       <c r="B1207" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер Tenda W311MA</t>
         </is>
       </c>
       <c r="C1207" s="0" t="inlineStr">
         <is>
-          <t>76 000 UZS</t>
+          <t>76 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="0">
         <v>12312</v>
       </c>
       <c r="B1208" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T3U</t>
         </is>
       </c>
       <c r="C1208" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="0">
         <v>12313</v>
       </c>
       <c r="B1209" s="0" t="inlineStr">
         <is>
           <t>Wi‑Fi USB‑адаптер TP-Link Archer T3U Plus AC1300 Двухдиапазонный</t>
         </is>
       </c>
       <c r="C1209" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="0">
         <v>12314</v>
       </c>
       <c r="B1210" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T4U</t>
         </is>
       </c>
       <c r="C1210" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="0">
         <v>12315</v>
       </c>
       <c r="B1211" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T4U Plus</t>
         </is>
       </c>
       <c r="C1211" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="0">
         <v>12316</v>
       </c>
       <c r="B1212" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link WN821N</t>
         </is>
       </c>
       <c r="C1212" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="0">
         <v>12317</v>
       </c>
       <c r="B1213" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link WN823N</t>
         </is>
       </c>
       <c r="C1213" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="0">
         <v>12318</v>
       </c>
       <c r="B1214" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-LINK TL-WN781ND</t>
         </is>
       </c>
       <c r="C1214" s="0" t="inlineStr">
         <is>
-          <t>119 000 UZS</t>
+          <t>119 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="0">
         <v>12319</v>
       </c>
       <c r="B1215" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda D301</t>
         </is>
       </c>
       <c r="C1215" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="0">
         <v>12320</v>
       </c>
       <c r="B1216" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C60</t>
         </is>
       </c>
       <c r="C1216" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="0">
         <v>12321</v>
       </c>
       <c r="B1217" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link C6U</t>
         </is>
       </c>
       <c r="C1217" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="0">
         <v>12322</v>
       </c>
       <c r="B1218" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-LINK TL-MR3420</t>
         </is>
       </c>
       <c r="C1218" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="0">
         <v>12323</v>
       </c>
       <c r="B1219" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-LINK TL-WR842ND</t>
         </is>
       </c>
       <c r="C1219" s="0" t="inlineStr">
         <is>
-          <t>250 000 UZS</t>
+          <t>250 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="0">
         <v>12324</v>
       </c>
       <c r="B1220" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link WR1043ND</t>
         </is>
       </c>
       <c r="C1220" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="0">
         <v>12325</v>
       </c>
       <c r="B1221" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link WR820N</t>
         </is>
       </c>
       <c r="C1221" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="0">
         <v>12326</v>
       </c>
       <c r="B1222" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link WR845N</t>
         </is>
       </c>
       <c r="C1222" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="0">
         <v>12327</v>
       </c>
       <c r="B1223" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link WR940N</t>
         </is>
       </c>
       <c r="C1223" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="0">
         <v>12328</v>
       </c>
       <c r="B1224" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Wavlink WL-WN5302N2 N300</t>
         </is>
       </c>
       <c r="C1224" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="0">
         <v>12329</v>
       </c>
       <c r="B1225" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Wavlink WL-WN531G3 AC1200</t>
         </is>
       </c>
       <c r="C1225" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="0">
         <v>12330</v>
       </c>
       <c r="B1226" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Mi 4A Global</t>
         </is>
       </c>
       <c r="C1226" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="0">
         <v>12331</v>
       </c>
       <c r="B1227" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi репитер TP-Link TL-WA854RE</t>
         </is>
       </c>
       <c r="C1227" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="0">
         <v>12332</v>
       </c>
       <c r="B1228" s="0" t="inlineStr">
         <is>
           <t>Автомобильная зарядка RHEA RCC401</t>
         </is>
       </c>
       <c r="C1228" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="0">
         <v>12333</v>
       </c>
       <c r="B1229" s="0" t="inlineStr">
         <is>
           <t>Автомобильная камера заднего хода Xiaomi 70mai HD Reverse Video Camera</t>
         </is>
       </c>
       <c r="C1229" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="0">
         <v>12334</v>
       </c>
       <c r="B1230" s="0" t="inlineStr">
         <is>
           <t>Автомобильное зарядное устройство TP-Link CP230 USB</t>
         </is>
       </c>
       <c r="C1230" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="0">
         <v>12335</v>
       </c>
       <c r="B1231" s="0" t="inlineStr">
         <is>
           <t>Адаптер G-Nex Pro для смартфона</t>
         </is>
       </c>
       <c r="C1231" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="0">
         <v>12336</v>
       </c>
       <c r="B1232" s="0" t="inlineStr">
         <is>
           <t>Адаптер Ling Zha 2 для смартфона</t>
         </is>
       </c>
       <c r="C1232" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="0">
         <v>12337</v>
       </c>
       <c r="B1233" s="0" t="inlineStr">
         <is>
           <t>Антибликовые Очки 2E Gaming Anti-blue Glasses Yellow</t>
         </is>
       </c>
       <c r="C1233" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="0">
         <v>12338</v>
       </c>
       <c r="B1234" s="0" t="inlineStr">
         <is>
           <t>Антибликовые Очки 2E Gaming Anti-blue Glasses Red</t>
         </is>
       </c>
       <c r="C1234" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="0">
         <v>12339</v>
       </c>
       <c r="B1235" s="0" t="inlineStr">
         <is>
           <t>Антибликовые Очки 2E Gaming Anti-blue Glasses Blue</t>
         </is>
       </c>
       <c r="C1235" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="0">
         <v>12340</v>
       </c>
       <c r="B1236" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники Xiaomi 1MORE ComfoBuds</t>
         </is>
       </c>
       <c r="C1236" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="0">
         <v>12341</v>
       </c>
       <c r="B1237" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer AR 80+ Gold PS-550AR</t>
         </is>
       </c>
       <c r="C1237" s="0" t="inlineStr">
         <is>
-          <t>553 000 UZS</t>
+          <t>553 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="0">
         <v>12342</v>
       </c>
       <c r="B1238" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer AR 80+ Gold PS-650AR</t>
         </is>
       </c>
       <c r="C1238" s="0" t="inlineStr">
         <is>
-          <t>608 000 UZS</t>
+          <t>608 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="0">
         <v>12343</v>
       </c>
       <c r="B1239" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer AR 80+ Gold PS-750AR</t>
         </is>
       </c>
       <c r="C1239" s="0" t="inlineStr">
         <is>
-          <t>662 000 UZS</t>
+          <t>662 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="0">
         <v>12344</v>
       </c>
       <c r="B1240" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Black SIR SR-500W STANDARD</t>
         </is>
       </c>
       <c r="C1240" s="0" t="inlineStr">
         <is>
-          <t>369 000 UZS</t>
+          <t>369 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="0">
         <v>12345</v>
       </c>
       <c r="B1241" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Black SIR SR-600W STANDARD</t>
         </is>
       </c>
       <c r="C1241" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="0">
         <v>12346</v>
       </c>
       <c r="B1242" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Black Widow SFX SPB-500BW</t>
         </is>
       </c>
       <c r="C1242" s="0" t="inlineStr">
         <is>
-          <t>521 000 UZS</t>
+          <t>521 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="0">
         <v>12347</v>
       </c>
       <c r="B1243" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK 80+ Bronze PS-500AX, Full Modular</t>
         </is>
       </c>
       <c r="C1243" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="0">
         <v>12348</v>
       </c>
       <c r="B1244" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK 80+ Bronze PS-500AX, Non Modular</t>
         </is>
       </c>
       <c r="C1244" s="0" t="inlineStr">
         <is>
-          <t>456 000 UZS</t>
+          <t>456 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="0">
         <v>12349</v>
       </c>
       <c r="B1245" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK 80+ Bronze PS-600AX, Full Modular</t>
         </is>
       </c>
       <c r="C1245" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="0">
         <v>12350</v>
       </c>
       <c r="B1246" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK Premium 80+ Bronze PS-500AX, Non Modular</t>
         </is>
       </c>
       <c r="C1246" s="0" t="inlineStr">
         <is>
-          <t>445 000 UZS</t>
+          <t>445 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="0">
         <v>12351</v>
       </c>
       <c r="B1247" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK Premium 80+ Bronze PS-600AX, Non Modular</t>
         </is>
       </c>
       <c r="C1247" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="0">
         <v>12352</v>
       </c>
       <c r="B1248" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK Premium 80+ Bronze PS-700AX, Non Modular</t>
         </is>
       </c>
       <c r="C1248" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="0">
         <v>12353</v>
       </c>
       <c r="B1249" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Entry Level PS-450 SI</t>
         </is>
       </c>
       <c r="C1249" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="0">
         <v>12354</v>
       </c>
       <c r="B1250" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Entry Level PS-450PLS</t>
         </is>
       </c>
       <c r="C1250" s="0" t="inlineStr">
         <is>
-          <t>250 000 UZS</t>
+          <t>250 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="0">
         <v>12355</v>
       </c>
       <c r="B1251" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-400FK</t>
         </is>
       </c>
       <c r="C1251" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="0">
         <v>12356</v>
       </c>
       <c r="B1252" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-500FK</t>
         </is>
       </c>
       <c r="C1252" s="0" t="inlineStr">
         <is>
-          <t>358 000 UZS</t>
+          <t>358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="0">
         <v>12357</v>
       </c>
       <c r="B1253" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-550FK</t>
         </is>
       </c>
       <c r="C1253" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="0">
         <v>12358</v>
       </c>
       <c r="B1254" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-600FK</t>
         </is>
       </c>
       <c r="C1254" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="0">
         <v>12359</v>
       </c>
       <c r="B1255" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-700FK</t>
         </is>
       </c>
       <c r="C1255" s="0" t="inlineStr">
         <is>
-          <t>477 000 UZS</t>
+          <t>477 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="0">
         <v>12360</v>
       </c>
       <c r="B1256" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-750FK</t>
         </is>
       </c>
       <c r="C1256" s="0" t="inlineStr">
         <is>
-          <t>521 000 UZS</t>
+          <t>521 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="0">
         <v>12361</v>
       </c>
       <c r="B1257" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer PRO 80+ PS-600EUW</t>
         </is>
       </c>
       <c r="C1257" s="0" t="inlineStr">
         <is>
-          <t>445 000 UZS</t>
+          <t>445 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="0">
         <v>12362</v>
       </c>
       <c r="B1258" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer PS-300FK</t>
         </is>
       </c>
       <c r="C1258" s="0" t="inlineStr">
         <is>
-          <t>282 000 UZS</t>
+          <t>282 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="0">
         <v>12363</v>
       </c>
       <c r="B1259" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-650AX</t>
         </is>
       </c>
       <c r="C1259" s="0" t="inlineStr">
         <is>
-          <t>651 000 UZS</t>
+          <t>651 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="0">
         <v>12364</v>
       </c>
       <c r="B1260" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-650SP</t>
         </is>
       </c>
       <c r="C1260" s="0" t="inlineStr">
         <is>
-          <t>781 000 UZS</t>
+          <t>781 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="0">
         <v>12365</v>
       </c>
       <c r="B1261" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-750AX</t>
         </is>
       </c>
       <c r="C1261" s="0" t="inlineStr">
         <is>
-          <t>738 000 UZS</t>
+          <t>738 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="0">
         <v>12366</v>
       </c>
       <c r="B1262" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-750SP</t>
         </is>
       </c>
       <c r="C1262" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="0">
         <v>12367</v>
       </c>
       <c r="B1263" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-850SP</t>
         </is>
       </c>
       <c r="C1263" s="0" t="inlineStr">
         <is>
-          <t>977 000 UZS</t>
+          <t>977 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="0">
         <v>12368</v>
       </c>
       <c r="B1264" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Core BBS-600S</t>
         </is>
       </c>
       <c r="C1264" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="0">
         <v>12369</v>
       </c>
       <c r="B1265" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Core BBS-700S</t>
         </is>
       </c>
       <c r="C1265" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="0">
         <v>12370</v>
       </c>
       <c r="B1266" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Polaris PPS-650FC</t>
         </is>
       </c>
       <c r="C1266" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="0">
         <v>12371</v>
       </c>
       <c r="B1267" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Polaris PPS-750FC</t>
         </is>
       </c>
       <c r="C1267" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="0">
         <v>12372</v>
       </c>
       <c r="B1268" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Retail Chieftronic PowerUP Gold GPX-850FC</t>
         </is>
       </c>
       <c r="C1268" s="0" t="inlineStr">
         <is>
-          <t>1 226 000 UZS</t>
+          <t>1 226 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="0">
         <v>12373</v>
       </c>
       <c r="B1269" s="0" t="inlineStr">
         <is>
           <t>Блок питания Gamemax 550W</t>
         </is>
       </c>
       <c r="C1269" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="0">
         <v>12374</v>
       </c>
       <c r="B1270" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman Acrux ZM1000-ARX 1000Вт</t>
         </is>
       </c>
       <c r="C1270" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 UZS</t>
+          <t>2 159 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="0">
         <v>12375</v>
       </c>
       <c r="B1271" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman Acrux ZM1200-ARX 1200Вт</t>
         </is>
       </c>
       <c r="C1271" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 UZS</t>
+          <t>2 376 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="0">
         <v>12376</v>
       </c>
       <c r="B1272" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman GigaMax ZM550-GVII</t>
         </is>
       </c>
       <c r="C1272" s="0" t="inlineStr">
         <is>
-          <t>586 000 UZS</t>
+          <t>586 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="0">
         <v>12377</v>
       </c>
       <c r="B1273" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman GigaMax ZM650-GVII</t>
         </is>
       </c>
       <c r="C1273" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="0">
         <v>12378</v>
       </c>
       <c r="B1274" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman GigaMax ZM750-GVII</t>
         </is>
       </c>
       <c r="C1274" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="0">
         <v>12379</v>
       </c>
       <c r="B1275" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman WATTTERA ZM1000-EBTII 1000Вт</t>
         </is>
       </c>
       <c r="C1275" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 UZS</t>
+          <t>2 159 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="0">
         <v>12380</v>
       </c>
       <c r="B1276" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman WATTTERA ZM1200-EBTII 1200Вт</t>
         </is>
       </c>
       <c r="C1276" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 UZS</t>
+          <t>2 376 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="0">
         <v>12381</v>
       </c>
       <c r="B1277" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM500-LXII Active PFC</t>
         </is>
       </c>
       <c r="C1277" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="0">
         <v>12382</v>
       </c>
       <c r="B1278" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM600-LXII Active PFC</t>
         </is>
       </c>
       <c r="C1278" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="0">
         <v>12383</v>
       </c>
       <c r="B1279" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM600-XEII</t>
         </is>
       </c>
       <c r="C1279" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="0">
         <v>12384</v>
       </c>
       <c r="B1280" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM700-LXII Active PFC</t>
         </is>
       </c>
       <c r="C1280" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="0">
         <v>12385</v>
       </c>
       <c r="B1281" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM800-EBTII</t>
         </is>
       </c>
       <c r="C1281" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 UZS</t>
+          <t>1 725 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="0">
         <v>12386</v>
       </c>
       <c r="B1282" s="0" t="inlineStr">
         <is>
           <t>Видеоглазок Xiaomi Smart Loock Caty</t>
         </is>
       </c>
       <c r="C1282" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="0">
         <v>12387</v>
       </c>
       <c r="B1283" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX AF1030-2048D5L4 GT1030 2GB 64BIT DDR5</t>
         </is>
       </c>
       <c r="C1283" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="0">
         <v>12388</v>
       </c>
       <c r="B1284" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX AF1030-4096D4H5 GT1030 4GB 64BIT DDR4</t>
         </is>
       </c>
       <c r="C1284" s="0" t="inlineStr">
         <is>
-          <t>1 400 000 UZS</t>
+          <t>1 400 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="0">
         <v>12389</v>
       </c>
       <c r="B1285" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX GT610 1GB 64bit DDR3 HDMI VGA</t>
         </is>
       </c>
       <c r="C1285" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="0">
         <v>12390</v>
       </c>
       <c r="B1286" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX GT610 2GB 64bit DDR3 HDMI VGA</t>
         </is>
       </c>
       <c r="C1286" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="0">
         <v>12391</v>
       </c>
       <c r="B1287" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX GT730 4GB 128BIT DDR5 BOX</t>
         </is>
       </c>
       <c r="C1287" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="0">
         <v>12392</v>
       </c>
       <c r="B1288" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX GT730 L8 4GB 128BIT DDR3 BOX</t>
         </is>
       </c>
       <c r="C1288" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 UZS</t>
+          <t>1 085 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="0">
         <v>12393</v>
       </c>
       <c r="B1289" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Afox R5 220 1GB DDR3 64bit DVI-HDMI-VGA</t>
         </is>
       </c>
       <c r="C1289" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="0">
         <v>12394</v>
       </c>
       <c r="B1290" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Afox R5 220 2GB DDR3 64bit DVI-HDMI-VGA</t>
         </is>
       </c>
       <c r="C1290" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="0">
         <v>12395</v>
       </c>
       <c r="B1291" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Gigabyte RTX 3060 Eagle 12GB 192bit DDR6</t>
         </is>
       </c>
       <c r="C1291" s="0" t="inlineStr">
         <is>
-          <t>9 223 000 UZS</t>
+          <t>9 223 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="0">
         <v>12396</v>
       </c>
       <c r="B1292" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Gigabyte RTX 3060 Vision OC 12GB 192bit DDR6</t>
         </is>
       </c>
       <c r="C1292" s="0" t="inlineStr">
         <is>
-          <t>10 850 000 UZS</t>
+          <t>10 850 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="0">
         <v>12397</v>
       </c>
       <c r="B1293" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GT1030 2GB DDR4 ITX OC</t>
         </is>
       </c>
       <c r="C1293" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="0">
         <v>12398</v>
       </c>
       <c r="B1294" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GT710 1GB DDR3 64bit Low Profile Silent</t>
         </is>
       </c>
       <c r="C1294" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="0">
         <v>12399</v>
       </c>
       <c r="B1295" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GT730 2GB DDR3 64bit Low Profile Silent</t>
         </is>
       </c>
       <c r="C1295" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="0">
         <v>12400</v>
       </c>
       <c r="B1296" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI RTX2060 6GB Ventus GP OC 192bit DDR6</t>
         </is>
       </c>
       <c r="C1296" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 UZS</t>
+          <t>7 595 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="0">
         <v>12401</v>
       </c>
       <c r="B1297" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GTX 1660 6GB Super 192bit DDR6</t>
         </is>
       </c>
       <c r="C1297" s="0" t="inlineStr">
         <is>
-          <t>7 487 000 UZS</t>
+          <t>7 487 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="0">
         <v>12402</v>
       </c>
       <c r="B1298" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ZOTAC GeForce GT 730 2GB</t>
         </is>
       </c>
       <c r="C1298" s="0" t="inlineStr">
         <is>
-          <t>684 000 UZS</t>
+          <t>684 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="0">
         <v>12403</v>
       </c>
       <c r="B1299" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ZOTAC GeForce GT 730 4GB</t>
         </is>
       </c>
       <c r="C1299" s="0" t="inlineStr">
         <is>
-          <t>868 000 UZS</t>
+          <t>868 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="0">
         <v>12404</v>
       </c>
       <c r="B1300" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Zotac GeForce GTX 750Ti 2GB 128 bit DDR5</t>
         </is>
       </c>
       <c r="C1300" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="0">
         <v>12405</v>
       </c>
       <c r="B1301" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Zotac GTX 1660 6GB Super 192bit DDR6</t>
         </is>
       </c>
       <c r="C1301" s="0" t="inlineStr">
         <is>
-          <t>6 185 000 UZS</t>
+          <t>6 185 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="0">
         <v>12406</v>
       </c>
       <c r="B1302" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Zotac RTX2060 6GB 192bit DDR6</t>
         </is>
       </c>
       <c r="C1302" s="0" t="inlineStr">
         <is>
-          <t>8 138 000 UZS</t>
+          <t>8 138 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="0">
         <v>12407</v>
       </c>
       <c r="B1303" s="0" t="inlineStr">
         <is>
           <t>Датчик температуры и влажности Xiaomi Mi Temperature and Humidity 2</t>
         </is>
       </c>
       <c r="C1303" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="0">
         <v>12408</v>
       </c>
       <c r="B1304" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Xtrfy Bungee B4 Blue</t>
         </is>
       </c>
       <c r="C1304" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="0">
         <v>12409</v>
       </c>
       <c r="B1305" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Xtrfy Bungee B4 White</t>
         </is>
       </c>
       <c r="C1305" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="0">
         <v>12410</v>
       </c>
       <c r="B1306" s="0" t="inlineStr">
         <is>
           <t>Зарядка для Xiaomi Mi Band 2</t>
         </is>
       </c>
       <c r="C1306" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="0">
         <v>12411</v>
       </c>
       <c r="B1307" s="0" t="inlineStr">
         <is>
           <t>Зарядка для Xiaomi Mi Band 3</t>
         </is>
       </c>
       <c r="C1307" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="0">
         <v>12412</v>
       </c>
       <c r="B1308" s="0" t="inlineStr">
         <is>
           <t>Зарядное устройство Tp-Link UP525 5 портов 25 Вт</t>
         </is>
       </c>
       <c r="C1308" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="0">
         <v>12413</v>
       </c>
       <c r="B1309" s="0" t="inlineStr">
         <is>
           <t>Игровой компьютер в полном комплекте</t>
         </is>
       </c>
       <c r="C1309" s="0" t="inlineStr">
         <is>
-          <t>10 850 000 UZS</t>
+          <t>10 850 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="0">
         <v>12414</v>
       </c>
       <c r="B1310" s="0" t="inlineStr">
         <is>
           <t>Игровой набор 1stPlayer DK 9.0 4в1 (Клавиатура, мышь, наушники, коврик)</t>
         </is>
       </c>
       <c r="C1310" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="0">
         <v>12415</v>
       </c>
       <c r="B1311" s="0" t="inlineStr">
         <is>
           <t>Игровой системный блок AR7G</t>
         </is>
       </c>
       <c r="C1311" s="0" t="inlineStr">
         <is>
-          <t>23 870 000 UZS</t>
+          <t>23 870 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="0">
         <v>12416</v>
       </c>
       <c r="B1312" s="0" t="inlineStr">
         <is>
           <t>Игровой системный блок R3-A</t>
         </is>
       </c>
       <c r="C1312" s="0" t="inlineStr">
         <is>
-          <t>14 105 000 UZS</t>
+          <t>14 105 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="0">
         <v>12417</v>
       </c>
       <c r="B1313" s="0" t="inlineStr">
         <is>
           <t>Игровой системный блок X5</t>
         </is>
       </c>
       <c r="C1313" s="0" t="inlineStr">
         <is>
-          <t>14 756 000 UZS</t>
+          <t>14 756 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="0">
         <v>12418</v>
       </c>
       <c r="B1314" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS FSP Champ 1000VA, RT IEC (CH-1101RS)</t>
         </is>
       </c>
       <c r="C1314" s="0" t="inlineStr">
         <is>
-          <t>3 787 000 UZS</t>
+          <t>3 787 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="0">
         <v>12419</v>
       </c>
       <c r="B1315" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS FSP Champ 1000VA, Schuko (CH-1101TS)</t>
         </is>
       </c>
       <c r="C1315" s="0" t="inlineStr">
         <is>
-          <t>2 702 000 UZS</t>
+          <t>2 702 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="0">
         <v>12420</v>
       </c>
       <c r="B1316" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS FSP Champ 2000VA, Schuko (CH-1102TS)</t>
         </is>
       </c>
       <c r="C1316" s="0" t="inlineStr">
         <is>
-          <t>4 763 000 UZS</t>
+          <t>4 763 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="0">
         <v>12421</v>
       </c>
       <c r="B1317" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS FSP Champ 3000VA, Schuko (CH-1103TS)</t>
         </is>
       </c>
       <c r="C1317" s="0" t="inlineStr">
         <is>
-          <t>6 499 000 UZS</t>
+          <t>6 499 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="0">
         <v>12422</v>
       </c>
       <c r="B1318" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP2120 1200VA 2x12V/8Ah (720W)</t>
         </is>
       </c>
       <c r="C1318" s="0" t="inlineStr">
         <is>
-          <t>781 000 UZS</t>
+          <t>781 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="0">
         <v>12423</v>
       </c>
       <c r="B1319" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP2150 1500VA 2x12V/8Ah (900W)</t>
         </is>
       </c>
       <c r="C1319" s="0" t="inlineStr">
         <is>
-          <t>890 000 UZS</t>
+          <t>890 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="0">
         <v>12424</v>
       </c>
       <c r="B1320" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP2200 2000VA 2x12V/9Ah (1200W)</t>
         </is>
       </c>
       <c r="C1320" s="0" t="inlineStr">
         <is>
-          <t>1 411 000 UZS</t>
+          <t>1 411 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="0">
         <v>12425</v>
       </c>
       <c r="B1321" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP260 600VA 1x12V/4,5Ah (360W)</t>
         </is>
       </c>
       <c r="C1321" s="0" t="inlineStr">
         <is>
-          <t>336 000 UZS</t>
+          <t>336 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="0">
         <v>12426</v>
       </c>
       <c r="B1322" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP265 650VA 1x12V/7Ah (360W)</t>
         </is>
       </c>
       <c r="C1322" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="0">
         <v>12427</v>
       </c>
       <c r="B1323" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP285 850VA 1x12V/8Ah (480W)</t>
         </is>
       </c>
       <c r="C1323" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="0">
         <v>12428</v>
       </c>
       <c r="B1324" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP610(S) 1000VA LCD 2x12V/7Ah (800W)</t>
         </is>
       </c>
       <c r="C1324" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 UZS</t>
+          <t>1 519 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="0">
         <v>12429</v>
       </c>
       <c r="B1325" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP615(S) 1500VA LCD 2x12V/9Ah (1200W)</t>
         </is>
       </c>
       <c r="C1325" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="0">
         <v>12430</v>
       </c>
       <c r="B1326" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP620(S) 2000VA LCD 3x12V/9Ah (1600W)</t>
         </is>
       </c>
       <c r="C1326" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 UZS</t>
+          <t>1 899 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="0">
         <v>12431</v>
       </c>
       <c r="B1327" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP620RT(S) 2000VA LCD 3x12V/9Ah (1600W)</t>
         </is>
       </c>
       <c r="C1327" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 UZS</t>
+          <t>2 170 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="0">
         <v>12432</v>
       </c>
       <c r="B1328" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP630(S) 3000VA LCD 4x12V/9Ah (2400W)</t>
         </is>
       </c>
       <c r="C1328" s="0" t="inlineStr">
         <is>
-          <t>2 875 000 UZS</t>
+          <t>2 875 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="0">
         <v>12433</v>
       </c>
       <c r="B1329" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP630RT(S) 3000VA LCD 4x12V/9Ah (2400W)</t>
         </is>
       </c>
       <c r="C1329" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="0">
         <v>12434</v>
       </c>
       <c r="B1330" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP901(S) Online 1KVA 3x12V/7Ah (900W)</t>
         </is>
       </c>
       <c r="C1330" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 UZS</t>
+          <t>2 550 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="0">
         <v>12435</v>
       </c>
       <c r="B1331" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP9010(S) Online 10KVA 16x12V/9Ah (10KW)</t>
         </is>
       </c>
       <c r="C1331" s="0" t="inlineStr">
         <is>
-          <t>17 360 000 UZS</t>
+          <t>17 360 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="0">
         <v>12436</v>
       </c>
       <c r="B1332" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP902(S) Online 2KVA 6x12V/7Ah (1800W)</t>
         </is>
       </c>
       <c r="C1332" s="0" t="inlineStr">
         <is>
-          <t>4 449 000 UZS</t>
+          <t>4 449 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="0">
         <v>12437</v>
       </c>
       <c r="B1333" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP903P(S) Online 3KVA 6x12V/9Ah (2700W)</t>
         </is>
       </c>
       <c r="C1333" s="0" t="inlineStr">
         <is>
-          <t>6 185 000 UZS</t>
+          <t>6 185 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="0">
         <v>12438</v>
       </c>
       <c r="B1334" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP906(S) Online 6KVA 16x12V/7Ah (6000W)</t>
         </is>
       </c>
       <c r="C1334" s="0" t="inlineStr">
         <is>
-          <t>13 563 000 UZS</t>
+          <t>13 563 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="0">
         <v>12439</v>
       </c>
       <c r="B1335" s="0" t="inlineStr">
         <is>
           <t>Картридж Ricoh SP 111</t>
         </is>
       </c>
       <c r="C1335" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="0">
         <v>12440</v>
       </c>
       <c r="B1336" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-107BK</t>
         </is>
       </c>
       <c r="C1336" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="0">
         <v>12441</v>
       </c>
       <c r="B1337" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 1stPlayer DK5.0</t>
         </is>
       </c>
       <c r="C1337" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="0">
         <v>12442</v>
       </c>
       <c r="B1338" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 1stPlayer DK5.0 Lite</t>
         </is>
       </c>
       <c r="C1338" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="0">
         <v>12443</v>
       </c>
       <c r="B1339" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 1stPlayer Lang MK8</t>
         </is>
       </c>
       <c r="C1339" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="0">
         <v>12444</v>
       </c>
       <c r="B1340" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK0 13</t>
         </is>
       </c>
       <c r="C1340" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="0">
         <v>12445</v>
       </c>
       <c r="B1341" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK 140</t>
         </is>
       </c>
       <c r="C1341" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="0">
         <v>12446</v>
       </c>
       <c r="B1342" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK 150</t>
         </is>
       </c>
       <c r="C1342" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="0">
         <v>12447</v>
       </c>
       <c r="B1343" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK 320</t>
         </is>
       </c>
       <c r="C1343" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="0">
         <v>12448</v>
       </c>
       <c r="B1344" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK 350</t>
         </is>
       </c>
       <c r="C1344" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="0">
         <v>12449</v>
       </c>
       <c r="B1345" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK360</t>
         </is>
       </c>
       <c r="C1345" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="0">
         <v>12450</v>
       </c>
       <c r="B1346" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo E2710</t>
         </is>
       </c>
       <c r="C1346" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="0">
         <v>12451</v>
       </c>
       <c r="B1347" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo GK500</t>
         </is>
       </c>
       <c r="C1347" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="0">
         <v>12452</v>
       </c>
       <c r="B1348" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo NK1800</t>
         </is>
       </c>
       <c r="C1348" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="0">
         <v>12453</v>
       </c>
       <c r="B1349" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Blackwidow Lite Orange Switch</t>
         </is>
       </c>
       <c r="C1349" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="0">
         <v>12454</v>
       </c>
       <c r="B1350" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Blackwidow V3 Green Switch Black</t>
         </is>
       </c>
       <c r="C1350" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 UZS</t>
+          <t>1 725 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="0">
         <v>12455</v>
       </c>
       <c r="B1351" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Blackwidow V3 TKL Green Switch</t>
         </is>
       </c>
       <c r="C1351" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="0">
         <v>12456</v>
       </c>
       <c r="B1352" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Cynosa Lite Black</t>
         </is>
       </c>
       <c r="C1352" s="0" t="inlineStr">
         <is>
-          <t>477 000 UZS</t>
+          <t>477 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="0">
         <v>12457</v>
       </c>
       <c r="B1353" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Cynosa V2 Black</t>
         </is>
       </c>
       <c r="C1353" s="0" t="inlineStr">
         <is>
-          <t>684 000 UZS</t>
+          <t>684 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="0">
         <v>12458</v>
       </c>
       <c r="B1354" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Huntsman Mini Mercury Edition Purple Switch White</t>
         </is>
       </c>
       <c r="C1354" s="0" t="inlineStr">
         <is>
-          <t>1 313 000 UZS</t>
+          <t>1 313 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="0">
         <v>12459</v>
       </c>
       <c r="B1355" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Huntsman Mini Mercury Edition, Purple Switch, Black</t>
         </is>
       </c>
       <c r="C1355" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 UZS</t>
+          <t>1 508 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="0">
         <v>12460</v>
       </c>
       <c r="B1356" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Aryaman</t>
         </is>
       </c>
       <c r="C1356" s="0" t="inlineStr">
         <is>
-          <t>499 000 UZS</t>
+          <t>499 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="0">
         <v>12461</v>
       </c>
       <c r="B1357" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Brahma Pro</t>
         </is>
       </c>
       <c r="C1357" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="0">
         <v>12462</v>
       </c>
       <c r="B1358" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Dyaus</t>
         </is>
       </c>
       <c r="C1358" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="0">
         <v>12463</v>
       </c>
       <c r="B1359" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Surara</t>
         </is>
       </c>
       <c r="C1359" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="0">
         <v>12464</v>
       </c>
       <c r="B1360" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Trust GXT 853</t>
         </is>
       </c>
       <c r="C1360" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="0">
         <v>12465</v>
       </c>
       <c r="B1361" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M CMYK, Cherry MX Black</t>
         </is>
       </c>
       <c r="C1361" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="0">
         <v>12466</v>
       </c>
       <c r="B1362" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M CMYK, Cherry MX Blue</t>
         </is>
       </c>
       <c r="C1362" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 UZS</t>
+          <t>2 159 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="0">
         <v>12467</v>
       </c>
       <c r="B1363" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M CMYK, Cherry MX Brown</t>
         </is>
       </c>
       <c r="C1363" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="0">
         <v>12468</v>
       </c>
       <c r="B1364" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M CMYK, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1364" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 UZS</t>
+          <t>2 159 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="0">
         <v>12469</v>
       </c>
       <c r="B1365" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Moonlight, Cherry MX Black</t>
         </is>
       </c>
       <c r="C1365" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 UZS</t>
+          <t>1 942 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="0">
         <v>12470</v>
       </c>
       <c r="B1366" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Moonlight, Cherry MX Blue</t>
         </is>
       </c>
       <c r="C1366" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="0">
         <v>12471</v>
       </c>
       <c r="B1367" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Moonlight, Cherry MX Brown</t>
         </is>
       </c>
       <c r="C1367" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 UZS</t>
+          <t>1 942 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="0">
         <v>12472</v>
       </c>
       <c r="B1368" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Moonlight, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1368" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="0">
         <v>12473</v>
       </c>
       <c r="B1369" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Panda EC Daisy V2</t>
         </is>
       </c>
       <c r="C1369" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 UZS</t>
+          <t>2 333 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="0">
         <v>12474</v>
       </c>
       <c r="B1370" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Panda EC Rose V2</t>
         </is>
       </c>
       <c r="C1370" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 UZS</t>
+          <t>2 333 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="0">
         <v>12475</v>
       </c>
       <c r="B1371" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Panda EC Sakura V2</t>
         </is>
       </c>
       <c r="C1371" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 UZS</t>
+          <t>2 333 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="0">
         <v>12476</v>
       </c>
       <c r="B1372" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Summit, Cherry MX Brown</t>
         </is>
       </c>
       <c r="C1372" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="0">
         <v>12477</v>
       </c>
       <c r="B1373" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Summit, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1373" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 UZS</t>
+          <t>2 159 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="0">
         <v>12478</v>
       </c>
       <c r="B1374" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M CMYK, Cherry MX Black</t>
         </is>
       </c>
       <c r="C1374" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 UZS</t>
+          <t>1 942 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="0">
         <v>12479</v>
       </c>
       <c r="B1375" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Moonlight, Cherry MX Black</t>
         </is>
       </c>
       <c r="C1375" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 UZS</t>
+          <t>1 617 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="0">
         <v>12480</v>
       </c>
       <c r="B1376" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Moonlight, Cherry MX Blue</t>
         </is>
       </c>
       <c r="C1376" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 UZS</t>
+          <t>1 725 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="0">
         <v>12481</v>
       </c>
       <c r="B1377" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Moonlight, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1377" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 UZS</t>
+          <t>1 725 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="0">
         <v>12482</v>
       </c>
       <c r="B1378" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda Cherry MX Silent Red</t>
         </is>
       </c>
       <c r="C1378" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 UZS</t>
+          <t>2 224 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="0">
         <v>12483</v>
       </c>
       <c r="B1379" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda Cherry MX Speed Silver</t>
         </is>
       </c>
       <c r="C1379" s="0" t="inlineStr">
         <is>
-          <t>1 834 000 UZS</t>
+          <t>1 834 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="0">
         <v>12484</v>
       </c>
       <c r="B1380" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda EC Daisy V2</t>
         </is>
       </c>
       <c r="C1380" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="0">
         <v>12485</v>
       </c>
       <c r="B1381" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda EC Rose V2</t>
         </is>
       </c>
       <c r="C1381" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="0">
         <v>12486</v>
       </c>
       <c r="B1382" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda EC Sakura V2</t>
         </is>
       </c>
       <c r="C1382" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="0">
         <v>12487</v>
       </c>
       <c r="B1383" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Sakura Cherry MX Speed Silver</t>
         </is>
       </c>
       <c r="C1383" s="0" t="inlineStr">
         <is>
-          <t>1 834 000 UZS</t>
+          <t>1 834 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="0">
         <v>12488</v>
       </c>
       <c r="B1384" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Summit, Cherry MX Brown</t>
         </is>
       </c>
       <c r="C1384" s="0" t="inlineStr">
         <is>
-          <t>1 834 000 UZS</t>
+          <t>1 834 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="0">
         <v>12489</v>
       </c>
       <c r="B1385" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Summit, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1385" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 UZS</t>
+          <t>1 942 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="0">
         <v>12490</v>
       </c>
       <c r="B1386" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь 1stPlayer DK 8.0</t>
         </is>
       </c>
       <c r="C1386" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="0">
         <v>12491</v>
       </c>
       <c r="B1387" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь 1stPlayer Fire Dancing K8</t>
         </is>
       </c>
       <c r="C1387" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="0">
         <v>12492</v>
       </c>
       <c r="B1388" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Dell KM636 Wireless Black</t>
         </is>
       </c>
       <c r="C1388" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="0">
         <v>12493</v>
       </c>
       <c r="B1389" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Dell KM636 Wireless White</t>
         </is>
       </c>
       <c r="C1389" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="0">
         <v>12494</v>
       </c>
       <c r="B1390" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Dell KM7120W Multi-Device</t>
         </is>
       </c>
       <c r="C1390" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 UZS</t>
+          <t>1 183 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="0">
         <v>12495</v>
       </c>
       <c r="B1391" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK270 Wireless</t>
         </is>
       </c>
       <c r="C1391" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="0">
         <v>12496</v>
       </c>
       <c r="B1392" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mypro C20 Black</t>
         </is>
       </c>
       <c r="C1392" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="0">
         <v>12497</v>
       </c>
       <c r="B1393" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 8200 White</t>
         </is>
       </c>
       <c r="C1393" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="0">
         <v>12498</v>
       </c>
       <c r="B1394" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 9000M</t>
         </is>
       </c>
       <c r="C1394" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="0">
         <v>12499</v>
       </c>
       <c r="B1395" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo V100 RGB</t>
         </is>
       </c>
       <c r="C1395" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="0">
         <v>12500</v>
       </c>
       <c r="B1396" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo X120</t>
         </is>
       </c>
       <c r="C1396" s="0" t="inlineStr">
         <is>
-          <t>119 000 UZS</t>
+          <t>119 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="0">
         <v>12501</v>
       </c>
       <c r="B1397" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo X1800S</t>
         </is>
       </c>
       <c r="C1397" s="0" t="inlineStr">
         <is>
-          <t>170 000 UZS</t>
+          <t>170 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="0">
         <v>12502</v>
       </c>
       <c r="B1398" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo X1960</t>
         </is>
       </c>
       <c r="C1398" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="0">
         <v>12503</v>
       </c>
       <c r="B1399" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer BH17M</t>
         </is>
       </c>
       <c r="C1399" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="0">
         <v>12504</v>
       </c>
       <c r="B1400" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer BK39 RGB</t>
         </is>
       </c>
       <c r="C1400" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="0">
         <v>12505</v>
       </c>
       <c r="B1401" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer BK39H</t>
         </is>
       </c>
       <c r="C1401" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="0">
         <v>12506</v>
       </c>
       <c r="B1402" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer BK41H</t>
         </is>
       </c>
       <c r="C1402" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="0">
         <v>12507</v>
       </c>
       <c r="B1403" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer MP1</t>
         </is>
       </c>
       <c r="C1403" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="0">
         <v>12508</v>
       </c>
       <c r="B1404" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control 3XL Black 2E-PG340B</t>
         </is>
       </c>
       <c r="C1404" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="0">
         <v>12509</v>
       </c>
       <c r="B1405" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control L Black 2E-PG310B</t>
         </is>
       </c>
       <c r="C1405" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="0">
         <v>12510</v>
       </c>
       <c r="B1406" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control M Black 2E-PG300B</t>
         </is>
       </c>
       <c r="C1406" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="0">
         <v>12511</v>
       </c>
       <c r="B1407" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control XL Black 2E-PG320B</t>
         </is>
       </c>
       <c r="C1407" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="0">
         <v>12512</v>
       </c>
       <c r="B1408" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control XXL Black 2E-PG330B</t>
         </is>
       </c>
       <c r="C1408" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="0">
         <v>12513</v>
       </c>
       <c r="B1409" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Speed L Black 2E-PGSP310B</t>
         </is>
       </c>
       <c r="C1409" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="0">
         <v>12514</v>
       </c>
       <c r="B1410" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Speed M Black 2E-PGSP300B</t>
         </is>
       </c>
       <c r="C1410" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="0">
         <v>12515</v>
       </c>
       <c r="B1411" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Speed XL Black 2E-PGSP320B</t>
         </is>
       </c>
       <c r="C1411" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="0">
         <v>12516</v>
       </c>
       <c r="B1412" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Speed XXL Black 2E-PGSP330B</t>
         </is>
       </c>
       <c r="C1412" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="0">
         <v>12517</v>
       </c>
       <c r="B1413" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Varmilo Forest Fairy Desk Mat XL</t>
         </is>
       </c>
       <c r="C1413" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="0">
         <v>12518</v>
       </c>
       <c r="B1414" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Varmilo Panda Desk Mat XL</t>
         </is>
       </c>
       <c r="C1414" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="0">
         <v>12519</v>
       </c>
       <c r="B1415" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Varmilo Sakura Desk Mat XL</t>
         </is>
       </c>
       <c r="C1415" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="0">
         <v>12520</v>
       </c>
       <c r="B1416" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Varmilo Sea Melody Desk Mat XL</t>
         </is>
       </c>
       <c r="C1416" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="0">
         <v>12521</v>
       </c>
       <c r="B1417" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender Aurora S40</t>
         </is>
       </c>
       <c r="C1417" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="0">
         <v>12522</v>
       </c>
       <c r="B1418" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender G11</t>
         </is>
       </c>
       <c r="C1418" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="0">
         <v>12523</v>
       </c>
       <c r="B1419" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender S10</t>
         </is>
       </c>
       <c r="C1419" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="0">
         <v>12524</v>
       </c>
       <c r="B1420" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender S20</t>
         </is>
       </c>
       <c r="C1420" s="0" t="inlineStr">
         <is>
-          <t>250 000 UZS</t>
+          <t>250 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="0">
         <v>12525</v>
       </c>
       <c r="B1421" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender SPK 190</t>
         </is>
       </c>
       <c r="C1421" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="0">
         <v>12526</v>
       </c>
       <c r="B1422" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender SPK 240</t>
         </is>
       </c>
       <c r="C1422" s="0" t="inlineStr">
         <is>
-          <t>65 000 UZS</t>
+          <t>65 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="0">
         <v>12527</v>
       </c>
       <c r="B1423" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender SPK 33</t>
         </is>
       </c>
       <c r="C1423" s="0" t="inlineStr">
         <is>
-          <t>38 000 UZS</t>
+          <t>38 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="0">
         <v>12528</v>
       </c>
       <c r="B1424" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender Tornado</t>
         </is>
       </c>
       <c r="C1424" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="0">
         <v>12529</v>
       </c>
       <c r="B1425" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender V11 2.1</t>
         </is>
       </c>
       <c r="C1425" s="0" t="inlineStr">
         <is>
-          <t>43 000 UZS</t>
+          <t>43 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="0">
         <v>12530</v>
       </c>
       <c r="B1426" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender X181</t>
         </is>
       </c>
       <c r="C1426" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="0">
         <v>12531</v>
       </c>
       <c r="B1427" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender X361</t>
         </is>
       </c>
       <c r="C1427" s="0" t="inlineStr">
         <is>
-          <t>369 000 UZS</t>
+          <t>369 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="0">
         <v>12532</v>
       </c>
       <c r="B1428" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender X420</t>
         </is>
       </c>
       <c r="C1428" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="0">
         <v>12533</v>
       </c>
       <c r="B1429" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender X500</t>
         </is>
       </c>
       <c r="C1429" s="0" t="inlineStr">
         <is>
-          <t>738 000 UZS</t>
+          <t>738 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="0">
         <v>12534</v>
       </c>
       <c r="B1430" s="0" t="inlineStr">
         <is>
           <t>Колонка Kisonli V410</t>
         </is>
       </c>
       <c r="C1430" s="0" t="inlineStr">
         <is>
-          <t>38 000 UZS</t>
+          <t>38 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="0">
         <v>12535</v>
       </c>
       <c r="B1431" s="0" t="inlineStr">
         <is>
           <t>Колонка Redragon Anvil</t>
         </is>
       </c>
       <c r="C1431" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="0">
         <v>12536</v>
       </c>
       <c r="B1432" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Netis ST3105GS Gigabit 5-портовый 10/100/1000 Мбит/с</t>
         </is>
       </c>
       <c r="C1432" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="0">
         <v>12537</v>
       </c>
       <c r="B1433" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Netis ST3116 16-портовый 10/100 Мбит/с</t>
         </is>
       </c>
       <c r="C1433" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="0">
         <v>12538</v>
       </c>
       <c r="B1434" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Netis ST3124 24-портовый 10/100 Мбит/с</t>
         </is>
       </c>
       <c r="C1434" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="0">
         <v>12539</v>
       </c>
       <c r="B1435" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEF1016D 16-портовый 10/100 Мбит/с</t>
         </is>
       </c>
       <c r="C1435" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="0">
         <v>12540</v>
       </c>
       <c r="B1436" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer AR-7G</t>
         </is>
       </c>
       <c r="C1436" s="0" t="inlineStr">
         <is>
-          <t>673 000 UZS</t>
+          <t>673 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="0">
         <v>12541</v>
       </c>
       <c r="B1437" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer B6 Black</t>
         </is>
       </c>
       <c r="C1437" s="0" t="inlineStr">
         <is>
-          <t>499 000 UZS</t>
+          <t>499 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="0">
         <v>12542</v>
       </c>
       <c r="B1438" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer B6 White</t>
         </is>
       </c>
       <c r="C1438" s="0" t="inlineStr">
         <is>
-          <t>510 000 UZS</t>
+          <t>510 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="0">
         <v>12543</v>
       </c>
       <c r="B1439" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer B7-A</t>
         </is>
       </c>
       <c r="C1439" s="0" t="inlineStr">
         <is>
-          <t>618 000 UZS</t>
+          <t>618 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="0">
         <v>12544</v>
       </c>
       <c r="B1440" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer B7-E</t>
         </is>
       </c>
       <c r="C1440" s="0" t="inlineStr">
         <is>
-          <t>727 000 UZS</t>
+          <t>727 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="0">
         <v>12545</v>
       </c>
       <c r="B1441" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer D4 Black</t>
         </is>
       </c>
       <c r="C1441" s="0" t="inlineStr">
         <is>
-          <t>445 000 UZS</t>
+          <t>445 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="0">
         <v>12546</v>
       </c>
       <c r="B1442" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer D4 White</t>
         </is>
       </c>
       <c r="C1442" s="0" t="inlineStr">
         <is>
-          <t>456 000 UZS</t>
+          <t>456 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="0">
         <v>12547</v>
       </c>
       <c r="B1443" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer D5 Black</t>
         </is>
       </c>
       <c r="C1443" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="0">
         <v>12548</v>
       </c>
       <c r="B1444" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer DX Gray</t>
         </is>
       </c>
       <c r="C1444" s="0" t="inlineStr">
         <is>
-          <t>911 000 UZS</t>
+          <t>911 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="0">
         <v>12549</v>
       </c>
       <c r="B1445" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer F4</t>
         </is>
       </c>
       <c r="C1445" s="0" t="inlineStr">
         <is>
-          <t>369 000 UZS</t>
+          <t>369 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="0">
         <v>12550</v>
       </c>
       <c r="B1446" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1STPLAYER FIREBASE X6 X6-3G6P-1G6</t>
         </is>
       </c>
       <c r="C1446" s="0" t="inlineStr">
         <is>
-          <t>553 000 UZS</t>
+          <t>553 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="0">
         <v>12551</v>
       </c>
       <c r="B1447" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer FIREBASE X7-G Black</t>
         </is>
       </c>
       <c r="C1447" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="0">
         <v>12552</v>
       </c>
       <c r="B1448" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1STPLAYER FIREBASE X7-G White</t>
         </is>
       </c>
       <c r="C1448" s="0" t="inlineStr">
         <is>
-          <t>553 000 UZS</t>
+          <t>553 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="0">
         <v>12553</v>
       </c>
       <c r="B1449" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer R3</t>
         </is>
       </c>
       <c r="C1449" s="0" t="inlineStr">
         <is>
-          <t>358 000 UZS</t>
+          <t>358 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="0">
         <v>12554</v>
       </c>
       <c r="B1450" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer R3-A</t>
         </is>
       </c>
       <c r="C1450" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="0">
         <v>12555</v>
       </c>
       <c r="B1451" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer R5</t>
         </is>
       </c>
       <c r="C1451" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="0">
         <v>12556</v>
       </c>
       <c r="B1452" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer R6</t>
         </is>
       </c>
       <c r="C1452" s="0" t="inlineStr">
         <is>
-          <t>477 000 UZS</t>
+          <t>477 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="0">
         <v>12557</v>
       </c>
       <c r="B1453" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer RB-3 Black</t>
         </is>
       </c>
       <c r="C1453" s="0" t="inlineStr">
         <is>
-          <t>401 000 UZS</t>
+          <t>401 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="0">
         <v>12558</v>
       </c>
       <c r="B1454" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer RB-3 White</t>
         </is>
       </c>
       <c r="C1454" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="0">
         <v>12559</v>
       </c>
       <c r="B1455" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer SP8 Black</t>
         </is>
       </c>
       <c r="C1455" s="0" t="inlineStr">
         <is>
-          <t>1 324 000 UZS</t>
+          <t>1 324 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="0">
         <v>12560</v>
       </c>
       <c r="B1456" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer SP8 White</t>
         </is>
       </c>
       <c r="C1456" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="0">
         <v>12561</v>
       </c>
       <c r="B1457" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer V2-A</t>
         </is>
       </c>
       <c r="C1457" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="0">
         <v>12562</v>
       </c>
       <c r="B1458" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer V3-A</t>
         </is>
       </c>
       <c r="C1458" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="0">
         <v>12563</v>
       </c>
       <c r="B1459" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer V6</t>
         </is>
       </c>
       <c r="C1459" s="0" t="inlineStr">
         <is>
-          <t>694 000 UZS</t>
+          <t>694 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="0">
         <v>12564</v>
       </c>
       <c r="B1460" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer X5</t>
         </is>
       </c>
       <c r="C1460" s="0" t="inlineStr">
         <is>
-          <t>553 000 UZS</t>
+          <t>553 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="0">
         <v>12565</v>
       </c>
       <c r="B1461" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer X8</t>
         </is>
       </c>
       <c r="C1461" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="0">
         <v>12566</v>
       </c>
       <c r="B1462" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Ardor</t>
         </is>
       </c>
       <c r="C1462" s="0" t="inlineStr">
         <is>
-          <t>564 000 UZS</t>
+          <t>564 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="0">
         <v>12567</v>
       </c>
       <c r="B1463" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Calleo</t>
         </is>
       </c>
       <c r="C1463" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="0">
         <v>12568</v>
       </c>
       <c r="B1464" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Calleo (GB700)</t>
         </is>
       </c>
       <c r="C1464" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="0">
         <v>12569</v>
       </c>
       <c r="B1465" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Condor</t>
         </is>
       </c>
       <c r="C1465" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="0">
         <v>12570</v>
       </c>
       <c r="B1466" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Contego</t>
         </is>
       </c>
       <c r="C1466" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="0">
         <v>12571</v>
       </c>
       <c r="B1467" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Defenso</t>
         </is>
       </c>
       <c r="C1467" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="0">
         <v>12572</v>
       </c>
       <c r="B1468" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Dominator</t>
         </is>
       </c>
       <c r="C1468" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="0">
         <v>12573</v>
       </c>
       <c r="B1469" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Falco</t>
         </is>
       </c>
       <c r="C1469" s="0" t="inlineStr">
         <is>
-          <t>553 000 UZS</t>
+          <t>553 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="0">
         <v>12574</v>
       </c>
       <c r="B1470" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Fera</t>
         </is>
       </c>
       <c r="C1470" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="0">
         <v>12575</v>
       </c>
       <c r="B1471" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Fortis</t>
         </is>
       </c>
       <c r="C1471" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="0">
         <v>12576</v>
       </c>
       <c r="B1472" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Galaxy</t>
         </is>
       </c>
       <c r="C1472" s="0" t="inlineStr">
         <is>
-          <t>477 000 UZS</t>
+          <t>477 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="0">
         <v>12577</v>
       </c>
       <c r="B1473" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Oberon</t>
         </is>
       </c>
       <c r="C1473" s="0" t="inlineStr">
         <is>
-          <t>467 000 UZS</t>
+          <t>467 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="0">
         <v>12578</v>
       </c>
       <c r="B1474" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Recano</t>
         </is>
       </c>
       <c r="C1474" s="0" t="inlineStr">
         <is>
-          <t>553 000 UZS</t>
+          <t>553 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="0">
         <v>12579</v>
       </c>
       <c r="B1475" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming RUNA</t>
         </is>
       </c>
       <c r="C1475" s="0" t="inlineStr">
         <is>
-          <t>391 000 UZS</t>
+          <t>391 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="0">
         <v>12580</v>
       </c>
       <c r="B1476" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Spero</t>
         </is>
       </c>
       <c r="C1476" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="0">
         <v>12581</v>
       </c>
       <c r="B1477" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Virtus</t>
         </is>
       </c>
       <c r="C1477" s="0" t="inlineStr">
         <is>
-          <t>575 000 UZS</t>
+          <t>575 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="0">
         <v>12582</v>
       </c>
       <c r="B1478" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Aero 500 Window</t>
         </is>
       </c>
       <c r="C1478" s="0" t="inlineStr">
         <is>
-          <t>467 000 UZS</t>
+          <t>467 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="0">
         <v>12583</v>
       </c>
       <c r="B1479" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec DF600 FLUX Gaming</t>
         </is>
       </c>
       <c r="C1479" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 UZS</t>
+          <t>1 183 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="0">
         <v>12584</v>
       </c>
       <c r="B1480" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec NX600 Gaming</t>
         </is>
       </c>
       <c r="C1480" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="0">
         <v>12585</v>
       </c>
       <c r="B1481" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec NX800 Gaming</t>
         </is>
       </c>
       <c r="C1481" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 UZS</t>
+          <t>1 291 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="0">
         <v>12586</v>
       </c>
       <c r="B1482" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec P101S</t>
         </is>
       </c>
       <c r="C1482" s="0" t="inlineStr">
         <is>
-          <t>1 400 000 UZS</t>
+          <t>1 400 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="0">
         <v>12587</v>
       </c>
       <c r="B1483" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус COUGAR MX410-T</t>
         </is>
       </c>
       <c r="C1483" s="0" t="inlineStr">
         <is>
-          <t>521 000 UZS</t>
+          <t>521 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="0">
         <v>12588</v>
       </c>
       <c r="B1484" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Aero Mini Eco</t>
         </is>
       </c>
       <c r="C1484" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="0">
         <v>12589</v>
       </c>
       <c r="B1485" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Brufen C3 Black</t>
         </is>
       </c>
       <c r="C1485" s="0" t="inlineStr">
         <is>
-          <t>662 000 UZS</t>
+          <t>662 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="0">
         <v>12590</v>
       </c>
       <c r="B1486" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Brufen C3 White</t>
         </is>
       </c>
       <c r="C1486" s="0" t="inlineStr">
         <is>
-          <t>662 000 UZS</t>
+          <t>662 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="0">
         <v>12591</v>
       </c>
       <c r="B1487" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Brufenc1</t>
         </is>
       </c>
       <c r="C1487" s="0" t="inlineStr">
         <is>
-          <t>716 000 UZS</t>
+          <t>716 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="0">
         <v>12592</v>
       </c>
       <c r="B1488" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Nova N5</t>
         </is>
       </c>
       <c r="C1488" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="0">
         <v>12593</v>
       </c>
       <c r="B1489" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax White Diamond</t>
         </is>
       </c>
       <c r="C1489" s="0" t="inlineStr">
         <is>
-          <t>456 000 UZS</t>
+          <t>456 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="0">
         <v>12594</v>
       </c>
       <c r="B1490" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro M5</t>
         </is>
       </c>
       <c r="C1490" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="0">
         <v>12595</v>
       </c>
       <c r="B1491" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro M7</t>
         </is>
       </c>
       <c r="C1491" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="0">
         <v>12596</v>
       </c>
       <c r="B1492" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MB2</t>
         </is>
       </c>
       <c r="C1492" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="0">
         <v>12597</v>
       </c>
       <c r="B1493" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MG4</t>
         </is>
       </c>
       <c r="C1493" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="0">
         <v>12598</v>
       </c>
       <c r="B1494" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR1</t>
         </is>
       </c>
       <c r="C1494" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="0">
         <v>12599</v>
       </c>
       <c r="B1495" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR2</t>
         </is>
       </c>
       <c r="C1495" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="0">
         <v>12600</v>
       </c>
       <c r="B1496" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR3</t>
         </is>
       </c>
       <c r="C1496" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="0">
         <v>12601</v>
       </c>
       <c r="B1497" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR4</t>
         </is>
       </c>
       <c r="C1497" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="0">
         <v>12602</v>
       </c>
       <c r="B1498" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR6</t>
         </is>
       </c>
       <c r="C1498" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="0">
         <v>12603</v>
       </c>
       <c r="B1499" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core P3</t>
         </is>
       </c>
       <c r="C1499" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 UZS</t>
+          <t>1 573 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="0">
         <v>12604</v>
       </c>
       <c r="B1500" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core P8 TG</t>
         </is>
       </c>
       <c r="C1500" s="0" t="inlineStr">
         <is>
-          <t>2 875 000 UZS</t>
+          <t>2 875 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="0">
         <v>12605</v>
       </c>
       <c r="B1501" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 RS ARGB Black</t>
         </is>
       </c>
       <c r="C1501" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="0">
         <v>12606</v>
       </c>
       <c r="B1502" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake View 51 TG ARGB Edition</t>
         </is>
       </c>
       <c r="C1502" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 UZS</t>
+          <t>2 224 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="0">
         <v>12607</v>
       </c>
       <c r="B1503" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake View 51 TG Snow ARGB Edition</t>
         </is>
       </c>
       <c r="C1503" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="0">
         <v>12608</v>
       </c>
       <c r="B1504" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman N4</t>
         </is>
       </c>
       <c r="C1504" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="0">
         <v>12609</v>
       </c>
       <c r="B1505" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman R2 White</t>
         </is>
       </c>
       <c r="C1505" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="0">
         <v>12610</v>
       </c>
       <c r="B1506" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ZALMAN Z3 Iceberg Black</t>
         </is>
       </c>
       <c r="C1506" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="0">
         <v>12611</v>
       </c>
       <c r="B1507" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ZALMAN Z3 Iceberg White</t>
         </is>
       </c>
       <c r="C1507" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="0">
         <v>12612</v>
       </c>
       <c r="B1508" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое 2E GC21 Black / Red</t>
         </is>
       </c>
       <c r="C1508" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="0">
         <v>12613</v>
       </c>
       <c r="B1509" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое 2E GC22 Camouflage Black</t>
         </is>
       </c>
       <c r="C1509" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="0">
         <v>12614</v>
       </c>
       <c r="B1510" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое 2E GC23 Black / Blue</t>
         </is>
       </c>
       <c r="C1510" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="0">
         <v>12615</v>
       </c>
       <c r="B1511" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое 2E GC25 Black / Red</t>
         </is>
       </c>
       <c r="C1511" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 UZS</t>
+          <t>1 942 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="0">
         <v>12616</v>
       </c>
       <c r="B1512" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Meetion 25</t>
         </is>
       </c>
       <c r="C1512" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="0">
         <v>12617</v>
       </c>
       <c r="B1513" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Alphaeon S3 F720 Cyan</t>
         </is>
       </c>
       <c r="C1513" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 UZS</t>
+          <t>2 604 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="0">
         <v>12618</v>
       </c>
       <c r="B1514" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Alphaeon S3 F720 Pink</t>
         </is>
       </c>
       <c r="C1514" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 UZS</t>
+          <t>2 604 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="0">
         <v>12619</v>
       </c>
       <c r="B1515" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Alphaeon S3 F720 Red</t>
         </is>
       </c>
       <c r="C1515" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 UZS</t>
+          <t>2 604 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="0">
         <v>12620</v>
       </c>
       <c r="B1516" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Alphaeon S3 F720 Yellow</t>
         </is>
       </c>
       <c r="C1516" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 UZS</t>
+          <t>2 604 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="0">
         <v>12621</v>
       </c>
       <c r="B1517" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Balance F710 Black</t>
         </is>
       </c>
       <c r="C1517" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="0">
         <v>12622</v>
       </c>
       <c r="B1518" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Balance F710 Red</t>
         </is>
       </c>
       <c r="C1518" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="0">
         <v>12623</v>
       </c>
       <c r="B1519" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Balance F710 White</t>
         </is>
       </c>
       <c r="C1519" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="0">
         <v>12624</v>
       </c>
       <c r="B1520" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Evolution F730 Black</t>
         </is>
       </c>
       <c r="C1520" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 UZS</t>
+          <t>3 038 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="0">
         <v>12625</v>
       </c>
       <c r="B1521" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Speed F700 Black</t>
         </is>
       </c>
       <c r="C1521" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="0">
         <v>12626</v>
       </c>
       <c r="B1522" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Speed F700 Red</t>
         </is>
       </c>
       <c r="C1522" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="0">
         <v>12627</v>
       </c>
       <c r="B1523" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Speed F700 White</t>
         </is>
       </c>
       <c r="C1523" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="0">
         <v>12628</v>
       </c>
       <c r="B1524" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone X F750 Black</t>
         </is>
       </c>
       <c r="C1524" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 UZS</t>
+          <t>3 364 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="0">
         <v>12629</v>
       </c>
       <c r="B1525" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Trust GXT 707G</t>
         </is>
       </c>
       <c r="C1525" s="0" t="inlineStr">
         <is>
-          <t>3 570 000 UZS</t>
+          <t>3 570 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="0">
         <v>12630</v>
       </c>
       <c r="B1526" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Antec A30 Blue</t>
         </is>
       </c>
       <c r="C1526" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="0">
         <v>12631</v>
       </c>
       <c r="B1527" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Antec Kuhler H2O K240 RGB</t>
         </is>
       </c>
       <c r="C1527" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="0">
         <v>12632</v>
       </c>
       <c r="B1528" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Antec Neptune 240 ARGB</t>
         </is>
       </c>
       <c r="C1528" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 UZS</t>
+          <t>1 291 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="0">
         <v>12633</v>
       </c>
       <c r="B1529" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора DeepCool 11508</t>
         </is>
       </c>
       <c r="C1529" s="0" t="inlineStr">
         <is>
-          <t>38 000 UZS</t>
+          <t>38 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="0">
         <v>12634</v>
       </c>
       <c r="B1530" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS4X</t>
         </is>
       </c>
       <c r="C1530" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="0">
         <v>12635</v>
       </c>
       <c r="B1531" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона H15 беспроводной</t>
         </is>
       </c>
       <c r="C1531" s="0" t="inlineStr">
         <is>
-          <t>76 000 UZS</t>
+          <t>76 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="0">
         <v>12636</v>
       </c>
       <c r="B1532" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Phantom Gaming 4 Wi Fi</t>
         </is>
       </c>
       <c r="C1532" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="0">
         <v>12637</v>
       </c>
       <c r="B1533" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asus Prime B460M-K</t>
         </is>
       </c>
       <c r="C1533" s="0" t="inlineStr">
         <is>
-          <t>1 400 000 UZS</t>
+          <t>1 400 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="0">
         <v>12638</v>
       </c>
       <c r="B1534" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asus Prime Z590-P</t>
         </is>
       </c>
       <c r="C1534" s="0" t="inlineStr">
         <is>
-          <t>2 702 000 UZS</t>
+          <t>2 702 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="0">
         <v>12639</v>
       </c>
       <c r="B1535" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asus ROG Strix Z490-G Gaming</t>
         </is>
       </c>
       <c r="C1535" s="0" t="inlineStr">
         <is>
-          <t>3 461 000 UZS</t>
+          <t>3 461 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="0">
         <v>12640</v>
       </c>
       <c r="B1536" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Gigabyte B560M Aorus Elite</t>
         </is>
       </c>
       <c r="C1536" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 UZS</t>
+          <t>1 736 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="0">
         <v>12641</v>
       </c>
       <c r="B1537" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Gigabyte Z590 Aorus Elite</t>
         </is>
       </c>
       <c r="C1537" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="0">
         <v>12642</v>
       </c>
       <c r="B1538" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 GAMING PLUS MAX</t>
         </is>
       </c>
       <c r="C1538" s="0" t="inlineStr">
         <is>
-          <t>1 150 000 UZS</t>
+          <t>1 150 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="0">
         <v>12643</v>
       </c>
       <c r="B1539" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450M PRO M2 MAX</t>
         </is>
       </c>
       <c r="C1539" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="0">
         <v>12644</v>
       </c>
       <c r="B1540" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450M PRO VDH MAX</t>
         </is>
       </c>
       <c r="C1540" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 UZS</t>
+          <t>1 031 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="0">
         <v>12645</v>
       </c>
       <c r="B1541" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B550M PRO VDH</t>
         </is>
       </c>
       <c r="C1541" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 UZS</t>
+          <t>1 291 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="0">
         <v>12646</v>
       </c>
       <c r="B1542" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B550M PRO VDH Wi Fi</t>
         </is>
       </c>
       <c r="C1542" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 UZS</t>
+          <t>1 508 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="0">
         <v>12647</v>
       </c>
       <c r="B1543" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B550M-A PRO</t>
         </is>
       </c>
       <c r="C1543" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 UZS</t>
+          <t>1 183 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="0">
         <v>12648</v>
       </c>
       <c r="B1544" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI Z390-A Pro</t>
         </is>
       </c>
       <c r="C1544" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 UZS</t>
+          <t>1 519 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="0">
         <v>12649</v>
       </c>
       <c r="B1545" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus Rog Strix XG258Q 24.5" 240 Hz</t>
         </is>
       </c>
       <c r="C1545" s="0" t="inlineStr">
         <is>
-          <t>5 968 000 UZS</t>
+          <t>5 968 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="0">
         <v>12650</v>
       </c>
       <c r="B1546" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus TUF Gaming VG279QM 27" 280Hz</t>
         </is>
       </c>
       <c r="C1546" s="0" t="inlineStr">
         <is>
-          <t>5 968 000 UZS</t>
+          <t>5 968 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="0">
         <v>12651</v>
       </c>
       <c r="B1547" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus VA27EHE 27" 75Hz</t>
         </is>
       </c>
       <c r="C1547" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 UZS</t>
+          <t>2 604 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="0">
         <v>12652</v>
       </c>
       <c r="B1548" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus VP249HR 24" 75Hz</t>
         </is>
       </c>
       <c r="C1548" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="0">
         <v>12653</v>
       </c>
       <c r="B1549" s="0" t="inlineStr">
         <is>
           <t>Монитор Gigabyte G27Q 27" IPS FHD 165Hz</t>
         </is>
       </c>
       <c r="C1549" s="0" t="inlineStr">
         <is>
-          <t>4 666 000 UZS</t>
+          <t>4 666 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="0">
         <v>12654</v>
       </c>
       <c r="B1550" s="0" t="inlineStr">
         <is>
           <t>Монитор Gigabyte M27F 27" IPS FHD 144Hz</t>
         </is>
       </c>
       <c r="C1550" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="0">
         <v>12655</v>
       </c>
       <c r="B1551" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 24FWA IPS LED 75Hz HDMI</t>
         </is>
       </c>
       <c r="C1551" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 UZS</t>
+          <t>2 550 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="0">
         <v>12656</v>
       </c>
       <c r="B1552" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 24MK600 FHD LED 23.8"</t>
         </is>
       </c>
       <c r="C1552" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 UZS</t>
+          <t>1 682 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="0">
         <v>12657</v>
       </c>
       <c r="B1553" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro FHD HDMI, VGA, 60Hz 18.5"</t>
         </is>
       </c>
       <c r="C1553" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 UZS</t>
+          <t>1 085 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="0">
         <v>12658</v>
       </c>
       <c r="B1554" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro FHD HDMI, VGA, 60Hz 19.5"</t>
         </is>
       </c>
       <c r="C1554" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="0">
         <v>12659</v>
       </c>
       <c r="B1555" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung 34 LS34J550WQIXCI 34"</t>
         </is>
       </c>
       <c r="C1555" s="0" t="inlineStr">
         <is>
-          <t>5 208 000 UZS</t>
+          <t>5 208 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="0">
         <v>12660</v>
       </c>
       <c r="B1556" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LC27G557TQWIXCI 27" 144 Hz</t>
         </is>
       </c>
       <c r="C1556" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 UZS</t>
+          <t>3 526 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="0">
         <v>12661</v>
       </c>
       <c r="B1557" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LC32R502FHIXCI 32" 75 Hz</t>
         </is>
       </c>
       <c r="C1557" s="0" t="inlineStr">
         <is>
-          <t>2 984 000 UZS</t>
+          <t>2 984 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="0">
         <v>12662</v>
       </c>
       <c r="B1558" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LF22T350FHIXCI 22"</t>
         </is>
       </c>
       <c r="C1558" s="0" t="inlineStr">
         <is>
-          <t>1 497 000 UZS</t>
+          <t>1 497 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="0">
         <v>12663</v>
       </c>
       <c r="B1559" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LF24T450FQIXCI 24"</t>
         </is>
       </c>
       <c r="C1559" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 UZS</t>
+          <t>1 790 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="0">
         <v>12664</v>
       </c>
       <c r="B1560" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LS27AM500NIXCI 27" 144 Hz</t>
         </is>
       </c>
       <c r="C1560" s="0" t="inlineStr">
         <is>
-          <t>3 092 000 UZS</t>
+          <t>3 092 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="0">
         <v>12665</v>
       </c>
       <c r="B1561" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung Odyssey G5 LC32G54T QWI 144 Hz VA 32"</t>
         </is>
       </c>
       <c r="C1561" s="0" t="inlineStr">
         <is>
-          <t>4 290 000 UZS</t>
+          <t>4 290 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="0">
         <v>12666</v>
       </c>
       <c r="B1562" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung T35F IPS 75Hz 22”</t>
         </is>
       </c>
       <c r="C1562" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 UZS</t>
+          <t>1 465 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="0">
         <v>12667</v>
       </c>
       <c r="B1563" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro C24 в полном комплекте</t>
         </is>
       </c>
       <c r="C1563" s="0" t="inlineStr">
         <is>
-          <t>3 418 000 UZS</t>
+          <t>3 418 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="0">
         <v>12668</v>
       </c>
       <c r="B1564" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro DF24 FHD LED 24″ Белый (H410) c Web камерой</t>
         </is>
       </c>
       <c r="C1564" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 UZS</t>
+          <t>3 526 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="0">
         <v>12669</v>
       </c>
       <c r="B1565" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro T22 в полном комплекте</t>
         </is>
       </c>
       <c r="C1565" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 UZS</t>
+          <t>2 713 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="0">
         <v>12670</v>
       </c>
       <c r="B1566" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro T24 в полном комплекте</t>
         </is>
       </c>
       <c r="C1566" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 UZS</t>
+          <t>3 364 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="0">
         <v>12671</v>
       </c>
       <c r="B1567" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте HP 24-K0029UR  / i5-10400T / 8GB DDR4 / SSD 256 GB / DVD нет / Intel UHD Graphics 630 / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1567" s="0" t="inlineStr">
         <is>
-          <t>8 572 000 UZS</t>
+          <t>8 572 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="0">
         <v>12672</v>
       </c>
       <c r="B1568" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте HP G4 200 / Intel i5-10110U / 4GB DDR4 / HDD 1 TB / DVD нет / Intel UHD Graphics 620 / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1568" s="0" t="inlineStr">
         <is>
-          <t>6 185 000 UZS</t>
+          <t>6 185 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="0">
         <v>12673</v>
       </c>
       <c r="B1569" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте HP ProOne 440 G5 23.8" / i3-9100T / 4GB DDR4 / HDD 1TB / DVD нет / Intel UHD Graphics 630 / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1569" s="0" t="inlineStr">
         <is>
-          <t>5 642 000 UZS</t>
+          <t>5 642 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="0">
         <v>12674</v>
       </c>
       <c r="B1570" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте HP ProOne 440 G5 23.8" / i5-9500T / 8GB DDR4 / HDD 1TB / DVD нет / Intel UHD Graphics 630 / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1570" s="0" t="inlineStr">
         <is>
-          <t>5 642 000 UZS</t>
+          <t>5 642 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="0">
         <v>12675</v>
       </c>
       <c r="B1571" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentrу 3 / i5-10400T / 8GB DDR4 / HDD 1TB / LED 23.8" / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1571" s="0" t="inlineStr">
         <is>
-          <t>8 572 000 UZS</t>
+          <t>8 572 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="0">
         <v>12676</v>
       </c>
       <c r="B1572" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Mypro C24 / Intel Core i3 / 8GB DDR3 / SSD 256 GB / DVD нет / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1572" s="0" t="inlineStr">
         <is>
-          <t>7 100 000 UZS</t>
+          <t>7 100 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="0">
         <v>12677</v>
       </c>
       <c r="B1573" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Mypro DF24 / G6405 / 4GB DDR4 / SSD  120 GB / DVD нет / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1573" s="0" t="inlineStr">
         <is>
-          <t>6 500 000 UZS</t>
+          <t>6 500 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="0">
         <v>12678</v>
       </c>
       <c r="B1574" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Mypro F24 / i3-10100 / 8GB DDR4 / SSD 256 GB / DVD нет / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1574" s="0" t="inlineStr">
         <is>
-          <t>7 400 000 UZS</t>
+          <t>7 400 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="0">
         <v>12679</v>
       </c>
       <c r="B1575" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentre / i5-9400T / 8GB DDR4 / HDD 1TB / LED 24" / AMD Radeon R530 2Gb / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1575" s="0" t="inlineStr">
         <is>
-          <t>7 975 000 UZS</t>
+          <t>7 975 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="0">
         <v>12680</v>
       </c>
       <c r="B1576" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentre / i5-9400T / 8GB DDR4 / SSD 256GB / LED 27" QHD / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1576" s="0" t="inlineStr">
         <is>
-          <t>11 067 000 UZS</t>
+          <t>11 067 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="0">
         <v>12681</v>
       </c>
       <c r="B1577" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentre / i7-9700T / 8GB DDR4 / HDD 1TB / LED 24" / AMD Radeon R540X 2Gb / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1577" s="0" t="inlineStr">
         <is>
-          <t>11 610 000 UZS</t>
+          <t>11 610 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="0">
         <v>12682</v>
       </c>
       <c r="B1578" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentre / i5-9400T / 8GB DDR4 / HDD 1TB / LED 24" / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1578" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 UZS</t>
+          <t>7 595 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="0">
         <v>12683</v>
       </c>
       <c r="B1579" s="0" t="inlineStr">
         <is>
           <t>Мышь 1stPlayer DK3.0</t>
         </is>
       </c>
       <c r="C1579" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="0">
         <v>12684</v>
       </c>
       <c r="B1580" s="0" t="inlineStr">
         <is>
           <t>Мышь 1stPlayer Fire Dancing FD300 Pro</t>
         </is>
       </c>
       <c r="C1580" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="0">
         <v>12685</v>
       </c>
       <c r="B1581" s="0" t="inlineStr">
         <is>
           <t>Мышь 1stPlayer Firebase M6</t>
         </is>
       </c>
       <c r="C1581" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="0">
         <v>12686</v>
       </c>
       <c r="B1582" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E Gaming HyperSpeed Lite RGB Black</t>
         </is>
       </c>
       <c r="C1582" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="0">
         <v>12687</v>
       </c>
       <c r="B1583" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E Gaming HyperSpeed Lite RGB Retro White</t>
         </is>
       </c>
       <c r="C1583" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="0">
         <v>12688</v>
       </c>
       <c r="B1584" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E Gaming HyperSpeed Pro RGB Black</t>
         </is>
       </c>
       <c r="C1584" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="0">
         <v>12689</v>
       </c>
       <c r="B1585" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E Gaming HyperSpeed Pro RGB Retro White</t>
         </is>
       </c>
       <c r="C1585" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="0">
         <v>12690</v>
       </c>
       <c r="B1586" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E MF1012</t>
         </is>
       </c>
       <c r="C1586" s="0" t="inlineStr">
         <is>
-          <t>36 000 UZS</t>
+          <t>36 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="0">
         <v>12691</v>
       </c>
       <c r="B1587" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E MF104</t>
         </is>
       </c>
       <c r="C1587" s="0" t="inlineStr">
         <is>
-          <t>25 000 UZS</t>
+          <t>25 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="0">
         <v>12692</v>
       </c>
       <c r="B1588" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E MF216</t>
         </is>
       </c>
       <c r="C1588" s="0" t="inlineStr">
         <is>
-          <t>49 000 UZS</t>
+          <t>49 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="0">
         <v>12693</v>
       </c>
       <c r="B1589" s="0" t="inlineStr">
         <is>
           <t>Мышь Asus ROG Gladius II Core</t>
         </is>
       </c>
       <c r="C1589" s="0" t="inlineStr">
         <is>
-          <t>749 000 UZS</t>
+          <t>749 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="0">
         <v>12694</v>
       </c>
       <c r="B1590" s="0" t="inlineStr">
         <is>
           <t>Мышь Asus ROG Gladius II Origin</t>
         </is>
       </c>
       <c r="C1590" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="0">
         <v>12695</v>
       </c>
       <c r="B1591" s="0" t="inlineStr">
         <is>
           <t>Мышь Asus ROG Strix Evolve</t>
         </is>
       </c>
       <c r="C1591" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="0">
         <v>12696</v>
       </c>
       <c r="B1592" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender GM540L</t>
         </is>
       </c>
       <c r="C1592" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="0">
         <v>12697</v>
       </c>
       <c r="B1593" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender MB-230</t>
         </is>
       </c>
       <c r="C1593" s="0" t="inlineStr">
         <is>
-          <t>48 000 UZS</t>
+          <t>48 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="0">
         <v>12698</v>
       </c>
       <c r="B1594" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender MB280</t>
         </is>
       </c>
       <c r="C1594" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="0">
         <v>12699</v>
       </c>
       <c r="B1595" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender MB-470</t>
         </is>
       </c>
       <c r="C1595" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="0">
         <v>12700</v>
       </c>
       <c r="B1596" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender MM340</t>
         </is>
       </c>
       <c r="C1596" s="0" t="inlineStr">
         <is>
-          <t>33 000 UZS</t>
+          <t>33 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="0">
         <v>12701</v>
       </c>
       <c r="B1597" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell MS116 Black</t>
         </is>
       </c>
       <c r="C1597" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="0">
         <v>12702</v>
       </c>
       <c r="B1598" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell MS3320W Wireless Mouse Black</t>
         </is>
       </c>
       <c r="C1598" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="0">
         <v>12703</v>
       </c>
       <c r="B1599" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell MS3320W Wireless Mouse Titan Gray</t>
         </is>
       </c>
       <c r="C1599" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="0">
         <v>12704</v>
       </c>
       <c r="B1600" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell MS5320W Multi-Device Wireless Mouse Black</t>
         </is>
       </c>
       <c r="C1600" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="0">
         <v>12705</v>
       </c>
       <c r="B1601" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell WM615 Bluetooth</t>
         </is>
       </c>
       <c r="C1601" s="0" t="inlineStr">
         <is>
-          <t>749 000 UZS</t>
+          <t>749 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="0">
         <v>12706</v>
       </c>
       <c r="B1602" s="0" t="inlineStr">
         <is>
           <t>Мышь Dream Machines DM5 Blink Black</t>
         </is>
       </c>
       <c r="C1602" s="0" t="inlineStr">
         <is>
-          <t>456 000 UZS</t>
+          <t>456 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="0">
         <v>12707</v>
       </c>
       <c r="B1603" s="0" t="inlineStr">
         <is>
           <t>Мышь Dream Machines DM6 Holey Black</t>
         </is>
       </c>
       <c r="C1603" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="0">
         <v>12708</v>
       </c>
       <c r="B1604" s="0" t="inlineStr">
         <is>
           <t>Мышь Dream Machines DM6 Holey S Black</t>
         </is>
       </c>
       <c r="C1604" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="0">
         <v>12709</v>
       </c>
       <c r="B1605" s="0" t="inlineStr">
         <is>
           <t>Мышь HyperX Pulsefire Haste</t>
         </is>
       </c>
       <c r="C1605" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="0">
         <v>12710</v>
       </c>
       <c r="B1606" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech B100</t>
         </is>
       </c>
       <c r="C1606" s="0" t="inlineStr">
         <is>
-          <t>76 000 UZS</t>
+          <t>76 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="0">
         <v>12711</v>
       </c>
       <c r="B1607" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M185</t>
         </is>
       </c>
       <c r="C1607" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="0">
         <v>12712</v>
       </c>
       <c r="B1608" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M190</t>
         </is>
       </c>
       <c r="C1608" s="0" t="inlineStr">
         <is>
-          <t>119 000 UZS</t>
+          <t>119 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="0">
         <v>12713</v>
       </c>
       <c r="B1609" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M220</t>
         </is>
       </c>
       <c r="C1609" s="0" t="inlineStr">
         <is>
-          <t>244 000 UZS</t>
+          <t>244 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="0">
         <v>12714</v>
       </c>
       <c r="B1610" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M325</t>
         </is>
       </c>
       <c r="C1610" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="0">
         <v>12715</v>
       </c>
       <c r="B1611" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M330</t>
         </is>
       </c>
       <c r="C1611" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="0">
         <v>12716</v>
       </c>
       <c r="B1612" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M557</t>
         </is>
       </c>
       <c r="C1612" s="0" t="inlineStr">
         <is>
-          <t>326 000 UZS</t>
+          <t>326 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="0">
         <v>12717</v>
       </c>
       <c r="B1613" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M558</t>
         </is>
       </c>
       <c r="C1613" s="0" t="inlineStr">
         <is>
-          <t>336 000 UZS</t>
+          <t>336 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="0">
         <v>12718</v>
       </c>
       <c r="B1614" s="0" t="inlineStr">
         <is>
           <t>Мышь Rapoo M20</t>
         </is>
       </c>
       <c r="C1614" s="0" t="inlineStr">
         <is>
-          <t>81 000 UZS</t>
+          <t>81 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="0">
         <v>12719</v>
       </c>
       <c r="B1615" s="0" t="inlineStr">
         <is>
           <t>Мышь Rapoo N1200</t>
         </is>
       </c>
       <c r="C1615" s="0" t="inlineStr">
         <is>
-          <t>49 000 UZS</t>
+          <t>49 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="0">
         <v>12720</v>
       </c>
       <c r="B1616" s="0" t="inlineStr">
         <is>
           <t>Мышь Rapoo N300</t>
         </is>
       </c>
       <c r="C1616" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="0">
         <v>12721</v>
       </c>
       <c r="B1617" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer Basilisk V2 Black</t>
         </is>
       </c>
       <c r="C1617" s="0" t="inlineStr">
         <is>
-          <t>911 000 UZS</t>
+          <t>911 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="0">
         <v>12722</v>
       </c>
       <c r="B1618" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer DeathAdder V2</t>
         </is>
       </c>
       <c r="C1618" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="0">
         <v>12723</v>
       </c>
       <c r="B1619" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer Naga X Black</t>
         </is>
       </c>
       <c r="C1619" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="0">
         <v>12724</v>
       </c>
       <c r="B1620" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer Naga X Trinity</t>
         </is>
       </c>
       <c r="C1620" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 UZS</t>
+          <t>1 183 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="0">
         <v>12725</v>
       </c>
       <c r="B1621" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer Viper 8KHz Black</t>
         </is>
       </c>
       <c r="C1621" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="0">
         <v>12726</v>
       </c>
       <c r="B1622" s="0" t="inlineStr">
         <is>
           <t>Мышь Trust MaxTrack Wireless</t>
         </is>
       </c>
       <c r="C1622" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="0">
         <v>12727</v>
       </c>
       <c r="B1623" s="0" t="inlineStr">
         <is>
           <t>Мышь Trust Zaya Rechargeable</t>
         </is>
       </c>
       <c r="C1623" s="0" t="inlineStr">
         <is>
-          <t>141 000 UZS</t>
+          <t>141 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="0">
         <v>12728</v>
       </c>
       <c r="B1624" s="0" t="inlineStr">
         <is>
           <t>Мышь Trust Ziva Compact</t>
         </is>
       </c>
       <c r="C1624" s="0" t="inlineStr">
         <is>
-          <t>98 000 UZS</t>
+          <t>98 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="0">
         <v>12729</v>
       </c>
       <c r="B1625" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M4 RGB Glossy Gray</t>
         </is>
       </c>
       <c r="C1625" s="0" t="inlineStr">
         <is>
-          <t>705 000 UZS</t>
+          <t>705 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="0">
         <v>12730</v>
       </c>
       <c r="B1626" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M4 RGB Pink</t>
         </is>
       </c>
       <c r="C1626" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="0">
         <v>12731</v>
       </c>
       <c r="B1627" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M42 RGB USB Black</t>
         </is>
       </c>
       <c r="C1627" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="0">
         <v>12732</v>
       </c>
       <c r="B1628" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M42 RGB USB Miami Blue</t>
         </is>
       </c>
       <c r="C1628" s="0" t="inlineStr">
         <is>
-          <t>911 000 UZS</t>
+          <t>911 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="0">
         <v>12733</v>
       </c>
       <c r="B1629" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M42 RGB USB Retro</t>
         </is>
       </c>
       <c r="C1629" s="0" t="inlineStr">
         <is>
-          <t>966 000 UZS</t>
+          <t>966 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="0">
         <v>12734</v>
       </c>
       <c r="B1630" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M42 RGB USB White</t>
         </is>
       </c>
       <c r="C1630" s="0" t="inlineStr">
         <is>
-          <t>911 000 UZS</t>
+          <t>911 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="0">
         <v>12735</v>
       </c>
       <c r="B1631" s="0" t="inlineStr">
         <is>
           <t>Мышь для смартфона G3</t>
         </is>
       </c>
       <c r="C1631" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="0">
         <v>12738</v>
       </c>
       <c r="B1632" s="0" t="inlineStr">
         <is>
           <t>Набор отверток Xiaomi Mi Ratchet Screwdriver 16 в 1</t>
         </is>
       </c>
       <c r="C1632" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="0">
         <v>12739</v>
       </c>
       <c r="B1633" s="0" t="inlineStr">
         <is>
           <t>Набор отверток Xiaomi Mi x Wiha Precision Screwdriver</t>
         </is>
       </c>
       <c r="C1633" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="0">
         <v>12740</v>
       </c>
       <c r="B1634" s="0" t="inlineStr">
         <is>
           <t>Настольная лампа Remax LED Lamp RL-E270</t>
         </is>
       </c>
       <c r="C1634" s="0" t="inlineStr">
         <is>
-          <t>239 000 UZS</t>
+          <t>239 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="0">
         <v>12741</v>
       </c>
       <c r="B1635" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн Dell Dual Stand MDS19</t>
         </is>
       </c>
       <c r="C1635" s="0" t="inlineStr">
         <is>
-          <t>2 919 000 UZS</t>
+          <t>2 919 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="0">
         <v>12742</v>
       </c>
       <c r="B1636" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн Dell Single Arm Monitor MSA20</t>
         </is>
       </c>
       <c r="C1636" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 UZS</t>
+          <t>2 159 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="0">
         <v>12743</v>
       </c>
       <c r="B1637" s="0" t="inlineStr">
         <is>
           <t>Наушники Defender B525</t>
         </is>
       </c>
       <c r="C1637" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="0">
         <v>12744</v>
       </c>
       <c r="B1638" s="0" t="inlineStr">
         <is>
           <t>Наушники Defender B545</t>
         </is>
       </c>
       <c r="C1638" s="0" t="inlineStr">
         <is>
-          <t>184 000 UZS</t>
+          <t>184 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="0">
         <v>12745</v>
       </c>
       <c r="B1639" s="0" t="inlineStr">
         <is>
           <t>Наушники Defender B552</t>
         </is>
       </c>
       <c r="C1639" s="0" t="inlineStr">
         <is>
-          <t>174 000 UZS</t>
+          <t>174 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="0">
         <v>12746</v>
       </c>
       <c r="B1640" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech H111</t>
         </is>
       </c>
       <c r="C1640" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="0">
         <v>12747</v>
       </c>
       <c r="B1641" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics Backbeat 500 White</t>
         </is>
       </c>
       <c r="C1641" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="0">
         <v>12748</v>
       </c>
       <c r="B1642" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics Backbeat 500 Black</t>
         </is>
       </c>
       <c r="C1642" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="0">
         <v>12749</v>
       </c>
       <c r="B1643" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics HW251N</t>
         </is>
       </c>
       <c r="C1643" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="0">
         <v>12750</v>
       </c>
       <c r="B1644" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics HW261N</t>
         </is>
       </c>
       <c r="C1644" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="0">
         <v>12751</v>
       </c>
       <c r="B1645" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO H100</t>
         </is>
       </c>
       <c r="C1645" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="0">
         <v>12752</v>
       </c>
       <c r="B1646" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO H120</t>
         </is>
       </c>
       <c r="C1646" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="0">
         <v>12753</v>
       </c>
       <c r="B1647" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH310</t>
         </is>
       </c>
       <c r="C1647" s="0" t="inlineStr">
         <is>
-          <t>250 000 UZS</t>
+          <t>250 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="0">
         <v>12754</v>
       </c>
       <c r="B1648" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH510</t>
         </is>
       </c>
       <c r="C1648" s="0" t="inlineStr">
         <is>
-          <t>282 000 UZS</t>
+          <t>282 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="0">
         <v>12755</v>
       </c>
       <c r="B1649" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH600</t>
         </is>
       </c>
       <c r="C1649" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="0">
         <v>12756</v>
       </c>
       <c r="B1650" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH700</t>
         </is>
       </c>
       <c r="C1650" s="0" t="inlineStr">
         <is>
-          <t>277 000 UZS</t>
+          <t>277 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="0">
         <v>12757</v>
       </c>
       <c r="B1651" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH710</t>
         </is>
       </c>
       <c r="C1651" s="0" t="inlineStr">
         <is>
-          <t>336 000 UZS</t>
+          <t>336 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="0">
         <v>12758</v>
       </c>
       <c r="B1652" s="0" t="inlineStr">
         <is>
           <t>Наушники Razer BlackShark V2 X</t>
         </is>
       </c>
       <c r="C1652" s="0" t="inlineStr">
         <is>
-          <t>868 000 UZS</t>
+          <t>868 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="0">
         <v>12759</v>
       </c>
       <c r="B1653" s="0" t="inlineStr">
         <is>
           <t>Наушники Redragon Lamia 2</t>
         </is>
       </c>
       <c r="C1653" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="0">
         <v>12760</v>
       </c>
       <c r="B1654" s="0" t="inlineStr">
         <is>
           <t>Наушники Trust Primo</t>
         </is>
       </c>
       <c r="C1654" s="0" t="inlineStr">
         <is>
-          <t>125 000 UZS</t>
+          <t>125 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="0">
         <v>12761</v>
       </c>
       <c r="B1655" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Celeron 3060/ DDR3 4 GB/ 500GB HDD /15.6″ HD LED/DVD</t>
         </is>
       </c>
       <c r="C1655" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 UZS</t>
+          <t>3 798 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="0">
         <v>12762</v>
       </c>
       <c r="B1656" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer i5-1035G1 / 8GB DDR4 / HDD 1TB / DVD ROW нет / 15.6 HD LED / NVIDIA GeForce MX330 2GB</t>
         </is>
       </c>
       <c r="C1656" s="0" t="inlineStr">
         <is>
-          <t>6 944 000 UZS</t>
+          <t>6 944 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="0">
         <v>12763</v>
       </c>
       <c r="B1657" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Latitude 3510 i5-10210U / DDR4 8GB / HDD 1000GB / 15.6" IPS / Intel UHD Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1657" s="0" t="inlineStr">
         <is>
-          <t>9 212 000 UZS</t>
+          <t>9 212 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="0">
         <v>12764</v>
       </c>
       <c r="B1658" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Latitude 3510 i5-10210U / DDR4 8GB / SSD 256GB / 15.6" IPS / Intel UHD Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1658" s="0" t="inlineStr">
         <is>
-          <t>9 646 000 UZS</t>
+          <t>9 646 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="0">
         <v>12765</v>
       </c>
       <c r="B1659" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Latitude 3510 i5-10310U / DDR4 8GB / SSD 512GB / 15.6" IPS / Intel UHD Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1659" s="0" t="inlineStr">
         <is>
-          <t>10 839 000 UZS</t>
+          <t>10 839 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="0">
         <v>12766</v>
       </c>
       <c r="B1660" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Latitude 3510 i7-10510U / DDR4 8GB / SSD 256GB / 15.6" IPS / Intel UHD Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1660" s="0" t="inlineStr">
         <is>
-          <t>11 924 000 UZS</t>
+          <t>11 924 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="0">
         <v>12767</v>
       </c>
       <c r="B1661" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3400 i5-1135G7 / DDR4 8GB / SSD 256GB / 14" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1661" s="0" t="inlineStr">
         <is>
-          <t>7 584 000 UZS</t>
+          <t>7 584 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="0">
         <v>12768</v>
       </c>
       <c r="B1662" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3400 i5-1135G7 / DDR4 8GB / SSD 256GB+1000 HDD / 14" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1662" s="0" t="inlineStr">
         <is>
-          <t>8 127 000 UZS</t>
+          <t>8 127 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="0">
         <v>12769</v>
       </c>
       <c r="B1663" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3500 i5-1115G4 / DDR4 8GB / SSD 256GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1663" s="0" t="inlineStr">
         <is>
-          <t>7 367 000 UZS</t>
+          <t>7 367 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="0">
         <v>12770</v>
       </c>
       <c r="B1664" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3500 i5-1135G7 / DDR4 4GB / HDD 1000GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1664" s="0" t="inlineStr">
         <is>
-          <t>6 825 000 UZS</t>
+          <t>6 825 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="0">
         <v>12771</v>
       </c>
       <c r="B1665" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3500 i7-1165G7 / DDR4 16GB / SSD 512GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1665" s="0" t="inlineStr">
         <is>
-          <t>9 754 000 UZS</t>
+          <t>9 754 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="0">
         <v>12772</v>
       </c>
       <c r="B1666" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3500 i7-1165G7 / DDR4 8GB / SSD 512GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1666" s="0" t="inlineStr">
         <is>
-          <t>9 212 000 UZS</t>
+          <t>9 212 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="0">
         <v>12773</v>
       </c>
       <c r="B1667" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 5402 i5-1115G4 / DDR4 8GB / SSD 256GB / 14" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1667" s="0" t="inlineStr">
         <is>
-          <t>8 018 000 UZS</t>
+          <t>8 018 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="0">
         <v>12774</v>
       </c>
       <c r="B1668" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 5502 i3-1115G4/ DDR4 4GB / SSD 256GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1668" s="0" t="inlineStr">
         <is>
-          <t>7 042 000 UZS</t>
+          <t>7 042 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="0">
         <v>12775</v>
       </c>
       <c r="B1669" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5 10200H / DDR4 16GB / SSD 500GB / 15,6" IPS 144 Hz / GeForce GTX 1650Ti 4 GB / DVD нет</t>
         </is>
       </c>
       <c r="C1669" s="0" t="inlineStr">
         <is>
-          <t>10 622 000 UZS</t>
+          <t>10 622 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="0">
         <v>12776</v>
       </c>
       <c r="B1670" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5 10200H / DDR4 8GB / SSD 500GB / 15,6" IPS AG / GeForce GTX 1650 4 GB / DVD нет</t>
         </is>
       </c>
       <c r="C1670" s="0" t="inlineStr">
         <is>
-          <t>9 754 000 UZS</t>
+          <t>9 754 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="0">
         <v>12777</v>
       </c>
       <c r="B1671" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5-10300H / DDR4 16GB / SSD 500GB / 15,6" IPS 60 Hz/ GeForce RTX 2060 6 ГБ / DVD нет</t>
         </is>
       </c>
       <c r="C1671" s="0" t="inlineStr">
         <is>
-          <t>14 105 000 UZS</t>
+          <t>14 105 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="0">
         <v>12778</v>
       </c>
       <c r="B1672" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Intel Core i3 1005G1 /4GB DDR4/HDD 1TB/DVD ROW /15.6 HD LED</t>
         </is>
       </c>
       <c r="C1672" s="0" t="inlineStr">
         <is>
-          <t>4 774 000 UZS</t>
+          <t>4 774 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="0">
         <v>12779</v>
       </c>
       <c r="B1673" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer Panther Rage RGB DDR4 16gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1673" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 UZS</t>
+          <t>1 085 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="0">
         <v>12780</v>
       </c>
       <c r="B1674" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Corsair Vengeance RGB Pro 16 Gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1674" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="0">
         <v>12781</v>
       </c>
       <c r="B1675" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Corsair Vengeance RGB Pro 32 GB (2x16gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1675" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="0">
         <v>12782</v>
       </c>
       <c r="B1676" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston SoDDR4 16gb 2666Mhz</t>
         </is>
       </c>
       <c r="C1676" s="0" t="inlineStr">
         <is>
-          <t>749 000 UZS</t>
+          <t>749 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="0">
         <v>12783</v>
       </c>
       <c r="B1677" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TwinMos SoDDR4 16GB 2400Mhz</t>
         </is>
       </c>
       <c r="C1677" s="0" t="inlineStr">
         <is>
-          <t>781 000 UZS</t>
+          <t>781 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="0">
         <v>12784</v>
       </c>
       <c r="B1678" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Lexar SoDDR4 8GB 2666Mhz</t>
         </is>
       </c>
       <c r="C1678" s="0" t="inlineStr">
         <is>
-          <t>412 000 UZS</t>
+          <t>412 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="0">
         <v>12785</v>
       </c>
       <c r="B1679" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Dark-Z Red DDR4 64gb (2x32gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1679" s="0" t="inlineStr">
         <is>
-          <t>3 743 000 UZS</t>
+          <t>3 743 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="0">
         <v>12786</v>
       </c>
       <c r="B1680" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Delta RGB DDR4 16gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1680" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="0">
         <v>12787</v>
       </c>
       <c r="B1681" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Delta TUF RGB DDR4 16gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1681" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="0">
         <v>12788</v>
       </c>
       <c r="B1682" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Delta TUF RGB DDR4 64gb (2x32gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1682" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 UZS</t>
+          <t>3 798 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="0">
         <v>12789</v>
       </c>
       <c r="B1683" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Extreem ARGB DDR4 16gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1683" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 UZS</t>
+          <t>1 519 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="0">
         <v>12790</v>
       </c>
       <c r="B1684" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Vulcan DDR4 32gb (2x16gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1684" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 UZS</t>
+          <t>1 953 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="0">
         <v>12791</v>
       </c>
       <c r="B1685" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TwinMos SoDDR4 4GB 2666Mhz</t>
         </is>
       </c>
       <c r="C1685" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="0">
         <v>12792</v>
       </c>
       <c r="B1686" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TwinMos SoDDR4 8GB 2666Mhz</t>
         </is>
       </c>
       <c r="C1686" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="0">
         <v>12793</v>
       </c>
       <c r="B1687" s="0" t="inlineStr">
         <is>
           <t>Оптический привод Asus 24x DVD-RW SATA Внутренний BOX Original</t>
         </is>
       </c>
       <c r="C1687" s="0" t="inlineStr">
         <is>
-          <t>206 000 UZS</t>
+          <t>206 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="0">
         <v>12794</v>
       </c>
       <c r="B1688" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер HP Pro G4 290</t>
         </is>
       </c>
       <c r="C1688" s="0" t="inlineStr">
         <is>
-          <t>7 378 000 UZS</t>
+          <t>7 378 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="0">
         <v>12795</v>
       </c>
       <c r="B1689" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте</t>
         </is>
       </c>
       <c r="C1689" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 UZS</t>
+          <t>2 713 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="0">
         <v>12796</v>
       </c>
       <c r="B1690" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 1</t>
         </is>
       </c>
       <c r="C1690" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 UZS</t>
+          <t>2 062 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="0">
         <v>12797</v>
       </c>
       <c r="B1691" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 2</t>
         </is>
       </c>
       <c r="C1691" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 UZS</t>
+          <t>2 170 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="0">
         <v>12798</v>
       </c>
       <c r="B1692" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 3</t>
         </is>
       </c>
       <c r="C1692" s="0" t="inlineStr">
         <is>
-          <t>2 821 000 UZS</t>
+          <t>2 821 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="0">
         <v>12799</v>
       </c>
       <c r="B1693" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 4</t>
         </is>
       </c>
       <c r="C1693" s="0" t="inlineStr">
         <is>
-          <t>4 828 000 UZS</t>
+          <t>4 828 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="0">
         <v>12800</v>
       </c>
       <c r="B1694" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 5</t>
         </is>
       </c>
       <c r="C1694" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 UZS</t>
+          <t>3 526 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="0">
         <v>12801</v>
       </c>
       <c r="B1695" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 6</t>
         </is>
       </c>
       <c r="C1695" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 UZS</t>
+          <t>3 526 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="0">
         <v>12802</v>
       </c>
       <c r="B1696" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 7</t>
         </is>
       </c>
       <c r="C1696" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="0">
         <v>12803</v>
       </c>
       <c r="B1697" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 8</t>
         </is>
       </c>
       <c r="C1697" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="0">
         <v>12804</v>
       </c>
       <c r="B1698" s="0" t="inlineStr">
         <is>
           <t>Печатающая головка HP Printhead Kit (3YP61AE)</t>
         </is>
       </c>
       <c r="C1698" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="0">
         <v>12805</v>
       </c>
       <c r="B1699" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma G2420 (3в1 цветной струйный) МФУ</t>
         </is>
       </c>
       <c r="C1699" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 UZS</t>
+          <t>1 899 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="0">
         <v>12806</v>
       </c>
       <c r="B1700" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma G3420 (3в1 цветной струйный) МФУ</t>
         </is>
       </c>
       <c r="C1700" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 UZS</t>
+          <t>2 007 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="0">
         <v>12807</v>
       </c>
       <c r="B1701" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageClass MF3010</t>
         </is>
       </c>
       <c r="C1701" s="0" t="inlineStr">
         <is>
-          <t>2 354 000 UZS</t>
+          <t>2 354 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="0">
         <v>12808</v>
       </c>
       <c r="B1702" s="0" t="inlineStr">
         <is>
           <t>МФУ Pantum M6500</t>
         </is>
       </c>
       <c r="C1702" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="0">
         <v>12809</v>
       </c>
       <c r="B1703" s="0" t="inlineStr">
         <is>
           <t>Принтер МФУ Pantum M6500W c Wi Fi</t>
         </is>
       </c>
       <c r="C1703" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 UZS</t>
+          <t>2 051 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="0">
         <v>12810</v>
       </c>
       <c r="B1704" s="0" t="inlineStr">
         <is>
           <t>Принтер МФУ Pantum M7100DN</t>
         </is>
       </c>
       <c r="C1704" s="0" t="inlineStr">
         <is>
-          <t>2 919 000 UZS</t>
+          <t>2 919 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="0">
         <v>12811</v>
       </c>
       <c r="B1705" s="0" t="inlineStr">
         <is>
           <t>Проектор Optoma S-334</t>
         </is>
       </c>
       <c r="C1705" s="0" t="inlineStr">
         <is>
-          <t>3 147 000 UZS</t>
+          <t>3 147 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="0">
         <v>12812</v>
       </c>
       <c r="B1706" s="0" t="inlineStr">
         <is>
           <t>Проектор ViewSonic PA503S</t>
         </is>
       </c>
       <c r="C1706" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="0">
         <v>12813</v>
       </c>
       <c r="B1707" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 5 3600 3,8GHz</t>
         </is>
       </c>
       <c r="C1707" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="0">
         <v>12814</v>
       </c>
       <c r="B1708" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 5 5600 3,7GHz</t>
         </is>
       </c>
       <c r="C1708" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 UZS</t>
+          <t>4 123 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="0">
         <v>12815</v>
       </c>
       <c r="B1709" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 7 1700 3,7GHz</t>
         </is>
       </c>
       <c r="C1709" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="0">
         <v>12816</v>
       </c>
       <c r="B1710" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 9 3900 3,8GHz</t>
         </is>
       </c>
       <c r="C1710" s="0" t="inlineStr">
         <is>
-          <t>6 185 000 UZS</t>
+          <t>6 185 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="0">
         <v>12817</v>
       </c>
       <c r="B1711" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 9 5900X 3,7GHz</t>
         </is>
       </c>
       <c r="C1711" s="0" t="inlineStr">
         <is>
-          <t>8 680 000 UZS</t>
+          <t>8 680 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="0">
         <v>12818</v>
       </c>
       <c r="B1712" s="0" t="inlineStr">
         <is>
           <t>Процессор Intel Celeron G1610</t>
         </is>
       </c>
       <c r="C1712" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="0">
         <v>12819</v>
       </c>
       <c r="B1713" s="0" t="inlineStr">
         <is>
           <t>Процессор Intel Core i3-2100</t>
         </is>
       </c>
       <c r="C1713" s="0" t="inlineStr">
         <is>
-          <t>217 000 UZS</t>
+          <t>217 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="0">
         <v>12820</v>
       </c>
       <c r="B1714" s="0" t="inlineStr">
         <is>
           <t>Процессор Intel Core i5-4460</t>
         </is>
       </c>
       <c r="C1714" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="0">
         <v>12821</v>
       </c>
       <c r="B1715" s="0" t="inlineStr">
         <is>
           <t>Процессор Intel Pentium G630</t>
         </is>
       </c>
       <c r="C1715" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="0">
         <v>12822</v>
       </c>
       <c r="B1716" s="0" t="inlineStr">
         <is>
           <t>Радиотелефон Panasonic KX-PRS110UAW</t>
         </is>
       </c>
       <c r="C1716" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="0">
         <v>12823</v>
       </c>
       <c r="B1717" s="0" t="inlineStr">
         <is>
           <t>Радиотелефон Panasonic KX-TG6811UAB</t>
         </is>
       </c>
       <c r="C1717" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="0">
         <v>12824</v>
       </c>
       <c r="B1718" s="0" t="inlineStr">
         <is>
           <t>Радиотелефон Panasonic KX-TG6811UAM</t>
         </is>
       </c>
       <c r="C1718" s="0" t="inlineStr">
         <is>
-          <t>391 000 UZS</t>
+          <t>391 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="0">
         <v>12825</v>
       </c>
       <c r="B1719" s="0" t="inlineStr">
         <is>
           <t>Радиотелефон Panasonic KX-TG6821UAB</t>
         </is>
       </c>
       <c r="C1719" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="0">
         <v>12826</v>
       </c>
       <c r="B1720" s="0" t="inlineStr">
         <is>
           <t>Ремешок Xiaomi Mi Band 3</t>
         </is>
       </c>
       <c r="C1720" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="0">
         <v>12827</v>
       </c>
       <c r="B1721" s="0" t="inlineStr">
         <is>
           <t>Рюкзак 2E BPN9004BK 16" Black</t>
         </is>
       </c>
       <c r="C1721" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="0">
         <v>12828</v>
       </c>
       <c r="B1722" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Gaming Backpack 17" GM1720PM</t>
         </is>
       </c>
       <c r="C1722" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 UZS</t>
+          <t>1 074 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="0">
         <v>12829</v>
       </c>
       <c r="B1723" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Gaming Lite Backpack 17" GM1720PE</t>
         </is>
       </c>
       <c r="C1723" s="0" t="inlineStr">
         <is>
-          <t>521 000 UZS</t>
+          <t>521 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="0">
         <v>12830</v>
       </c>
       <c r="B1724" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Pro Backpack 15"</t>
         </is>
       </c>
       <c r="C1724" s="0" t="inlineStr">
         <is>
-          <t>640 000 UZS</t>
+          <t>640 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="0">
         <v>12831</v>
       </c>
       <c r="B1725" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Pro Backpack 17"</t>
         </is>
       </c>
       <c r="C1725" s="0" t="inlineStr">
         <is>
-          <t>857 000 UZS</t>
+          <t>857 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="0">
         <v>12832</v>
       </c>
       <c r="B1726" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Pro Hybrid Briefcase Backpack 15 PO1521HB</t>
         </is>
       </c>
       <c r="C1726" s="0" t="inlineStr">
         <is>
-          <t>922 000 UZS</t>
+          <t>922 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="0">
         <v>12833</v>
       </c>
       <c r="B1727" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Pro Slim Backpack 15"</t>
         </is>
       </c>
       <c r="C1727" s="0" t="inlineStr">
         <is>
-          <t>543 000 UZS</t>
+          <t>543 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="0">
         <v>12834</v>
       </c>
       <c r="B1728" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Xiaomi Mi Sling Backpack</t>
         </is>
       </c>
       <c r="C1728" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="0">
         <v>12835</v>
       </c>
       <c r="B1729" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS1520+</t>
         </is>
       </c>
       <c r="C1729" s="0" t="inlineStr">
         <is>
-          <t>9 754 000 UZS</t>
+          <t>9 754 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="0">
         <v>12836</v>
       </c>
       <c r="B1730" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS1821+</t>
         </is>
       </c>
       <c r="C1730" s="0" t="inlineStr">
         <is>
-          <t>13 009 000 UZS</t>
+          <t>13 009 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="0">
         <v>12837</v>
       </c>
       <c r="B1731" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS218</t>
         </is>
       </c>
       <c r="C1731" s="0" t="inlineStr">
         <is>
-          <t>4 329 000 UZS</t>
+          <t>4 329 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="0">
         <v>12838</v>
       </c>
       <c r="B1732" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS220j</t>
         </is>
       </c>
       <c r="C1732" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 UZS</t>
+          <t>2 496 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="0">
         <v>12839</v>
       </c>
       <c r="B1733" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS418</t>
         </is>
       </c>
       <c r="C1733" s="0" t="inlineStr">
         <is>
-          <t>5 414 000 UZS</t>
+          <t>5 414 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="0">
         <v>12840</v>
       </c>
       <c r="B1734" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS920+</t>
         </is>
       </c>
       <c r="C1734" s="0" t="inlineStr">
         <is>
-          <t>7 432 000 UZS</t>
+          <t>7 432 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="0">
         <v>12841</v>
       </c>
       <c r="B1735" s="0" t="inlineStr">
         <is>
           <t>Система контроля давления Xiaomi 70Mai Tire Pressure Monitor TPMS</t>
         </is>
       </c>
       <c r="C1735" s="0" t="inlineStr">
         <is>
-          <t>738 000 UZS</t>
+          <t>738 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="0">
         <v>12842</v>
       </c>
       <c r="B1736" s="0" t="inlineStr">
         <is>
           <t>Сканер Canon LiDE 220</t>
         </is>
       </c>
       <c r="C1736" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 UZS</t>
+          <t>1 248 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="0">
         <v>12843</v>
       </c>
       <c r="B1737" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN315 16″ Burgundy</t>
         </is>
       </c>
       <c r="C1737" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="0">
         <v>12844</v>
       </c>
       <c r="B1738" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN315BK 16" Black</t>
         </is>
       </c>
       <c r="C1738" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="0">
         <v>12845</v>
       </c>
       <c r="B1739" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN315GY 16" Gray</t>
         </is>
       </c>
       <c r="C1739" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="0">
         <v>12846</v>
       </c>
       <c r="B1740" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN317BK 17" Black</t>
         </is>
       </c>
       <c r="C1740" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="0">
         <v>12847</v>
       </c>
       <c r="B1741" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN415BK 15.6" Black</t>
         </is>
       </c>
       <c r="C1741" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="0">
         <v>12848</v>
       </c>
       <c r="B1742" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN516BK 16" Black</t>
         </is>
       </c>
       <c r="C1742" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="0">
         <v>12849</v>
       </c>
       <c r="B1743" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN516GR 16" Grey</t>
         </is>
       </c>
       <c r="C1743" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="0">
         <v>12850</v>
       </c>
       <c r="B1744" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN616BK 16" Black</t>
         </is>
       </c>
       <c r="C1744" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="0">
         <v>12851</v>
       </c>
       <c r="B1745" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP68506BK 16" Strict Grey</t>
         </is>
       </c>
       <c r="C1745" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="0">
         <v>12852</v>
       </c>
       <c r="B1746" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP716BK 16" Black</t>
         </is>
       </c>
       <c r="C1746" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="0">
         <v>12853</v>
       </c>
       <c r="B1747" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP9085BK 16" Slant Black-Gray</t>
         </is>
       </c>
       <c r="C1747" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="0">
         <v>12854</v>
       </c>
       <c r="B1748" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP9175BK 16" Urban Groove Black</t>
         </is>
       </c>
       <c r="C1748" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="0">
         <v>12855</v>
       </c>
       <c r="B1749" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP9198BK 16" CrossSquares Black</t>
         </is>
       </c>
       <c r="C1749" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="0">
         <v>12856</v>
       </c>
       <c r="B1750" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука Dell Pro Briefcase 15 PO1520C</t>
         </is>
       </c>
       <c r="C1750" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="0">
         <v>12857</v>
       </c>
       <c r="B1751" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука Dell Pro Slim Briefcase 15 PO1520CS</t>
         </is>
       </c>
       <c r="C1751" s="0" t="inlineStr">
         <is>
-          <t>532 000 UZS</t>
+          <t>532 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="0">
         <v>12858</v>
       </c>
       <c r="B1752" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Adata SU650 120GB</t>
         </is>
       </c>
       <c r="C1752" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="0">
         <v>12859</v>
       </c>
       <c r="B1753" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer AS340 PANTHER 220GB</t>
         </is>
       </c>
       <c r="C1753" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="0">
         <v>12860</v>
       </c>
       <c r="B1754" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Crucial BX500 480GB</t>
         </is>
       </c>
       <c r="C1754" s="0" t="inlineStr">
         <is>
-          <t>608 000 UZS</t>
+          <t>608 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="0">
         <v>12861</v>
       </c>
       <c r="B1755" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision 240GB</t>
         </is>
       </c>
       <c r="C1755" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="0">
         <v>12862</v>
       </c>
       <c r="B1756" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision m.2 Nvme 128GB</t>
         </is>
       </c>
       <c r="C1756" s="0" t="inlineStr">
         <is>
-          <t>315 000 UZS</t>
+          <t>315 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="0">
         <v>12863</v>
       </c>
       <c r="B1757" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston SA1000 m.2 Nvme 240GB</t>
         </is>
       </c>
       <c r="C1757" s="0" t="inlineStr">
         <is>
-          <t>445 000 UZS</t>
+          <t>445 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="0">
         <v>12864</v>
       </c>
       <c r="B1758" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar 120GB</t>
         </is>
       </c>
       <c r="C1758" s="0" t="inlineStr">
         <is>
-          <t>260 000 UZS</t>
+          <t>260 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="0">
         <v>12865</v>
       </c>
       <c r="B1759" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar NM100 m.2 Nvme 256GB</t>
         </is>
       </c>
       <c r="C1759" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="0">
         <v>12866</v>
       </c>
       <c r="B1760" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar NM610 m.2 Nvme 250GB</t>
         </is>
       </c>
       <c r="C1760" s="0" t="inlineStr">
         <is>
-          <t>477 000 UZS</t>
+          <t>477 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="0">
         <v>12867</v>
       </c>
       <c r="B1761" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar NM610 m.2 Nvme 500GB</t>
         </is>
       </c>
       <c r="C1761" s="0" t="inlineStr">
         <is>
-          <t>673 000 UZS</t>
+          <t>673 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="0">
         <v>12868</v>
       </c>
       <c r="B1762" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Netac m.2 Nvme 256GB</t>
         </is>
       </c>
       <c r="C1762" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="0">
         <v>12869</v>
       </c>
       <c r="B1763" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Oscoo m.2 Nvme 128GB</t>
         </is>
       </c>
       <c r="C1763" s="0" t="inlineStr">
         <is>
-          <t>293 000 UZS</t>
+          <t>293 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="0">
         <v>12870</v>
       </c>
       <c r="B1764" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Oscoo m.2 Nvme 256GB</t>
         </is>
       </c>
       <c r="C1764" s="0" t="inlineStr">
         <is>
-          <t>434 000 UZS</t>
+          <t>434 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="0">
         <v>12871</v>
       </c>
       <c r="B1765" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD PNY CS900 120GB</t>
         </is>
       </c>
       <c r="C1765" s="0" t="inlineStr">
         <is>
-          <t>618 000 UZS</t>
+          <t>618 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="0">
         <v>12872</v>
       </c>
       <c r="B1766" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD TwinMos 128GB</t>
         </is>
       </c>
       <c r="C1766" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="0">
         <v>12873</v>
       </c>
       <c r="B1767" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD TwinMos 256GB</t>
         </is>
       </c>
       <c r="C1767" s="0" t="inlineStr">
         <is>
-          <t>347 000 UZS</t>
+          <t>347 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="0">
         <v>12874</v>
       </c>
       <c r="B1768" s="0" t="inlineStr">
         <is>
           <t>Тонер HP Neverstop Laser 103A</t>
         </is>
       </c>
       <c r="C1768" s="0" t="inlineStr">
         <is>
-          <t>152 000 UZS</t>
+          <t>152 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="0">
         <v>12875</v>
       </c>
       <c r="B1769" s="0" t="inlineStr">
         <is>
           <t>Тонер Pantum PC-211EV</t>
         </is>
       </c>
       <c r="C1769" s="0" t="inlineStr">
         <is>
-          <t>488 000 UZS</t>
+          <t>488 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="0">
         <v>12876</v>
       </c>
       <c r="B1770" s="0" t="inlineStr">
         <is>
           <t>Умные часы Haylou Solar LS05-1 Black</t>
         </is>
       </c>
       <c r="C1770" s="0" t="inlineStr">
         <is>
-          <t>380 000 UZS</t>
+          <t>380 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="0">
         <v>12877</v>
       </c>
       <c r="B1771" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit GTS Black</t>
         </is>
       </c>
       <c r="C1771" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="0">
         <v>12878</v>
       </c>
       <c r="B1772" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit GTS Lava Grey</t>
         </is>
       </c>
       <c r="C1772" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="0">
         <v>12879</v>
       </c>
       <c r="B1773" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Verge White</t>
         </is>
       </c>
       <c r="C1773" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 UZS</t>
+          <t>1 194 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="0">
         <v>12880</v>
       </c>
       <c r="B1774" s="0" t="inlineStr">
         <is>
           <t>Фотобарабан HP Neverstop W1104A</t>
         </is>
       </c>
       <c r="C1774" s="0" t="inlineStr">
         <is>
-          <t>814 000 UZS</t>
+          <t>814 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="0">
         <v>12881</v>
       </c>
       <c r="B1775" s="0" t="inlineStr">
         <is>
           <t>Чернила HP Cyan GT52</t>
         </is>
       </c>
       <c r="C1775" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="0">
         <v>12882</v>
       </c>
       <c r="B1776" s="0" t="inlineStr">
         <is>
           <t>Чернила HP Magenta GT52</t>
         </is>
       </c>
       <c r="C1776" s="0" t="inlineStr">
         <is>
-          <t>130 000 UZS</t>
+          <t>130 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="0">
         <v>12883</v>
       </c>
       <c r="B1777" s="0" t="inlineStr">
         <is>
           <t>Чернила Pantum TN-210</t>
         </is>
       </c>
       <c r="C1777" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="0">
         <v>12884</v>
       </c>
       <c r="B1778" s="0" t="inlineStr">
         <is>
           <t>Чернила Pantum TN-420X</t>
         </is>
       </c>
       <c r="C1778" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="0">
         <v>12885</v>
       </c>
       <c r="B1779" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot Kickscooter Max G30P</t>
         </is>
       </c>
       <c r="C1779" s="0" t="inlineStr">
         <is>
-          <t>7 999 000 UZS</t>
+          <t>7 999 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="0">
         <v>12886</v>
       </c>
       <c r="B1780" s="0" t="inlineStr">
         <is>
           <t>Кабель HDMI 5 метров</t>
         </is>
       </c>
       <c r="C1780" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="0">
         <v>12887</v>
       </c>
       <c r="B1781" s="0" t="inlineStr">
         <is>
           <t>Патч корд 3 метра</t>
         </is>
       </c>
       <c r="C1781" s="0" t="inlineStr">
         <is>
-          <t>22 000 UZS</t>
+          <t>22 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="0">
         <v>12888</v>
       </c>
       <c r="B1782" s="0" t="inlineStr">
         <is>
           <t>Сетевой тестер</t>
         </is>
       </c>
       <c r="C1782" s="0" t="inlineStr">
         <is>
-          <t>87 000 UZS</t>
+          <t>87 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="0">
         <v>12889</v>
       </c>
       <c r="B1783" s="0" t="inlineStr">
         <is>
           <t>Кабель SATA Питания</t>
         </is>
       </c>
       <c r="C1783" s="0" t="inlineStr">
         <is>
-          <t>5 000 UZS</t>
+          <t>5 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="0">
         <v>12890</v>
       </c>
       <c r="B1784" s="0" t="inlineStr">
         <is>
           <t>Шлейф SATA</t>
         </is>
       </c>
       <c r="C1784" s="0" t="inlineStr">
         <is>
-          <t>5 000 UZS</t>
+          <t>5 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="0">
         <v>12891</v>
       </c>
       <c r="B1785" s="0" t="inlineStr">
         <is>
           <t>Кабель VGA 1,5м</t>
         </is>
       </c>
       <c r="C1785" s="0" t="inlineStr">
         <is>
-          <t>27 000 UZS</t>
+          <t>27 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="0">
         <v>12892</v>
       </c>
       <c r="B1786" s="0" t="inlineStr">
         <is>
           <t>Кабель VGA 3м</t>
         </is>
       </c>
       <c r="C1786" s="0" t="inlineStr">
         <is>
-          <t>38 000 UZS</t>
+          <t>38 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="0">
         <v>12893</v>
       </c>
       <c r="B1787" s="0" t="inlineStr">
         <is>
           <t>Кабель VGA 5м</t>
         </is>
       </c>
       <c r="C1787" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="0">
         <v>12894</v>
       </c>
       <c r="B1788" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Air 2SE</t>
         </is>
       </c>
       <c r="C1788" s="0" t="inlineStr">
         <is>
-          <t>271 000 UZS</t>
+          <t>271 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="0">
         <v>12895</v>
       </c>
       <c r="B1789" s="0" t="inlineStr">
         <is>
           <t>Веб камера AverMedia PW313</t>
         </is>
       </c>
       <c r="C1789" s="0" t="inlineStr">
         <is>
-          <t>597 000 UZS</t>
+          <t>597 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="0">
         <v>12896</v>
       </c>
       <c r="B1790" s="0" t="inlineStr">
         <is>
           <t>Веб камера Hikvision DS-U12</t>
         </is>
       </c>
       <c r="C1790" s="0" t="inlineStr">
         <is>
-          <t>564 000 UZS</t>
+          <t>564 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="0">
         <v>12897</v>
       </c>
       <c r="B1791" s="0" t="inlineStr">
         <is>
           <t>Веб камера Hikvision DS-U18</t>
         </is>
       </c>
       <c r="C1791" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="0">
         <v>12898</v>
       </c>
       <c r="B1792" s="0" t="inlineStr">
         <is>
           <t>Веб камера Kisonli 720 HD</t>
         </is>
       </c>
       <c r="C1792" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="0">
         <v>12899</v>
       </c>
       <c r="B1793" s="0" t="inlineStr">
         <is>
           <t>Веб камера Logitech C920</t>
         </is>
       </c>
       <c r="C1793" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 UZS</t>
+          <t>1 085 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="0">
         <v>12900</v>
       </c>
       <c r="B1794" s="0" t="inlineStr">
         <is>
           <t>Веб камера Logitech C922</t>
         </is>
       </c>
       <c r="C1794" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 UZS</t>
+          <t>1 628 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="0">
         <v>12901</v>
       </c>
       <c r="B1795" s="0" t="inlineStr">
         <is>
           <t>Веб камера Rapoo C260</t>
         </is>
       </c>
       <c r="C1795" s="0" t="inlineStr">
         <is>
-          <t>304 000 UZS</t>
+          <t>304 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="0">
         <v>12905</v>
       </c>
       <c r="B1796" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ARKTEK GTX 1050 TI 4GB</t>
         </is>
       </c>
       <c r="C1796" s="0" t="inlineStr">
         <is>
-          <t>2 441 000 UZS</t>
+          <t>2 441 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="0">
         <v>12906</v>
       </c>
       <c r="B1797" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GeForce GTX 1050 Ti StormX 4gb</t>
         </is>
       </c>
       <c r="C1797" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 UZS</t>
+          <t>2 713 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="0">
         <v>12907</v>
       </c>
       <c r="B1798" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ZOTAC GeForce GT 1030 2GB</t>
         </is>
       </c>
       <c r="C1798" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 UZS</t>
+          <t>1 139 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="0">
         <v>12908</v>
       </c>
       <c r="B1799" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Redmi Power Bank 20000mAh</t>
         </is>
       </c>
       <c r="C1799" s="0" t="inlineStr">
         <is>
-          <t>228 000 UZS</t>
+          <t>228 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="0">
         <v>12909</v>
       </c>
       <c r="B1800" s="0" t="inlineStr">
         <is>
           <t>Защитная маска-респиратор Xiaomi Smartmi Light Breathing Mask</t>
         </is>
       </c>
       <c r="C1800" s="0" t="inlineStr">
         <is>
-          <t>54 000 UZS</t>
+          <t>54 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="0">
         <v>12910</v>
       </c>
       <c r="B1801" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 TKL RGB Kailh Red</t>
         </is>
       </c>
       <c r="C1801" s="0" t="inlineStr">
         <is>
-          <t>1 219 000 UZS</t>
+          <t>1 219 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="0">
         <v>12911</v>
       </c>
       <c r="B1802" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK120</t>
         </is>
       </c>
       <c r="C1802" s="0" t="inlineStr">
         <is>
-          <t>195 000 UZS</t>
+          <t>195 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="0">
         <v>12912</v>
       </c>
       <c r="B1803" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Admiral Black</t>
         </is>
       </c>
       <c r="C1803" s="0" t="inlineStr">
         <is>
-          <t>2 268 000 UZS</t>
+          <t>2 268 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="0">
         <v>12913</v>
       </c>
       <c r="B1804" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Admiral Black-Blue</t>
         </is>
       </c>
       <c r="C1804" s="0" t="inlineStr">
         <is>
-          <t>2 268 000 UZS</t>
+          <t>2 268 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="0">
         <v>12914</v>
       </c>
       <c r="B1805" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Admiral Black-Red</t>
         </is>
       </c>
       <c r="C1805" s="0" t="inlineStr">
         <is>
-          <t>2 268 000 UZS</t>
+          <t>2 268 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="0">
         <v>12915</v>
       </c>
       <c r="B1806" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Admiral Black-White</t>
         </is>
       </c>
       <c r="C1806" s="0" t="inlineStr">
         <is>
-          <t>2 268 000 UZS</t>
+          <t>2 268 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="0">
         <v>12916</v>
       </c>
       <c r="B1807" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Baron Iron Black</t>
         </is>
       </c>
       <c r="C1807" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="0">
         <v>12917</v>
       </c>
       <c r="B1808" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Baron Steel Blue</t>
         </is>
       </c>
       <c r="C1808" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="0">
         <v>12918</v>
       </c>
       <c r="B1809" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Duke Tan Grey</t>
         </is>
       </c>
       <c r="C1809" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 UZS</t>
+          <t>2 496 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="0">
         <v>12919</v>
       </c>
       <c r="B1810" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Knight Steel Blue</t>
         </is>
       </c>
       <c r="C1810" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 UZS</t>
+          <t>2 387 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="0">
         <v>12920</v>
       </c>
       <c r="B1811" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Kappa Black</t>
         </is>
       </c>
       <c r="C1811" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="0">
         <v>12921</v>
       </c>
       <c r="B1812" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Kappa Black-Blue</t>
         </is>
       </c>
       <c r="C1812" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="0">
         <v>12922</v>
       </c>
       <c r="B1813" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Kappa Black-Green</t>
         </is>
       </c>
       <c r="C1813" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="0">
         <v>12923</v>
       </c>
       <c r="B1814" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Kappa Black-Red</t>
         </is>
       </c>
       <c r="C1814" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="0">
         <v>12924</v>
       </c>
       <c r="B1815" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Office Black</t>
         </is>
       </c>
       <c r="C1815" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="0">
         <v>12925</v>
       </c>
       <c r="B1816" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Office Black-White</t>
         </is>
       </c>
       <c r="C1816" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="0">
         <v>12926</v>
       </c>
       <c r="B1817" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Office Brown</t>
         </is>
       </c>
       <c r="C1817" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="0">
         <v>12927</v>
       </c>
       <c r="B1818" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Racing Black</t>
         </is>
       </c>
       <c r="C1818" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="0">
         <v>12928</v>
       </c>
       <c r="B1819" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Racing Black-Green</t>
         </is>
       </c>
       <c r="C1819" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="0">
         <v>12929</v>
       </c>
       <c r="B1820" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Vega Black</t>
         </is>
       </c>
       <c r="C1820" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="0">
         <v>12930</v>
       </c>
       <c r="B1821" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Vega Black-Blue</t>
         </is>
       </c>
       <c r="C1821" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="0">
         <v>12931</v>
       </c>
       <c r="B1822" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Vega Black-Green</t>
         </is>
       </c>
       <c r="C1822" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="0">
         <v>12932</v>
       </c>
       <c r="B1823" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Vega Black-Orange</t>
         </is>
       </c>
       <c r="C1823" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="0">
         <v>12933</v>
       </c>
       <c r="B1824" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое ThunderX3 TC3 All Black</t>
         </is>
       </c>
       <c r="C1824" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="0">
         <v>12934</v>
       </c>
       <c r="B1825" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое ThunderX3 TC3 Arctic White</t>
         </is>
       </c>
       <c r="C1825" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 UZS</t>
+          <t>2 116 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="0">
         <v>12935</v>
       </c>
       <c r="B1826" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое ThunderX3 TC5 Jet Black Latex</t>
         </is>
       </c>
       <c r="C1826" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 UZS</t>
+          <t>2 550 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="0">
         <v>12936</v>
       </c>
       <c r="B1827" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z490 GAMING X</t>
         </is>
       </c>
       <c r="C1827" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 UZS</t>
+          <t>2 279 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="0">
         <v>12937</v>
       </c>
       <c r="B1828" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 TOMAHAWK MAX</t>
         </is>
       </c>
       <c r="C1828" s="0" t="inlineStr">
         <is>
-          <t>1 269 000 UZS</t>
+          <t>1 269 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="0">
         <v>12938</v>
       </c>
       <c r="B1829" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI H310M PRO-VDH PLUS</t>
         </is>
       </c>
       <c r="C1829" s="0" t="inlineStr">
         <is>
-          <t>629 000 UZS</t>
+          <t>629 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="0">
         <v>12939</v>
       </c>
       <c r="B1830" s="0" t="inlineStr">
         <is>
           <t>Микрофон HyperX Solo Cast</t>
         </is>
       </c>
       <c r="C1830" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="0">
         <v>12940</v>
       </c>
       <c r="B1831" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LC27T550FDI 27" Curved</t>
         </is>
       </c>
       <c r="C1831" s="0" t="inlineStr">
         <is>
-          <t>3 147 000 UZS</t>
+          <t>3 147 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="0">
         <v>12941</v>
       </c>
       <c r="B1832" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Travelmate / Celeron N4120 / 4GB DDR3 / HDD 64GB + SSD 128GB / DVD ROW нет / 11.6 HD LED / Intel UHD Graphics</t>
         </is>
       </c>
       <c r="C1832" s="0" t="inlineStr">
         <is>
-          <t>3 147 000 UZS</t>
+          <t>3 147 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="0">
         <v>12942</v>
       </c>
       <c r="B1833" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad 3 15IML05 Intel Core i5-10210U / 8GB DDR4 / HDD 1TB / 15.6 FHD LED / NVIDIA GeForce MX330 2GB</t>
         </is>
       </c>
       <c r="C1833" s="0" t="inlineStr">
         <is>
-          <t>6 619 000 UZS</t>
+          <t>6 619 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="0">
         <v>12943</v>
       </c>
       <c r="B1834" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad 3 15IML05 Intel Core i5-10210U / 8GB DDR4 / SSD 256 GB / 15.6 FHD LED / NVIDIA GeForce MX330 2GB</t>
         </is>
       </c>
       <c r="C1834" s="0" t="inlineStr">
         <is>
-          <t>6 673 000 UZS</t>
+          <t>6 673 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="0">
         <v>12944</v>
       </c>
       <c r="B1835" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad Gaming 3 15IMH05 Intel Core i5-10300H / 16GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1835" s="0" t="inlineStr">
         <is>
-          <t>9 440 000 UZS</t>
+          <t>9 440 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="0">
         <v>12945</v>
       </c>
       <c r="B1836" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad Gaming 3 15IMH05 Intel Core i5-10300H / 8GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1836" s="0" t="inlineStr">
         <is>
-          <t>9 114 000 UZS</t>
+          <t>9 114 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="0">
         <v>12946</v>
       </c>
       <c r="B1837" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad Gaming 3 15IMH05 Intel Core i7-10750H / 16GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1837" s="0" t="inlineStr">
         <is>
-          <t>11 230 000 UZS</t>
+          <t>11 230 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="0">
         <v>12947</v>
       </c>
       <c r="B1838" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad Gaming 3 15IMH05 Intel Core i7-10750H / 8GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1838" s="0" t="inlineStr">
         <is>
-          <t>10 633 000 UZS</t>
+          <t>10 633 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="0">
         <v>12948</v>
       </c>
       <c r="B1839" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad L3 15IML05 Intel Core i7-10510U / 8GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce MX130 2GB</t>
         </is>
       </c>
       <c r="C1839" s="0" t="inlineStr">
         <is>
-          <t>8 083 000 UZS</t>
+          <t>8 083 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="0">
         <v>12949</v>
       </c>
       <c r="B1840" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Legion 5 15IMH05 Intel Core i5-10300H / 16GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED 144 Hz/ NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1840" s="0" t="inlineStr">
         <is>
-          <t>10 362 000 UZS</t>
+          <t>10 362 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="0">
         <v>12950</v>
       </c>
       <c r="B1841" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Legion 5 15IMH05 Intel Core i5-10300H / 8GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED 144 Hz/ NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1841" s="0" t="inlineStr">
         <is>
-          <t>9 874 000 UZS</t>
+          <t>9 874 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="0">
         <v>12951</v>
       </c>
       <c r="B1842" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Lexar DDR4 16gb 2666Mhz</t>
         </is>
       </c>
       <c r="C1842" s="0" t="inlineStr">
         <is>
-          <t>781 000 UZS</t>
+          <t>781 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="0">
         <v>12952</v>
       </c>
       <c r="B1843" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Dark-Z Red DDR4 32gb (2x16gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1843" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 UZS</t>
+          <t>1 845 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="0">
         <v>12953</v>
       </c>
       <c r="B1844" s="0" t="inlineStr">
         <is>
           <t>Переходник HDMI-DVI</t>
         </is>
       </c>
       <c r="C1844" s="0" t="inlineStr">
         <is>
-          <t>22 000 UZS</t>
+          <t>22 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="0">
         <v>12954</v>
       </c>
       <c r="B1845" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Smart Tank 513</t>
         </is>
       </c>
       <c r="C1845" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 UZS</t>
+          <t>2 713 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="0">
         <v>12955</v>
       </c>
       <c r="B1846" s="0" t="inlineStr">
         <is>
           <t>Робот пылесос Xiaomi Mijia G1</t>
         </is>
       </c>
       <c r="C1846" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 UZS</t>
+          <t>3 255 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="0">
         <v>12956</v>
       </c>
       <c r="B1847" s="0" t="inlineStr">
         <is>
           <t>Удлинитель кабеля питания SATA</t>
         </is>
       </c>
       <c r="C1847" s="0" t="inlineStr">
         <is>
-          <t>5 000 UZS</t>
+          <t>5 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="0">
         <v>12957</v>
       </c>
       <c r="B1848" s="0" t="inlineStr">
         <is>
           <t>Электрическая отвертка Xiaomi Electric Screwdriver</t>
         </is>
       </c>
       <c r="C1848" s="0" t="inlineStr">
         <is>
-          <t>423 000 UZS</t>
+          <t>423 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="0">
         <v>12958</v>
       </c>
       <c r="B1849" s="0" t="inlineStr">
         <is>
           <t>Обжим RJ45</t>
         </is>
       </c>
       <c r="C1849" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="0">
         <v>13191</v>
       </c>
       <c r="B1850" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler MasterBox 5 White</t>
         </is>
       </c>
       <c r="C1850" s="0" t="inlineStr">
         <is>
-          <t>760 000 UZS</t>
+          <t>760 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="0">
         <v>13228</v>
       </c>
       <c r="B1851" s="0" t="inlineStr">
         <is>
           <t>Калькулятор Xiaomi Kaco Lemo Desk Electronic</t>
         </is>
       </c>
       <c r="C1851" s="0" t="inlineStr">
         <is>
-          <t>109 000 UZS</t>
+          <t>109 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="0">
         <v>14238</v>
       </c>
       <c r="B1852" s="0" t="inlineStr">
         <is>
           <t>Автомобильный прикуриватель-сплиттер Roidmi 2s Splitter 1 to 2 Charging Port</t>
         </is>
       </c>
       <c r="C1852" s="0" t="inlineStr">
         <is>
-          <t>163 000 UZS</t>
+          <t>163 000 сум</t>
         </is>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="0">
         <v>14413</v>
       </c>
       <c r="B1853" s="0" t="inlineStr">
         <is>
           <t>Стержень Xiaomi Mi Rollerball Pen Refill</t>
         </is>
       </c>
       <c r="C1853" s="0" t="inlineStr">
         <is>
-          <t>43 000 UZS</t>
+          <t>43 000 сум</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>