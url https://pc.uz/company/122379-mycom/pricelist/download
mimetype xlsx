--- v1 (2026-01-11)
+++ v2 (2026-02-03)
@@ -85,27812 +85,27812 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>3837</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Принтер HP Ink Tank 115</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>1 161 000 сум</t>
+          <t>1 161 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>3842</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M28a</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4575</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Celeron G3930 - 2.9 GHz</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>3860</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF421dw (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>4 232 000 сум</t>
+          <t>4 232 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4487</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2206</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>5 317 000 сум</t>
+          <t>5 317 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4488</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2520</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>8 463 000 сум</t>
+          <t>8 463 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>3867</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS LBP2900</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>3858</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF113w (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 сум</t>
+          <t>2 007 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>3869</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS MF237w</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 сум</t>
+          <t>3 038 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>4486</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF264dw</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 сум</t>
+          <t>3 038 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>3859</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF3010 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 сум</t>
+          <t>2 170 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>4485</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF443dw</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 сум</t>
+          <t>4 123 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>4493</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF522x</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>8 355 000 сум</t>
+          <t>8 355 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>3874</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G3411</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>4477</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair VOID RGB Elite</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>821 000 сум</t>
+          <t>821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>4481</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Наушники SteelSeries Arctis 1 Wireless</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>1 276 000 сум</t>
+          <t>1 276 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>4482</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Наушники SteelSeries Arctis 3 Bluetooth</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>1 230 000 сум</t>
+          <t>1 230 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>4314</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire FPS Pro</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>499 000 сум</t>
+          <t>499 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>4312</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire Surge RGB</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>4311</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire Dart | Wireless</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 сум</t>
+          <t>1 052 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>4313</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire Core RGB</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>3843</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Принтер HP Neverstop Laser 1000w</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 сум</t>
+          <t>2 550 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>3841</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M15w</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 сум</t>
+          <t>1 302 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>3840</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M15a</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>3851</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L805</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>3 418 000 сум</t>
+          <t>3 418 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>3846</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L1800</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>6 510 000 сум</t>
+          <t>6 510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>3845</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L1300</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 сум</t>
+          <t>5 425 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>3873</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G2411</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>4209</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 19M38A 18.5" LED</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>792 000 сум</t>
+          <t>792 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>4220</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung C24F396FHI 24"</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 сум</t>
+          <t>1 736 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>4197</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 22MK400H</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>1 118 000 сум</t>
+          <t>1 118 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>4319</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь ASUS TUF GAMING COMBO</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 сум</t>
+          <t>1 085 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>4318</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь ASUS CERBERUS COMBO</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>868 000 сум</t>
+          <t>868 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>4292</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG PUGIO</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>3796</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9400F, 2.9 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>1 649 000 сум</t>
+          <t>1 649 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>3797</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9400, 2.9 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0">
         <v>3795</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 8400, 2.8 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0">
         <v>3794</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 7400, 3.5 GHz, 6M, oem, LGA1151, KabyLake</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>1 910 000 сум</t>
+          <t>1 910 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0">
         <v>3792</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 9100F,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>1 649 000 сум</t>
+          <t>1 649 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0">
         <v>3793</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 9100,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>1 714 000 сум</t>
+          <t>1 714 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0">
         <v>3791</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 8100,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0">
         <v>4117</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 D</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>1 411 000 сум</t>
+          <t>1 411 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0">
         <v>4073</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar B360M D2V</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>727 000 сум</t>
+          <t>727 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0">
         <v>4087</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365 HD3</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>1 118 000 сум</t>
+          <t>1 118 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0">
         <v>4089</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365M DS3H</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0">
         <v>4133</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PRO CARBON AC</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0">
         <v>4132</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PRO</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0">
         <v>4129</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI H310M PRO-VD</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>629 000 сум</t>
+          <t>629 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0">
         <v>4127</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450-A PRO</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="0">
         <v>4126</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 TOMAHAWK</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>1 324 000 сум</t>
+          <t>1 324 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="0">
         <v>4125</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 GAMING PRO CARBON AC</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 сум</t>
+          <t>1 573 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="0">
         <v>4124</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 GAMING PLUS</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="0">
         <v>4098</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H310M DS2</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>618 000 сум</t>
+          <t>618 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="0">
         <v>4100</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H310M S2</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="0">
         <v>4101</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H370 AORUS Gaming 3 WIFI</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="0">
         <v>4103</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE X299 AORUS Gaming</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 сум</t>
+          <t>1 628 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="0">
         <v>4109</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 AORUS ELITE</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="0">
         <v>4112</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 AORUS PRO WIFI</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 сум</t>
+          <t>2 496 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="0">
         <v>4115</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 GAMING X</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 сум</t>
+          <t>1 736 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="0">
         <v>4116</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 UD</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 сум</t>
+          <t>1 519 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="0">
         <v>4121</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B360-A PRO</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="0">
         <v>4137</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z390 GAMING PLUS</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 сум</t>
+          <t>1 736 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="0">
         <v>4136</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z390M GAMING EDGE AC</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="0">
         <v>4131</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PLUS</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 сум</t>
+          <t>1 736 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="0">
         <v>4265</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy Origins Mechanical Linear Red Switches</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>1 367 000 сум</t>
+          <t>1 367 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="0">
         <v>4258</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy Core RGB</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>629 000 сум</t>
+          <t>629 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="0">
         <v>4251</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS ROG STRIX SCOPE</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="0">
         <v>3977</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek — 4GB GTX1050Ti 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 сум</t>
+          <t>1 302 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="0">
         <v>4052</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2060 SUPER ARMOR OC GDDR6 192Bit 8GB</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>4 991 000 сум</t>
+          <t>4 991 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="0">
         <v>3950</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP 200 G3 (3VA37EA) 21.5″</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 сум</t>
+          <t>5 425 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="0">
         <v>3819</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 8GB</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="0">
         <v>3817</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 2GB</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="0">
         <v>3834</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial 4GB DDR4 2400Mhz SODIMM</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="0">
         <v>4075</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar H310MHD PRO</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>684 000 сум</t>
+          <t>684 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="0">
         <v>4214</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Монитор Artel M100019D 18.5" LED</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>6 954 850 000 сум</t>
+          <t>6 954 850 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="0">
         <v>4215</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Монитор Artel M100022D 21.5" LED</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>8 430 450 000 сум</t>
+          <t>8 430 450 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="0">
         <v>3822</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 4GB Для Ноутбука</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="0">
         <v>3814</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 7 3700X - 3.6 GHz, 8 cores/16 threads, No GPU, AM4, oem</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>3 689 000 сум</t>
+          <t>3 689 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="0">
         <v>3788</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G5400 - 3.7 GHz, 4M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>1 042 000 сум</t>
+          <t>1 042 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="0">
         <v>10859</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake UX100 ARGB</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="0">
         <v>10860</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Contac 9</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="0">
         <v>10861</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Contac Silent 12</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="0">
         <v>10862</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Riing Silent 12 Blue</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="0">
         <v>10864</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Riing Silent 12 Pro Red</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>499 000 сум</t>
+          <t>499 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="0">
         <v>10866</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 Performer C</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>618 000 сум</t>
+          <t>618 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="0">
         <v>10867</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 120 ARGB</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="0">
         <v>10868</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 Riing RGB 240</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 сум</t>
+          <t>1 302 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="0">
         <v>10869</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Thermaltake Pure 12</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="0">
         <v>10871</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Thermaltake Riing 14 LED Red</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="0">
         <v>10877</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Микрофон HyperX QuadCast</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>1 545 000 сум</t>
+          <t>1 545 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="0">
         <v>10887</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox K500L</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="0">
         <v>10891</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper TX3 EVO</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="0">
         <v>10894</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master Elite 600W V3</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="0">
         <v>10895</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox E500L</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="0">
         <v>10901</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master K280 без БП</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="0">
         <v>10907</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cooler Master MasterMouse S Black</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="0">
         <v>10909</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cooler Master MasterMouse 520</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="0">
         <v>10911</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Cooler Master MasterLiquid ML240R RGB</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="0">
         <v>10912</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Cooler Master MasterLiquid ML360R RGB</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 сум</t>
+          <t>1 628 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="0">
         <v>10921</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox 5 Lite RGB</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
-          <t>803 000 сум</t>
+          <t>803 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="0">
         <v>10922</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox MB510L</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="0">
         <v>10926</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper 212 Black Edition</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="0">
         <v>10929</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master MasterAir MA620M</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>1 215 000 сум</t>
+          <t>1 215 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="0">
         <v>10930</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cooler Master MM110</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="0">
         <v>10978</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2204</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>7 161 000 сум</t>
+          <t>7 161 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="0">
         <v>11021</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP6030W</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="0">
         <v>11044</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 EC3 Black Cyan</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 сум</t>
+          <t>1 736 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="0">
         <v>11054</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 EC3 Black</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="0">
         <v>11055</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 YC3 Black Cyan</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 сум</t>
+          <t>2 170 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="0">
         <v>11061</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 UC5 Black</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
-          <t>2 441 000 сум</t>
+          <t>2 441 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="0">
         <v>11083</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1024D</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="0">
         <v>11127</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Earphones Basic Black</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
-          <t>76 000 сум</t>
+          <t>76 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="0">
         <v>11145</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Gamdias Hermes M1</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="0">
         <v>11148</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Набор клавиатуры мышки наушники Gamdias Poseidon e1</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
-          <t>1 768 550 000 сум</t>
+          <t>1 768 550 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="0">
         <v>11170</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло AeroCool AC220 AIR RGB Black</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="0">
         <v>11171</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 EC3 Black Red</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 сум</t>
+          <t>1 736 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="0">
         <v>11173</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Seagate Expansion Portable Drive 2 ТБ</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>684 000 сум</t>
+          <t>684 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="0">
         <v>11178</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Transcend StoreJet 25H3P 4ТБ</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 сум</t>
+          <t>1 302 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="0">
         <v>11207</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Xiaomi Mi Electric Scooter 1S</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
-          <t>4 774 000 сум</t>
+          <t>4 774 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="0">
         <v>11208</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>IP камера Xiaomi Mi Mijia Smart Camera</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
-          <t>521 000 сум</t>
+          <t>521 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="0">
         <v>11209</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 110 Black</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="0">
         <v>11210</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 110 Blue</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="0">
         <v>11211</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 110 Green</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="0">
         <v>11212</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 110 White</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="0">
         <v>11213</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 120 Black</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
-          <t>60 000 сум</t>
+          <t>60 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="0">
         <v>11214</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 120 Green</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
-          <t>60 000 сум</t>
+          <t>60 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="0">
         <v>11215</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius DX 150 Black</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>60 000 сум</t>
+          <t>60 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="0">
         <v>11216</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius NetScroll 100 V2</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="0">
         <v>11217</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius NX 7000 Black</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="0">
         <v>11218</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Genius Scorpion Spear Pro</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="0">
         <v>11219</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Монитор Acer KG251Q 24.5" 144Hz IPS FHD</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
-          <t>2 821 000 сум</t>
+          <t>2 821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="0">
         <v>11220</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Монитор Acer KG271 27" 144 Hz IPS FHD</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 сум</t>
+          <t>3 364 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="0">
         <v>11221</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Монитор Acer KG271 27" 75Hz IPS FHD</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="0">
         <v>11222</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot Kickscooter Max G30LP Белый</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
-          <t>6 727 000 сум</t>
+          <t>6 727 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="0">
         <v>11223</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Smart Tank 515</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="0">
         <v>11224</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-S05</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
-          <t>3 581 000 сум</t>
+          <t>3 581 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="0">
         <v>11225</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-X41</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
-          <t>5 100 000 сум</t>
+          <t>5 100 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="0">
         <v>11226</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Проектор Optoma S322</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
-          <t>3 092 000 сум</t>
+          <t>3 092 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="0">
         <v>11227</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen 3 3200G 3.6GHz 4MB Radeon Vega 8 GPU AM4</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
-          <t>1 215 000 сум</t>
+          <t>1 215 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="0">
         <v>11228</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i3 10100 3.6GHz 6M LGA1200</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="0">
         <v>11229</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i3 10100F 3.6 GHz 6M LGA1200</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="0">
         <v>11230</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i3 9100T 3.1GHz 6M LGA1150</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 сум</t>
+          <t>1 085 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="0">
         <v>11231</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i5 10400 2.9 GHz 12M LGA1150</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 сум</t>
+          <t>1 899 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="0">
         <v>11232</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i5 10400F 2.9 GHz 12M LGA1150</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="0">
         <v>11233</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i5 9500 3.0 GHz 9M LGA1150</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
-          <t>1 964 000 сум</t>
+          <t>1 964 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="0">
         <v>11234</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KG310 USB Black</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="0">
         <v>11235</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>МФУ HP LaserJet Pro MFP M28W</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="0">
         <v>11236</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 10700 2.9 GHz 16M LGA1200</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
-          <t>3 472 000 сум</t>
+          <t>3 472 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="0">
         <v>11237</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 10700K 3.8 GHz 16M LGA1200</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
-          <t>3 711 000 сум</t>
+          <t>3 711 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="0">
         <v>11238</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 10850K 3.6 GHz 20M LGA1200</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>4 611 000 сум</t>
+          <t>4 611 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="0">
         <v>11239</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 10900F 2.8 GHz 20M LGA1200</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
-          <t>4 883 000 сум</t>
+          <t>4 883 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="0">
         <v>11240</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 10900K 3.7 GHz 20M LGA1200</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>5 935 000 сум</t>
+          <t>5 935 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="0">
         <v>11241</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 9900KF 3.6GHz 64M LGA1151</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
-          <t>5 751 000 сум</t>
+          <t>5 751 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="0">
         <v>11242</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Dual Core G6400 4GHz 4M LGA1200</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="0">
         <v>11243</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G5420 3.8GHz 4M LGA1151</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="0">
         <v>11244</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G4930 3.2GHz 3M LGA1151 KabyLake</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
-          <t>391 000 сум</t>
+          <t>391 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="0">
         <v>11245</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
           <t>Сетевой кабель UTP cat 5e  305m</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="0">
         <v>11246</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
           <t>Рюкзаки для ноутбуков Xiaomi Mi Casual Daypack Blue</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="0">
         <v>11247</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Сетевой фильтр Mypro 1.8 метра Черный</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="0">
         <v>11248</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Сетевой фильтр Mypro 3 метра Черный</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
-          <t>41 000 сум</t>
+          <t>41 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="0">
         <v>11249</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
           <t>Сетевой фильтр Mypro 5 метра Черный</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
-          <t>52 000 сум</t>
+          <t>52 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="0">
         <v>11250</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 15 Air 3/64GB Grey</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>1 649 000 сум</t>
+          <t>1 649 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="0">
         <v>11251</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 3 1/16GB Sandstone Black</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="0">
         <v>11252</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 4 2/32 GB Dawn Blue</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 сум</t>
+          <t>1 020 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="0">
         <v>11253</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 4 2/32 GB Green</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 сум</t>
+          <t>1 020 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="0">
         <v>11254</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 4 Pro 1/16 GB Black</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="0">
         <v>11255</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 4 Pro 1/16 GB Gold</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="0">
         <v>11256</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 5 Air 2/32 GB Grey</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
-          <t>1 226 000 сум</t>
+          <t>1 226 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="0">
         <v>11257</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 6 GO 2/32 GB Aqua Blue</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="0">
         <v>11258</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 6 GO 2/32 GB Ice Jadeite</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="0">
         <v>11259</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-DVR10000VA</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="0">
         <v>11260</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer AST280 120GB</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="0">
         <v>11261</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec Phantom Gaming Edition</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>3 244 000 сум</t>
+          <t>3 244 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="0">
         <v>11262</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec Striker Aluminium</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>2 930 000 сум</t>
+          <t>2 930 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="0">
         <v>11263</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman Wattbit 500W (ZM500-XEII)</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
-          <t>358 000 сум</t>
+          <t>358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="0">
         <v>11264</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman Wattbit 600W (ZM600-XEII)</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="0">
         <v>11265</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston 120 GB SA400S37</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
-          <t>282 000 сум</t>
+          <t>282 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="0">
         <v>11266</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer AS2280P2 240GB</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="0">
         <v>11267</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель M.2 SSD Apacer AS2280 P2 Pro 120GB</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="0">
         <v>11268</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Kugoo M2</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 сум</t>
+          <t>3 798 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="0">
         <v>11269</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Kugoo M2 Pro</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
-          <t>4 557 000 сум</t>
+          <t>4 557 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="0">
         <v>11270</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Kugoo S3</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="0">
         <v>11271</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Kugoo S3 Pro</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 сум</t>
+          <t>3 038 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="0">
         <v>11272</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot by Segway E22</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>4 557 000 сум</t>
+          <t>4 557 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="0">
         <v>11273</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imageCLASS LBP253x</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 сум</t>
+          <t>3 798 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="0">
         <v>11274</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imageCLASS LBP613CDW</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
-          <t>3 147 000 сум</t>
+          <t>3 147 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="0">
         <v>11275</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageCLASS MF261d</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
-          <t>2 658 000 сум</t>
+          <t>2 658 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="0">
         <v>11276</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma G1410</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
-          <t>1 324 000 сум</t>
+          <t>1 324 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="0">
         <v>11277</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma G2040</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 сум</t>
+          <t>1 628 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="0">
         <v>11278</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void RGB Elite USB White</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
-          <t>821 000 сум</t>
+          <t>821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="0">
         <v>11279</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha S Black</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>1 313 000 сум</t>
+          <t>1 313 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="0">
         <v>11280</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Orbit Gaming Headset</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 сум</t>
+          <t>2 713 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="0">
         <v>11281</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Orbit S Gaming Headset</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
-          <t>2 930 000 сум</t>
+          <t>2 930 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="0">
         <v>11282</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Core 7.1</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
-          <t>619 000 сум</t>
+          <t>619 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="0">
         <v>11283</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Wireless PC</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
-          <t>1 028 000 сум</t>
+          <t>1 028 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="0">
         <v>11284</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Wireless PS4</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
-          <t>925 000 сум</t>
+          <t>925 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="0">
         <v>11285</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Major III Black</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="0">
         <v>11286</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Major III Bluetooth Black</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 сум</t>
+          <t>1 617 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="0">
         <v>11287</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Major III Bluetooth Brown</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 сум</t>
+          <t>1 617 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="0">
         <v>11288</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Major III Bluetooth White</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 сум</t>
+          <t>1 617 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="0">
         <v>11289</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall MID NC Bluetooth</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
-          <t>2 919 000 сум</t>
+          <t>2 919 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="0">
         <v>11290</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Minor II Белый</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 сум</t>
+          <t>1 725 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="0">
         <v>11291</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Minor II Коричневый</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 сум</t>
+          <t>1 725 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="0">
         <v>11292</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Minor II Черный</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 сум</t>
+          <t>1 725 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="0">
         <v>11293</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Mode</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
-          <t>749 000 сум</t>
+          <t>749 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="0">
         <v>11294</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Mode EQ</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="0">
         <v>11295</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Наушники Marshall Monitor II ANC</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
-          <t>4 004 000 сум</t>
+          <t>4 004 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="0">
         <v>11296</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Наушники NUBWO Yellow</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
-          <t>60 000 сум</t>
+          <t>60 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="0">
         <v>11297</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH300</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="0">
         <v>11298</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH520</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="0">
         <v>11299</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 1</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
-          <t>635 000 сум</t>
+          <t>635 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="0">
         <v>11300</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 3 Black</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
-          <t>821 000 сум</t>
+          <t>821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="0">
         <v>11301</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 3 White</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
-          <t>821 000 сум</t>
+          <t>821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="0">
         <v>11302</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 5 Black RGB</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
-          <t>1 012 000 сум</t>
+          <t>1 012 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="0">
         <v>11303</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 5 White RGB</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
-          <t>1 012 000 сум</t>
+          <t>1 012 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="0">
         <v>11304</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 7 Black Wireless</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
-          <t>1 912 000 сум</t>
+          <t>1 912 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="0">
         <v>11305</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis 7 White</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
-          <t>1 912 000 сум</t>
+          <t>1 912 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="0">
         <v>11306</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis Pro</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
-          <t>1 704 000 сум</t>
+          <t>1 704 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="0">
         <v>11307</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis Pro + GameDac</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
-          <t>2 221 000 сум</t>
+          <t>2 221 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="0">
         <v>11308</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
           <t>Наушники Steelseries Arctis Pro Wireless</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
-          <t>3 751 000 сум</t>
+          <t>3 751 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="0">
         <v>11309</v>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
           <t>Наушники Trust GXT 310 Radius</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="0">
         <v>11310</v>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
           <t>Наушники Trust GXT 350 Radius 7.1</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="0">
         <v>11311</v>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Adata 32GB 2666mhz DDR4</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="0">
         <v>11312</v>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 16GB 2666MHz</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
-          <t>727 000 сум</t>
+          <t>727 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="0">
         <v>11313</v>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 16GB KIT 8GBх2 3200Mhz RGB</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="0">
         <v>11314</v>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 4GB 2400 Mhz</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="0">
         <v>11315</v>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 4GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="0">
         <v>11316</v>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 8GB 2666 Mhz CL19</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
-          <t>363 000 сум</t>
+          <t>363 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="0">
         <v>11317</v>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 16GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
-          <t>792 000 сум</t>
+          <t>792 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="0">
         <v>11318</v>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 16GB KIT 8GBх2 2666mhz Ballistix Sport LT Gray CL16</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
-          <t>738 000 сум</t>
+          <t>738 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="0">
         <v>11319</v>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 32GB KIT 16GBх2 2666mhz Ballistix Sport LT Gray CL16</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
-          <t>1 476 000 сум</t>
+          <t>1 476 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="0">
         <v>11320</v>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 8GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="0">
         <v>11321</v>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 16GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
-          <t>770 000 сум</t>
+          <t>770 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="0">
         <v>11322</v>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR2 2GB 800 Mhz</t>
         </is>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="0">
         <v>11323</v>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 8GB 2400 Mhz</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="0">
         <v>11324</v>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 8GB SODIMM 2400 Mhz</t>
         </is>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="0">
         <v>11325</v>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR3 8GB SODIMM 1600 Mhz</t>
         </is>
       </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="0">
         <v>11326</v>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 4GB SODIMM 2133 Mhz</t>
         </is>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="0">
         <v>11327</v>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 8GB SODIMM 2133 Mhz</t>
         </is>
       </c>
       <c r="C240" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="0">
         <v>11328</v>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Patriot DDR4 4GB 2666 Mhz</t>
         </is>
       </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="0">
         <v>11329</v>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
           <t>Наушники HIPER TWS AIR V2</t>
         </is>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
-          <t>282 000 сум</t>
+          <t>282 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="0">
         <v>11330</v>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Amber TWS</t>
         </is>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="0">
         <v>11331</v>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Denim TWS Denim TWS Black</t>
         </is>
       </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="0">
         <v>11332</v>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Denim TWS Denim TWS Blue</t>
         </is>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="0">
         <v>11333</v>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Denim TWS Denim TWS Pink</t>
         </is>
       </c>
       <c r="C246" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="0">
         <v>11334</v>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Indigo TWS Indigo TWS Black</t>
         </is>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="0">
         <v>11335</v>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Indigo TWS Indigo TWS Blue</t>
         </is>
       </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="0">
         <v>11336</v>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Indigo TWS Indigo TWS Pink</t>
         </is>
       </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="0">
         <v>11337</v>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Indigo TWS Indigo TWS White</t>
         </is>
       </c>
       <c r="C250" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="0">
         <v>11338</v>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Saffron TWS Black</t>
         </is>
       </c>
       <c r="C251" s="0" t="inlineStr">
         <is>
-          <t>282 000 сум</t>
+          <t>282 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="0">
         <v>11339</v>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
           <t>Наушники Accesstyle Saffron TWS White</t>
         </is>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
-          <t>282 000 сум</t>
+          <t>282 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="0">
         <v>11340</v>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus ROG Delta</t>
         </is>
       </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 сум</t>
+          <t>2 159 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="0">
         <v>11341</v>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus ROG Delta Core</t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 сум</t>
+          <t>1 183 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="0">
         <v>11342</v>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus ROG Theta</t>
         </is>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 сум</t>
+          <t>2 550 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="0">
         <v>11343</v>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus TUF H3</t>
         </is>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="0">
         <v>11344</v>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus TUF H5</t>
         </is>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
-          <t>749 000 сум</t>
+          <t>749 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="0">
         <v>11345</v>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS50 Pro Stereo</t>
         </is>
       </c>
       <c r="C258" s="0" t="inlineStr">
         <is>
-          <t>609 000 сум</t>
+          <t>609 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="0">
         <v>11346</v>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS50 Stereo Carbon</t>
         </is>
       </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="0">
         <v>11347</v>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS50 Stereo Carbon Blue</t>
         </is>
       </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
-          <t>609 000 сум</t>
+          <t>609 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="0">
         <v>11348</v>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS60 Pro Surround</t>
         </is>
       </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
-          <t>821 000 сум</t>
+          <t>821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="0">
         <v>11349</v>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS60 Pro Surround Yellow</t>
         </is>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
-          <t>821 000 сум</t>
+          <t>821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="0">
         <v>11350</v>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS70 Pro Wireless</t>
         </is>
       </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
-          <t>1 028 000 сум</t>
+          <t>1 028 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="0">
         <v>11351</v>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS70 Pro Wireless Cream</t>
         </is>
       </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
-          <t>1 028 000 сум</t>
+          <t>1 028 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="0">
         <v>11352</v>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair HS70 Wireless White</t>
         </is>
       </c>
       <c r="C265" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 сум</t>
+          <t>1 020 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="0">
         <v>11353</v>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Virtuoso RGB Wireless</t>
         </is>
       </c>
       <c r="C266" s="0" t="inlineStr">
         <is>
-          <t>1 751 000 сум</t>
+          <t>1 751 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="0">
         <v>11354</v>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Virtuoso RGB Wireless SE</t>
         </is>
       </c>
       <c r="C267" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="0">
         <v>11355</v>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Virtuoso RGB Wireless White</t>
         </is>
       </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
-          <t>1 855 000 сум</t>
+          <t>1 855 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="0">
         <v>11356</v>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void Elite Surround</t>
         </is>
       </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
-          <t>877 000 сум</t>
+          <t>877 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="0">
         <v>11357</v>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void Pro RGB Wireless SE Yellow</t>
         </is>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
-          <t>1 441 000 сум</t>
+          <t>1 441 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="0">
         <v>11358</v>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void Pro Surround Red</t>
         </is>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
-          <t>925 000 сум</t>
+          <t>925 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="0">
         <v>11359</v>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
           <t>Наушники Corsair Void RGB Elite Surround Cherry</t>
         </is>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
-          <t>877 000 сум</t>
+          <t>877 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="0">
         <v>11360</v>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Cobra M711</t>
         </is>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="0">
         <v>11361</v>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Dagger M715</t>
         </is>
       </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="0">
         <v>11362</v>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Griffin M607</t>
         </is>
       </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="0">
         <v>11363</v>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Inspirit M907</t>
         </is>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="0">
         <v>11364</v>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Lonewolf 2 M712 Pro</t>
         </is>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="0">
         <v>11365</v>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Memeanlion Chroma M710</t>
         </is>
       </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="0">
         <v>11366</v>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Ranger FPS M910</t>
         </is>
       </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="0">
         <v>11367</v>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Titanoboa 2 M802</t>
         </is>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="0">
         <v>11368</v>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 110</t>
         </is>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="0">
         <v>11369</v>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 3</t>
         </is>
       </c>
       <c r="C282" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="0">
         <v>11370</v>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 310</t>
         </is>
       </c>
       <c r="C283" s="0" t="inlineStr">
         <is>
-          <t>694 000 сум</t>
+          <t>694 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="0">
         <v>11371</v>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 500</t>
         </is>
       </c>
       <c r="C284" s="0" t="inlineStr">
         <is>
-          <t>794 000 сум</t>
+          <t>794 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="0">
         <v>11372</v>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 600</t>
         </is>
       </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="0">
         <v>11373</v>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 650</t>
         </is>
       </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
-          <t>1 359 000 сум</t>
+          <t>1 359 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="0">
         <v>11374</v>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Rival 710</t>
         </is>
       </c>
       <c r="C287" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="0">
         <v>11375</v>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Sensei 310</t>
         </is>
       </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="0">
         <v>11376</v>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Steelseries Sensei TEN</t>
         </is>
       </c>
       <c r="C289" s="0" t="inlineStr">
         <is>
-          <t>716 000 сум</t>
+          <t>716 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="0">
         <v>11377</v>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Basi USB</t>
         </is>
       </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="0">
         <v>11378</v>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 101 Gav</t>
         </is>
       </c>
       <c r="C291" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="0">
         <v>11379</v>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 130 Ranoo</t>
         </is>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
-          <t>293 000 сум</t>
+          <t>293 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="0">
         <v>11380</v>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 160 Ture RGB</t>
         </is>
       </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="0">
         <v>11381</v>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 165 Celox RGB</t>
         </is>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="0">
         <v>11382</v>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 900 Qudos RGB</t>
         </is>
       </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
-          <t>586 000 сум</t>
+          <t>586 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="0">
         <v>11383</v>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 940 Xidon RGB</t>
         </is>
       </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
-          <t>456 000 сум</t>
+          <t>456 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="0">
         <v>11384</v>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust MaxTrack Comfort USB</t>
         </is>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="0">
         <v>11385</v>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышьTrust Mydo Silent Wireless</t>
         </is>
       </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="0">
         <v>11386</v>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Primo Wireless</t>
         </is>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="0">
         <v>11387</v>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Ravan Wireless</t>
         </is>
       </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="0">
         <v>11388</v>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Siero Silent Wireless</t>
         </is>
       </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="0">
         <v>11389</v>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Xani Bluetooth</t>
         </is>
       </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="0">
         <v>11390</v>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Yvi FX LED Black Wireless</t>
         </is>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="0">
         <v>11391</v>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M1 NiP Edition Black</t>
         </is>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="0">
         <v>11392</v>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust Yvi FX LED White Wireless</t>
         </is>
       </c>
       <c r="C305" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="0">
         <v>11393</v>
       </c>
       <c r="B306" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Trust GXT 781 Rixa Camo + коврик</t>
         </is>
       </c>
       <c r="C306" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="0">
         <v>11394</v>
       </c>
       <c r="B307" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 Black RGB</t>
         </is>
       </c>
       <c r="C307" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="0">
         <v>11395</v>
       </c>
       <c r="B308" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 Retro RGB</t>
         </is>
       </c>
       <c r="C308" s="0" t="inlineStr">
         <is>
-          <t>868 000 сум</t>
+          <t>868 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="0">
         <v>11396</v>
       </c>
       <c r="B309" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 RGB Miami Blue</t>
         </is>
       </c>
       <c r="C309" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="0">
         <v>11397</v>
       </c>
       <c r="B310" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 RGB White</t>
         </is>
       </c>
       <c r="C310" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="0">
         <v>11398</v>
       </c>
       <c r="B311" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Zowie EC1</t>
         </is>
       </c>
       <c r="C311" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="0">
         <v>11399</v>
       </c>
       <c r="B312" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Zowie EC1-B</t>
         </is>
       </c>
       <c r="C312" s="0" t="inlineStr">
         <is>
-          <t>901 000 сум</t>
+          <t>901 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="0">
         <v>11400</v>
       </c>
       <c r="B313" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Zowie EC2</t>
         </is>
       </c>
       <c r="C313" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="0">
         <v>11401</v>
       </c>
       <c r="B314" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Zowie S1</t>
         </is>
       </c>
       <c r="C314" s="0" t="inlineStr">
         <is>
-          <t>835 000 сум</t>
+          <t>835 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="0">
         <v>11402</v>
       </c>
       <c r="B315" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Harpoon RGB Wireless</t>
         </is>
       </c>
       <c r="C315" s="0" t="inlineStr">
         <is>
-          <t>629 000 сум</t>
+          <t>629 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="0">
         <v>11403</v>
       </c>
       <c r="B316" s="0" t="inlineStr">
         <is>
           <t>Наушники 2E Gaming HG310 LED</t>
         </is>
       </c>
       <c r="C316" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="0">
         <v>11404</v>
       </c>
       <c r="B317" s="0" t="inlineStr">
         <is>
           <t>Наушники 2E Gaming HG320 RGB</t>
         </is>
       </c>
       <c r="C317" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="0">
         <v>11405</v>
       </c>
       <c r="B318" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Ironclaw RGB Wireless</t>
         </is>
       </c>
       <c r="C318" s="0" t="inlineStr">
         <is>
-          <t>890 000 сум</t>
+          <t>890 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="0">
         <v>11406</v>
       </c>
       <c r="B319" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair M55 PRO RGB</t>
         </is>
       </c>
       <c r="C319" s="0" t="inlineStr">
         <is>
-          <t>408 000 сум</t>
+          <t>408 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="0">
         <v>11407</v>
       </c>
       <c r="B320" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair M55 PRO RGB White</t>
         </is>
       </c>
       <c r="C320" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="0">
         <v>11408</v>
       </c>
       <c r="B321" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Nightsword RGB</t>
         </is>
       </c>
       <c r="C321" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 сум</t>
+          <t>1 020 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="0">
         <v>11409</v>
       </c>
       <c r="B322" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Scimitar RGB Elite</t>
         </is>
       </c>
       <c r="C322" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="0">
         <v>11410</v>
       </c>
       <c r="B323" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Blood Red</t>
         </is>
       </c>
       <c r="C323" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="0">
         <v>11411</v>
       </c>
       <c r="B324" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Grey</t>
         </is>
       </c>
       <c r="C324" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="0">
         <v>11412</v>
       </c>
       <c r="B325" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Onyx Black</t>
         </is>
       </c>
       <c r="C325" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="0">
         <v>11413</v>
       </c>
       <c r="B326" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Pearl White</t>
         </is>
       </c>
       <c r="C326" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="0">
         <v>11414</v>
       </c>
       <c r="B327" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 FPS Raven Black</t>
         </is>
       </c>
       <c r="C327" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="0">
         <v>11415</v>
       </c>
       <c r="B328" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM1 S2</t>
         </is>
       </c>
       <c r="C328" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="0">
         <v>11416</v>
       </c>
       <c r="B329" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM2 Comfy S Black</t>
         </is>
       </c>
       <c r="C329" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="0">
         <v>11417</v>
       </c>
       <c r="B330" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM2 Supreme Black</t>
         </is>
       </c>
       <c r="C330" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="0">
         <v>11418</v>
       </c>
       <c r="B331" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Dream Machines DM4 Evo Black</t>
         </is>
       </c>
       <c r="C331" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="0">
         <v>11419</v>
       </c>
       <c r="B332" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HyperX Pulsefire Raid</t>
         </is>
       </c>
       <c r="C332" s="0" t="inlineStr">
         <is>
-          <t>662 000 сум</t>
+          <t>662 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="0">
         <v>11420</v>
       </c>
       <c r="B333" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Harpoon Pro RGB</t>
         </is>
       </c>
       <c r="C333" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="0">
         <v>11421</v>
       </c>
       <c r="B334" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Glaive Pro RGB Aluminum</t>
         </is>
       </c>
       <c r="C334" s="0" t="inlineStr">
         <is>
-          <t>821 000 сум</t>
+          <t>821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="0">
         <v>11422</v>
       </c>
       <c r="B335" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Glaive Pro RGB</t>
         </is>
       </c>
       <c r="C335" s="0" t="inlineStr">
         <is>
-          <t>835 000 сум</t>
+          <t>835 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="0">
         <v>11423</v>
       </c>
       <c r="B336" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Corsair Dark Core Pro RGB</t>
         </is>
       </c>
       <c r="C336" s="0" t="inlineStr">
         <is>
-          <t>998 000 сум</t>
+          <t>998 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="0">
         <v>11424</v>
       </c>
       <c r="B337" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Redragon Lavawolf M701</t>
         </is>
       </c>
       <c r="C337" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="0">
         <v>11425</v>
       </c>
       <c r="B338" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH500</t>
         </is>
       </c>
       <c r="C338" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="0">
         <v>11426</v>
       </c>
       <c r="B339" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH150</t>
         </is>
       </c>
       <c r="C339" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="0">
         <v>11427</v>
       </c>
       <c r="B340" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud II Pro Gun Metal</t>
         </is>
       </c>
       <c r="C340" s="0" t="inlineStr">
         <is>
-          <t>1 009 000 сум</t>
+          <t>1 009 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="0">
         <v>11428</v>
       </c>
       <c r="B341" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Flight S PC PS4</t>
         </is>
       </c>
       <c r="C341" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 сум</t>
+          <t>1 617 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="0">
         <v>11429</v>
       </c>
       <c r="B342" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Flight PC PS4</t>
         </is>
       </c>
       <c r="C342" s="0" t="inlineStr">
         <is>
-          <t>1 324 000 сум</t>
+          <t>1 324 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="0">
         <v>11430</v>
       </c>
       <c r="B343" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Earbuds</t>
         </is>
       </c>
       <c r="C343" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="0">
         <v>11431</v>
       </c>
       <c r="B344" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha S Blue</t>
         </is>
       </c>
       <c r="C344" s="0" t="inlineStr">
         <is>
-          <t>1 313 000 сум</t>
+          <t>1 313 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="0">
         <v>11432</v>
       </c>
       <c r="B345" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha Red</t>
         </is>
       </c>
       <c r="C345" s="0" t="inlineStr">
         <is>
-          <t>1 009 000 сум</t>
+          <t>1 009 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="0">
         <v>11433</v>
       </c>
       <c r="B346" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha Gold</t>
         </is>
       </c>
       <c r="C346" s="0" t="inlineStr">
         <is>
-          <t>1 009 000 сум</t>
+          <t>1 009 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="0">
         <v>11434</v>
       </c>
       <c r="B347" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Core PS4</t>
         </is>
       </c>
       <c r="C347" s="0" t="inlineStr">
         <is>
-          <t>464 000 сум</t>
+          <t>464 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="0">
         <v>11435</v>
       </c>
       <c r="B348" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger Core</t>
         </is>
       </c>
       <c r="C348" s="0" t="inlineStr">
         <is>
-          <t>456 000 сум</t>
+          <t>456 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="0">
         <v>11436</v>
       </c>
       <c r="B349" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Stinger</t>
         </is>
       </c>
       <c r="C349" s="0" t="inlineStr">
         <is>
-          <t>619 000 сум</t>
+          <t>619 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="0">
         <v>11437</v>
       </c>
       <c r="B350" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Silver</t>
         </is>
       </c>
       <c r="C350" s="0" t="inlineStr">
         <is>
-          <t>821 000 сум</t>
+          <t>821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="0">
         <v>11438</v>
       </c>
       <c r="B351" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Revolver S Gun Metal</t>
         </is>
       </c>
       <c r="C351" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="0">
         <v>11439</v>
       </c>
       <c r="B352" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud PS4</t>
         </is>
       </c>
       <c r="C352" s="0" t="inlineStr">
         <is>
-          <t>718 000 сум</t>
+          <t>718 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="0">
         <v>11440</v>
       </c>
       <c r="B353" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud MIX</t>
         </is>
       </c>
       <c r="C353" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 сум</t>
+          <t>1 942 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="0">
         <v>11441</v>
       </c>
       <c r="B354" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud II Pro Red</t>
         </is>
       </c>
       <c r="C354" s="0" t="inlineStr">
         <is>
-          <t>1 009 000 сум</t>
+          <t>1 009 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="0">
         <v>11442</v>
       </c>
       <c r="B355" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 4 Royal Purple</t>
         </is>
       </c>
       <c r="C355" s="0" t="inlineStr">
         <is>
-          <t>1 376 000 сум</t>
+          <t>1 376 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="0">
         <v>11443</v>
       </c>
       <c r="B356" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Spark 4 Blue</t>
         </is>
       </c>
       <c r="C356" s="0" t="inlineStr">
         <is>
-          <t>1 376 000 сум</t>
+          <t>1 376 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="0">
         <v>11444</v>
       </c>
       <c r="B357" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Pouvoir 4 Air 3 32 GB Cosmic Shine</t>
         </is>
       </c>
       <c r="C357" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="0">
         <v>11445</v>
       </c>
       <c r="B358" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Pouvoir 3 Air Blue</t>
         </is>
       </c>
       <c r="C358" s="0" t="inlineStr">
         <is>
-          <t>973 000 сум</t>
+          <t>973 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="0">
         <v>11446</v>
       </c>
       <c r="B359" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Pouvoir 3 Air Black</t>
         </is>
       </c>
       <c r="C359" s="0" t="inlineStr">
         <is>
-          <t>973 000 сум</t>
+          <t>973 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="0">
         <v>11447</v>
       </c>
       <c r="B360" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 2F 1 16GB Space Blue</t>
         </is>
       </c>
       <c r="C360" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="0">
         <v>11448</v>
       </c>
       <c r="B361" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 2F 1 16GB Midnight Black</t>
         </is>
       </c>
       <c r="C361" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="0">
         <v>11449</v>
       </c>
       <c r="B362" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno POP 2F 1 16GB Gold</t>
         </is>
       </c>
       <c r="C362" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="0">
         <v>11450</v>
       </c>
       <c r="B363" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 12 Purple</t>
         </is>
       </c>
       <c r="C363" s="0" t="inlineStr">
         <is>
-          <t>1 632 000 сум</t>
+          <t>1 632 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="0">
         <v>11451</v>
       </c>
       <c r="B364" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 12 Blue</t>
         </is>
       </c>
       <c r="C364" s="0" t="inlineStr">
         <is>
-          <t>1 632 000 сум</t>
+          <t>1 632 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="0">
         <v>11452</v>
       </c>
       <c r="B365" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 12 Air Blue</t>
         </is>
       </c>
       <c r="C365" s="0" t="inlineStr">
         <is>
-          <t>1 482 000 сум</t>
+          <t>1 482 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="0">
         <v>11453</v>
       </c>
       <c r="B366" s="0" t="inlineStr">
         <is>
           <t>Смартфон Tecno Camon 12 Air  DS Alpenglow Gold</t>
         </is>
       </c>
       <c r="C366" s="0" t="inlineStr">
         <is>
-          <t>1 482 000 сум</t>
+          <t>1 482 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="0">
         <v>11454</v>
       </c>
       <c r="B367" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Smart Tank 615</t>
         </is>
       </c>
       <c r="C367" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 сум</t>
+          <t>3 038 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="0">
         <v>11455</v>
       </c>
       <c r="B368" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Neverstop Laser 1200W</t>
         </is>
       </c>
       <c r="C368" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 сум</t>
+          <t>3 038 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="0">
         <v>11456</v>
       </c>
       <c r="B369" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Ink Tank 415</t>
         </is>
       </c>
       <c r="C369" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 сум</t>
+          <t>1 573 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="0">
         <v>11457</v>
       </c>
       <c r="B370" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Ink Tank 315</t>
         </is>
       </c>
       <c r="C370" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="0">
         <v>11458</v>
       </c>
       <c r="B371" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB3000VA 3000W</t>
         </is>
       </c>
       <c r="C371" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="0">
         <v>11459</v>
       </c>
       <c r="B372" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB2000VA 2000W</t>
         </is>
       </c>
       <c r="C372" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="0">
         <v>11460</v>
       </c>
       <c r="B373" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB1500VA 1500W</t>
         </is>
       </c>
       <c r="C373" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="0">
         <v>11461</v>
       </c>
       <c r="B374" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB1000VA 1000W</t>
         </is>
       </c>
       <c r="C374" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="0">
         <v>11462</v>
       </c>
       <c r="B375" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TFR1000 1000W</t>
         </is>
       </c>
       <c r="C375" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="0">
         <v>11463</v>
       </c>
       <c r="B376" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB500VA 500W</t>
         </is>
       </c>
       <c r="C376" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="0">
         <v>11464</v>
       </c>
       <c r="B377" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN PC-SVB5000VA 5000W</t>
         </is>
       </c>
       <c r="C377" s="0" t="inlineStr">
         <is>
-          <t>977 000 сум</t>
+          <t>977 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="0">
         <v>11465</v>
       </c>
       <c r="B378" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TLR5000 5000W</t>
         </is>
       </c>
       <c r="C378" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="0">
         <v>11466</v>
       </c>
       <c r="B379" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TLR3000 3000W</t>
         </is>
       </c>
       <c r="C379" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="0">
         <v>11467</v>
       </c>
       <c r="B380" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TFR500 500W</t>
         </is>
       </c>
       <c r="C380" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="0">
         <v>11468</v>
       </c>
       <c r="B381" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TFR2000 2000W</t>
         </is>
       </c>
       <c r="C381" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="0">
         <v>11469</v>
       </c>
       <c r="B382" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения TTN TFR1500 1500W</t>
         </is>
       </c>
       <c r="C382" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="0">
         <v>11470</v>
       </c>
       <c r="B383" s="0" t="inlineStr">
         <is>
           <t>Проектор Optoma S341</t>
         </is>
       </c>
       <c r="C383" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="0">
         <v>11471</v>
       </c>
       <c r="B384" s="0" t="inlineStr">
         <is>
           <t>Проектор Xiaomi Mijia Laser Projection Lite</t>
         </is>
       </c>
       <c r="C384" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 сум</t>
+          <t>5 425 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="0">
         <v>11472</v>
       </c>
       <c r="B385" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-X05</t>
         </is>
       </c>
       <c r="C385" s="0" t="inlineStr">
         <is>
-          <t>4 340 000 сум</t>
+          <t>4 340 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="0">
         <v>11473</v>
       </c>
       <c r="B386" s="0" t="inlineStr">
         <is>
           <t>Проектор Acer X118H</t>
         </is>
       </c>
       <c r="C386" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 сум</t>
+          <t>3 364 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="0">
         <v>11474</v>
       </c>
       <c r="B387" s="0" t="inlineStr">
         <is>
           <t>Проектор Cheerlux LED Projector С6</t>
         </is>
       </c>
       <c r="C387" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="0">
         <v>11475</v>
       </c>
       <c r="B388" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27MK400H 27″</t>
         </is>
       </c>
       <c r="C388" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 сум</t>
+          <t>2 170 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="0">
         <v>11476</v>
       </c>
       <c r="B389" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 24FW 24"</t>
         </is>
       </c>
       <c r="C389" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="0">
         <v>11479</v>
       </c>
       <c r="B390" s="0" t="inlineStr">
         <is>
           <t>Монитор AOC 69V 27″</t>
         </is>
       </c>
       <c r="C390" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="0">
         <v>11480</v>
       </c>
       <c r="B391" s="0" t="inlineStr">
         <is>
           <t>Монитор Xiaomi 1A 23.8"</t>
         </is>
       </c>
       <c r="C391" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="0">
         <v>11481</v>
       </c>
       <c r="B392" s="0" t="inlineStr">
         <is>
           <t>Монитор Xiaomi Curved  34"</t>
         </is>
       </c>
       <c r="C392" s="0" t="inlineStr">
         <is>
-          <t>5 751 000 сум</t>
+          <t>5 751 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="0">
         <v>11482</v>
       </c>
       <c r="B393" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S27F358FWI 27"</t>
         </is>
       </c>
       <c r="C393" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 сум</t>
+          <t>2 224 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="0">
         <v>11483</v>
       </c>
       <c r="B394" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S27E391XSH 27"</t>
         </is>
       </c>
       <c r="C394" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="0">
         <v>11484</v>
       </c>
       <c r="B395" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S27E332H 27"</t>
         </is>
       </c>
       <c r="C395" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="0">
         <v>11485</v>
       </c>
       <c r="B396" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24F356FHI 23.5"</t>
         </is>
       </c>
       <c r="C396" s="0" t="inlineStr">
         <is>
-          <t>1 606 000 сум</t>
+          <t>1 606 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="0">
         <v>11486</v>
       </c>
       <c r="B397" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24F350FHI 23.5"</t>
         </is>
       </c>
       <c r="C397" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 сум</t>
+          <t>1 628 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="0">
         <v>11487</v>
       </c>
       <c r="B398" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24E391HL 23.6"</t>
         </is>
       </c>
       <c r="C398" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="0">
         <v>11488</v>
       </c>
       <c r="B399" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24E390HL 23.6"</t>
         </is>
       </c>
       <c r="C399" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="0">
         <v>11489</v>
       </c>
       <c r="B400" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S24D300H 24"</t>
         </is>
       </c>
       <c r="C400" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="0">
         <v>11490</v>
       </c>
       <c r="B401" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung S22F350FHI 22"</t>
         </is>
       </c>
       <c r="C401" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 сум</t>
+          <t>1 085 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="0">
         <v>11491</v>
       </c>
       <c r="B402" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung C32HG70QQI 32"</t>
         </is>
       </c>
       <c r="C402" s="0" t="inlineStr">
         <is>
-          <t>7 053 000 сум</t>
+          <t>7 053 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="0">
         <v>11492</v>
       </c>
       <c r="B403" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung C27F591FDI 27"</t>
         </is>
       </c>
       <c r="C403" s="0" t="inlineStr">
         <is>
-          <t>2 930 000 сум</t>
+          <t>2 930 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="0">
         <v>11493</v>
       </c>
       <c r="B404" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro MW27C Curved</t>
         </is>
       </c>
       <c r="C404" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 сум</t>
+          <t>1 899 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="0">
         <v>11494</v>
       </c>
       <c r="B405" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro MW24C Curved</t>
         </is>
       </c>
       <c r="C405" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="0">
         <v>11495</v>
       </c>
       <c r="B406" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro MB27C Curved</t>
         </is>
       </c>
       <c r="C406" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="0">
         <v>11496</v>
       </c>
       <c r="B407" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro MB24C Curved</t>
         </is>
       </c>
       <c r="C407" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="0">
         <v>11497</v>
       </c>
       <c r="B408" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 34WL85C 34"</t>
         </is>
       </c>
       <c r="C408" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 сум</t>
+          <t>7 595 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="0">
         <v>11498</v>
       </c>
       <c r="B409" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 34WL500 34"</t>
         </is>
       </c>
       <c r="C409" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 сум</t>
+          <t>4 123 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="0">
         <v>11499</v>
       </c>
       <c r="B410" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 32GK650F-B 32"</t>
         </is>
       </c>
       <c r="C410" s="0" t="inlineStr">
         <is>
-          <t>5 208 000 сум</t>
+          <t>5 208 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="0">
         <v>11500</v>
       </c>
       <c r="B411" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 29WL500 29"</t>
         </is>
       </c>
       <c r="C411" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 сум</t>
+          <t>2 713 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="0">
         <v>11501</v>
       </c>
       <c r="B412" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 29WK500 29"</t>
         </is>
       </c>
       <c r="C412" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 сум</t>
+          <t>2 713 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="0">
         <v>11502</v>
       </c>
       <c r="B413" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27UL850-W 27"</t>
         </is>
       </c>
       <c r="C413" s="0" t="inlineStr">
         <is>
-          <t>5 968 000 сум</t>
+          <t>5 968 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="0">
         <v>11503</v>
       </c>
       <c r="B414" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27UL500 27"</t>
         </is>
       </c>
       <c r="C414" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 сум</t>
+          <t>4 123 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="0">
         <v>11504</v>
       </c>
       <c r="B415" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27MP59G 27"</t>
         </is>
       </c>
       <c r="C415" s="0" t="inlineStr">
         <is>
-          <t>2 137 000 сум</t>
+          <t>2 137 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="0">
         <v>11505</v>
       </c>
       <c r="B416" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27MK600M 27"</t>
         </is>
       </c>
       <c r="C416" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="0">
         <v>11506</v>
       </c>
       <c r="B417" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 24MP59G 24"</t>
         </is>
       </c>
       <c r="C417" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="0">
         <v>11507</v>
       </c>
       <c r="B418" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 24MK430H 24"</t>
         </is>
       </c>
       <c r="C418" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="0">
         <v>11508</v>
       </c>
       <c r="B419" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 24GL600F-B 24"</t>
         </is>
       </c>
       <c r="C419" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="0">
         <v>11509</v>
       </c>
       <c r="B420" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 22MK600M-B 21.5"</t>
         </is>
       </c>
       <c r="C420" s="0" t="inlineStr">
         <is>
-          <t>1 497 000 сум</t>
+          <t>1 497 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="0">
         <v>11510</v>
       </c>
       <c r="B421" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 22MK400A 21.5"</t>
         </is>
       </c>
       <c r="C421" s="0" t="inlineStr">
         <is>
-          <t>1 096 000 сум</t>
+          <t>1 096 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="0">
         <v>11511</v>
       </c>
       <c r="B422" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 22MK430H 22"</t>
         </is>
       </c>
       <c r="C422" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 сум</t>
+          <t>1 302 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="0">
         <v>11512</v>
       </c>
       <c r="B423" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 27FWA 27"</t>
         </is>
       </c>
       <c r="C423" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 сум</t>
+          <t>2 496 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="0">
         <v>11513</v>
       </c>
       <c r="B424" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 24FH 24"</t>
         </is>
       </c>
       <c r="C424" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="0">
         <v>11514</v>
       </c>
       <c r="B425" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721HS 27"</t>
         </is>
       </c>
       <c r="C425" s="0" t="inlineStr">
         <is>
-          <t>3 136 000 сум</t>
+          <t>3 136 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="0">
         <v>11515</v>
       </c>
       <c r="B426" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721HN 27"</t>
         </is>
       </c>
       <c r="C426" s="0" t="inlineStr">
         <is>
-          <t>2 658 000 сум</t>
+          <t>2 658 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="0">
         <v>11516</v>
       </c>
       <c r="B427" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721HGF 27"</t>
         </is>
       </c>
       <c r="C427" s="0" t="inlineStr">
         <is>
-          <t>3 787 000 сум</t>
+          <t>3 787 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="0">
         <v>11517</v>
       </c>
       <c r="B428" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721H 27"</t>
         </is>
       </c>
       <c r="C428" s="0" t="inlineStr">
         <is>
-          <t>2 810 000 сум</t>
+          <t>2 810 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="0">
         <v>11518</v>
       </c>
       <c r="B429" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2721D 27"</t>
         </is>
       </c>
       <c r="C429" s="0" t="inlineStr">
         <is>
-          <t>3 787 000 сум</t>
+          <t>3 787 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="0">
         <v>11519</v>
       </c>
       <c r="B430" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2421HS 24"</t>
         </is>
       </c>
       <c r="C430" s="0" t="inlineStr">
         <is>
-          <t>2 702 000 сум</t>
+          <t>2 702 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="0">
         <v>11520</v>
       </c>
       <c r="B431" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2421HN 24"</t>
         </is>
       </c>
       <c r="C431" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 сум</t>
+          <t>2 224 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="0">
         <v>11521</v>
       </c>
       <c r="B432" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2421HGF 24"</t>
         </is>
       </c>
       <c r="C432" s="0" t="inlineStr">
         <is>
-          <t>3 136 000 сум</t>
+          <t>3 136 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="0">
         <v>11522</v>
       </c>
       <c r="B433" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell S2421H 24"</t>
         </is>
       </c>
       <c r="C433" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 сум</t>
+          <t>2 376 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="0">
         <v>11523</v>
       </c>
       <c r="B434" s="0" t="inlineStr">
         <is>
           <t>Монитор Dell E2420H 24"</t>
         </is>
       </c>
       <c r="C434" s="0" t="inlineStr">
         <is>
-          <t>1 834 000 сум</t>
+          <t>1 834 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="0">
         <v>11524</v>
       </c>
       <c r="B435" s="0" t="inlineStr">
         <is>
           <t>Монитор AOC i2769V 27"</t>
         </is>
       </c>
       <c r="C435" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="0">
         <v>11525</v>
       </c>
       <c r="B436" s="0" t="inlineStr">
         <is>
           <t>Монитор AOC I2790VQ 27"</t>
         </is>
       </c>
       <c r="C436" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 сум</t>
+          <t>2 224 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="0">
         <v>11526</v>
       </c>
       <c r="B437" s="0" t="inlineStr">
         <is>
           <t>Монитор AOC E970SW 18,5"</t>
         </is>
       </c>
       <c r="C437" s="0" t="inlineStr">
         <is>
-          <t>727 000 сум</t>
+          <t>727 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="0">
         <v>11527</v>
       </c>
       <c r="B438" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo X1810 Wireless USB</t>
         </is>
       </c>
       <c r="C438" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="0">
         <v>11528</v>
       </c>
       <c r="B439" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo V120S</t>
         </is>
       </c>
       <c r="C439" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="0">
         <v>11529</v>
       </c>
       <c r="B440" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo NX 2000</t>
         </is>
       </c>
       <c r="C440" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="0">
         <v>11530</v>
       </c>
       <c r="B441" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 9500M</t>
         </is>
       </c>
       <c r="C441" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="0">
         <v>11531</v>
       </c>
       <c r="B442" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM30 Black</t>
         </is>
       </c>
       <c r="C442" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="0">
         <v>11532</v>
       </c>
       <c r="B443" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM11 Black</t>
         </is>
       </c>
       <c r="C443" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="0">
         <v>11533</v>
       </c>
       <c r="B444" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь HP G100</t>
         </is>
       </c>
       <c r="C444" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="0">
         <v>11534</v>
       </c>
       <c r="B445" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Gamdias ZEUS E2</t>
         </is>
       </c>
       <c r="C445" s="0" t="inlineStr">
         <is>
-          <t>119 000 сум</t>
+          <t>119 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="0">
         <v>11535</v>
       </c>
       <c r="B446" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Optimum Defender MB-270</t>
         </is>
       </c>
       <c r="C446" s="0" t="inlineStr">
         <is>
-          <t>227 850 000 сум</t>
+          <t>227 850 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="0">
         <v>11536</v>
       </c>
       <c r="B447" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MG340 Black</t>
         </is>
       </c>
       <c r="C447" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="0">
         <v>11537</v>
       </c>
       <c r="B448" s="0" t="inlineStr">
         <is>
           <t>Компьютераня мышь 2E MG330 Black</t>
         </is>
       </c>
       <c r="C448" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="0">
         <v>11538</v>
       </c>
       <c r="B449" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MG320 Black</t>
         </is>
       </c>
       <c r="C449" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="0">
         <v>11539</v>
       </c>
       <c r="B450" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MG310 Black</t>
         </is>
       </c>
       <c r="C450" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="0">
         <v>11540</v>
       </c>
       <c r="B451" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF215 WL Black</t>
         </is>
       </c>
       <c r="C451" s="0" t="inlineStr">
         <is>
-          <t>75 000 сум</t>
+          <t>75 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="0">
         <v>11541</v>
       </c>
       <c r="B452" s="0" t="inlineStr">
         <is>
           <t>Компьютераня мышь 2E MF213 WL Black</t>
         </is>
       </c>
       <c r="C452" s="0" t="inlineStr">
         <is>
-          <t>29 000 сум</t>
+          <t>29 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="0">
         <v>11542</v>
       </c>
       <c r="B453" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF211 WL Red</t>
         </is>
       </c>
       <c r="C453" s="0" t="inlineStr">
         <is>
-          <t>53 000 сум</t>
+          <t>53 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="0">
         <v>11543</v>
       </c>
       <c r="B454" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF211 WL Grey</t>
         </is>
       </c>
       <c r="C454" s="0" t="inlineStr">
         <is>
-          <t>51 000 сум</t>
+          <t>51 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="0">
         <v>11544</v>
       </c>
       <c r="B455" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF211 WL Black</t>
         </is>
       </c>
       <c r="C455" s="0" t="inlineStr">
         <is>
-          <t>40 000 сум</t>
+          <t>40 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="0">
         <v>11545</v>
       </c>
       <c r="B456" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF209 Black</t>
         </is>
       </c>
       <c r="C456" s="0" t="inlineStr">
         <is>
-          <t>64 000 сум</t>
+          <t>64 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="0">
         <v>11546</v>
       </c>
       <c r="B457" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF170 Black</t>
         </is>
       </c>
       <c r="C457" s="0" t="inlineStr">
         <is>
-          <t>23 000 сум</t>
+          <t>23 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="0">
         <v>11547</v>
       </c>
       <c r="B458" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF140 Black</t>
         </is>
       </c>
       <c r="C458" s="0" t="inlineStr">
         <is>
-          <t>16 000 сум</t>
+          <t>16 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="0">
         <v>11548</v>
       </c>
       <c r="B459" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF130 Black</t>
         </is>
       </c>
       <c r="C459" s="0" t="inlineStr">
         <is>
-          <t>17 000 сум</t>
+          <t>17 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="0">
         <v>11549</v>
       </c>
       <c r="B460" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF110 White</t>
         </is>
       </c>
       <c r="C460" s="0" t="inlineStr">
         <is>
-          <t>42 000 сум</t>
+          <t>42 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="0">
         <v>11550</v>
       </c>
       <c r="B461" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF110 Black</t>
         </is>
       </c>
       <c r="C461" s="0" t="inlineStr">
         <is>
-          <t>42 000 сум</t>
+          <t>42 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="0">
         <v>11551</v>
       </c>
       <c r="B462" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF103 Black</t>
         </is>
       </c>
       <c r="C462" s="0" t="inlineStr">
         <is>
-          <t>23 000 сум</t>
+          <t>23 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="0">
         <v>11552</v>
       </c>
       <c r="B463" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF1010 Black</t>
         </is>
       </c>
       <c r="C463" s="0" t="inlineStr">
         <is>
-          <t>24 000 сум</t>
+          <t>24 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="0">
         <v>11553</v>
       </c>
       <c r="B464" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO N200 Black</t>
         </is>
       </c>
       <c r="C464" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="0">
         <v>11554</v>
       </c>
       <c r="B465" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO N200 White</t>
         </is>
       </c>
       <c r="C465" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="0">
         <v>11555</v>
       </c>
       <c r="B466" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO N100 Black</t>
         </is>
       </c>
       <c r="C466" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="0">
         <v>11556</v>
       </c>
       <c r="B467" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO N100 White</t>
         </is>
       </c>
       <c r="C467" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="0">
         <v>11557</v>
       </c>
       <c r="B468" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO MT550 Black</t>
         </is>
       </c>
       <c r="C468" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="0">
         <v>11558</v>
       </c>
       <c r="B469" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M500 Black</t>
         </is>
       </c>
       <c r="C469" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="0">
         <v>11559</v>
       </c>
       <c r="B470" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M300 Black</t>
         </is>
       </c>
       <c r="C470" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="0">
         <v>11560</v>
       </c>
       <c r="B471" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M200 Black</t>
         </is>
       </c>
       <c r="C471" s="0" t="inlineStr">
         <is>
-          <t>119 000 сум</t>
+          <t>119 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="0">
         <v>11561</v>
       </c>
       <c r="B472" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M160 Black</t>
         </is>
       </c>
       <c r="C472" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="0">
         <v>11562</v>
       </c>
       <c r="B473" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M100 Black</t>
         </is>
       </c>
       <c r="C473" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="0">
         <v>11563</v>
       </c>
       <c r="B474" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO 7200M Black</t>
         </is>
       </c>
       <c r="C474" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="0">
         <v>11564</v>
       </c>
       <c r="B475" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO 3510 Plus</t>
         </is>
       </c>
       <c r="C475" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="0">
         <v>11565</v>
       </c>
       <c r="B476" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO 1620  Black</t>
         </is>
       </c>
       <c r="C476" s="0" t="inlineStr">
         <is>
-          <t>81 000 сум</t>
+          <t>81 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="0">
         <v>11566</v>
       </c>
       <c r="B477" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Interceptor DS B1</t>
         </is>
       </c>
       <c r="C477" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="0">
         <v>11567</v>
       </c>
       <c r="B478" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM50</t>
         </is>
       </c>
       <c r="C478" s="0" t="inlineStr">
         <is>
-          <t>564 000 сум</t>
+          <t>564 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="0">
         <v>11568</v>
       </c>
       <c r="B479" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM40</t>
         </is>
       </c>
       <c r="C479" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="0">
         <v>11569</v>
       </c>
       <c r="B480" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники Xiaomi Mi True Wireless Earbuds Basic 2</t>
         </is>
       </c>
       <c r="C480" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="0">
         <v>11570</v>
       </c>
       <c r="B481" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники QCY T5</t>
         </is>
       </c>
       <c r="C481" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="0">
         <v>11571</v>
       </c>
       <c r="B482" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники QCY T3</t>
         </is>
       </c>
       <c r="C482" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="0">
         <v>11572</v>
       </c>
       <c r="B483" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники QCY T1</t>
         </is>
       </c>
       <c r="C483" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="0">
         <v>11573</v>
       </c>
       <c r="B484" s="0" t="inlineStr">
         <is>
           <t>Наушники Gamdias Gaming Headset HEBE E2</t>
         </is>
       </c>
       <c r="C484" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="0">
         <v>11574</v>
       </c>
       <c r="B485" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier P841</t>
         </is>
       </c>
       <c r="C485" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="0">
         <v>11575</v>
       </c>
       <c r="B486" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier K830</t>
         </is>
       </c>
       <c r="C486" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="0">
         <v>11576</v>
       </c>
       <c r="B487" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier K550</t>
         </is>
       </c>
       <c r="C487" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="0">
         <v>11577</v>
       </c>
       <c r="B488" s="0" t="inlineStr">
         <is>
           <t>Наушники Cooler Master MasterPulse MH750</t>
         </is>
       </c>
       <c r="C488" s="0" t="inlineStr">
         <is>
-          <t>890 000 сум</t>
+          <t>890 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="0">
         <v>11578</v>
       </c>
       <c r="B489" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Dual Driver Earphones White</t>
         </is>
       </c>
       <c r="C489" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="0">
         <v>11579</v>
       </c>
       <c r="B490" s="0" t="inlineStr">
         <is>
           <t>Наушники Mi Pro Headphones</t>
         </is>
       </c>
       <c r="C490" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="0">
         <v>11580</v>
       </c>
       <c r="B491" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Varuna K559</t>
         </is>
       </c>
       <c r="C491" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="0">
         <v>11581</v>
       </c>
       <c r="B492" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Andromeda K558-1</t>
         </is>
       </c>
       <c r="C492" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="0">
         <v>11582</v>
       </c>
       <c r="B493" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Werewolf GK-120DL</t>
         </is>
       </c>
       <c r="C493" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="0">
         <v>11583</v>
       </c>
       <c r="B494" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mypro C20S Combo Wireless</t>
         </is>
       </c>
       <c r="C494" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="0">
         <v>11584</v>
       </c>
       <c r="B495" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mi MIIIW Wireless Set Black</t>
         </is>
       </c>
       <c r="C495" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="0">
         <v>11585</v>
       </c>
       <c r="B496" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mi MIIIW Wireless Set White</t>
         </is>
       </c>
       <c r="C496" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="0">
         <v>11586</v>
       </c>
       <c r="B497" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Defender Dakota C 270</t>
         </is>
       </c>
       <c r="C497" s="0" t="inlineStr">
         <is>
-          <t>60 000 сум</t>
+          <t>60 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="0">
         <v>11587</v>
       </c>
       <c r="B498" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь A4tech KX 2810 X7</t>
         </is>
       </c>
       <c r="C498" s="0" t="inlineStr">
         <is>
-          <t>309 000 сум</t>
+          <t>309 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="0">
         <v>11588</v>
       </c>
       <c r="B499" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь 2E MK410 WB</t>
         </is>
       </c>
       <c r="C499" s="0" t="inlineStr">
         <is>
-          <t>114 000 сум</t>
+          <t>114 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="0">
         <v>11589</v>
       </c>
       <c r="B500" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Trust Ziva Combo Wireless</t>
         </is>
       </c>
       <c r="C500" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="0">
         <v>11590</v>
       </c>
       <c r="B501" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Trust Mezza Combo Wireless</t>
         </is>
       </c>
       <c r="C501" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="0">
         <v>11591</v>
       </c>
       <c r="B502" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 9300M Wireless</t>
         </is>
       </c>
       <c r="C502" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="0">
         <v>11592</v>
       </c>
       <c r="B503" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 8100M Wireless USB</t>
         </is>
       </c>
       <c r="C503" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="0">
         <v>11593</v>
       </c>
       <c r="B504" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mypro C20 White</t>
         </is>
       </c>
       <c r="C504" s="0" t="inlineStr">
         <is>
-          <t>119 000 сум</t>
+          <t>119 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="0">
         <v>11594</v>
       </c>
       <c r="B505" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Genius KM-200 Black USB</t>
         </is>
       </c>
       <c r="C505" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="0">
         <v>11595</v>
       </c>
       <c r="B506" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Genius KM 8100</t>
         </is>
       </c>
       <c r="C506" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="0">
         <v>11596</v>
       </c>
       <c r="B507" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Gamdias GKC 6011</t>
         </is>
       </c>
       <c r="C507" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="0">
         <v>11597</v>
       </c>
       <c r="B508" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Defender Columbia C 775 Wireless</t>
         </is>
       </c>
       <c r="C508" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="0">
         <v>11598</v>
       </c>
       <c r="B509" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Defender Berkeley C 925 Wireless</t>
         </is>
       </c>
       <c r="C509" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="0">
         <v>11599</v>
       </c>
       <c r="B510" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь A4tech 8520D</t>
         </is>
       </c>
       <c r="C510" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="0">
         <v>11600</v>
       </c>
       <c r="B511" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь 2E MK401UB</t>
         </is>
       </c>
       <c r="C511" s="0" t="inlineStr">
         <is>
-          <t>56 000 сум</t>
+          <t>56 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="0">
         <v>11601</v>
       </c>
       <c r="B512" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake TR2 S 600W</t>
         </is>
       </c>
       <c r="C512" s="0" t="inlineStr">
         <is>
-          <t>586 000 сум</t>
+          <t>586 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="0">
         <v>11602</v>
       </c>
       <c r="B513" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake TR2 S 500W</t>
         </is>
       </c>
       <c r="C513" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="0">
         <v>11603</v>
       </c>
       <c r="B514" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart RGB 600W</t>
         </is>
       </c>
       <c r="C514" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="0">
         <v>11604</v>
       </c>
       <c r="B515" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus Tuf Gaming M5 Black</t>
         </is>
       </c>
       <c r="C515" s="0" t="inlineStr">
         <is>
-          <t>391 000 сум</t>
+          <t>391 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="0">
         <v>11605</v>
       </c>
       <c r="B516" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus Tuf Gaming M3 Black</t>
         </is>
       </c>
       <c r="C516" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="0">
         <v>11606</v>
       </c>
       <c r="B517" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus ROG Gladius II Wireless</t>
         </is>
       </c>
       <c r="C517" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 сум</t>
+          <t>1 085 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="0">
         <v>11607</v>
       </c>
       <c r="B518" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus ROG Chakram</t>
         </is>
       </c>
       <c r="C518" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="0">
         <v>11608</v>
       </c>
       <c r="B519" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus Cerberus</t>
         </is>
       </c>
       <c r="C519" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="0">
         <v>11609</v>
       </c>
       <c r="B520" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF214 SWB Wireless</t>
         </is>
       </c>
       <c r="C520" s="0" t="inlineStr">
         <is>
-          <t>60 000 сум</t>
+          <t>60 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="0">
         <v>11610</v>
       </c>
       <c r="B521" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF212 WL Wireless</t>
         </is>
       </c>
       <c r="C521" s="0" t="inlineStr">
         <is>
-          <t>49 000 сум</t>
+          <t>49 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="0">
         <v>11611</v>
       </c>
       <c r="B522" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF210 WW Wireless White</t>
         </is>
       </c>
       <c r="C522" s="0" t="inlineStr">
         <is>
-          <t>64 000 сум</t>
+          <t>64 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="0">
         <v>11612</v>
       </c>
       <c r="B523" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь 2E MF210 WB Wireless Black</t>
         </is>
       </c>
       <c r="C523" s="0" t="inlineStr">
         <is>
-          <t>60 000 сум</t>
+          <t>60 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="0">
         <v>11613</v>
       </c>
       <c r="B524" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Viper Ultimate</t>
         </is>
       </c>
       <c r="C524" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 сум</t>
+          <t>1 302 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="0">
         <v>11614</v>
       </c>
       <c r="B525" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Mamba Wireless</t>
         </is>
       </c>
       <c r="C525" s="0" t="inlineStr">
         <is>
-          <t>1 302 000 сум</t>
+          <t>1 302 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="0">
         <v>11615</v>
       </c>
       <c r="B526" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Basilisk-Mercury</t>
         </is>
       </c>
       <c r="C526" s="0" t="inlineStr">
         <is>
-          <t>781 000 сум</t>
+          <t>781 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="0">
         <v>11616</v>
       </c>
       <c r="B527" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Basilisk Ultimate</t>
         </is>
       </c>
       <c r="C527" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="0">
         <v>11617</v>
       </c>
       <c r="B528" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Razer Atheris-Mercury</t>
         </is>
       </c>
       <c r="C528" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="0">
         <v>11618</v>
       </c>
       <c r="B529" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь RAPOO M550 USB Wireless</t>
         </is>
       </c>
       <c r="C529" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="0">
         <v>11619</v>
       </c>
       <c r="B530" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь MSI Clutch GM08</t>
         </is>
       </c>
       <c r="C530" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="0">
         <v>11620</v>
       </c>
       <c r="B531" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xtrfy M4 RGB Street</t>
         </is>
       </c>
       <c r="C531" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="0">
         <v>11621</v>
       </c>
       <c r="B532" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master V1300 PLATINUM</t>
         </is>
       </c>
       <c r="C532" s="0" t="inlineStr">
         <is>
-          <t>3 320 000 сум</t>
+          <t>3 320 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="0">
         <v>11622</v>
       </c>
       <c r="B533" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master Elite V3 400W</t>
         </is>
       </c>
       <c r="C533" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="0">
         <v>11623</v>
       </c>
       <c r="B534" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Value APB-500B8</t>
         </is>
       </c>
       <c r="C534" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="0">
         <v>11624</v>
       </c>
       <c r="B535" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec SMART GPS-700A8 700W</t>
         </is>
       </c>
       <c r="C535" s="0" t="inlineStr">
         <is>
-          <t>586 000 сум</t>
+          <t>586 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="0">
         <v>11625</v>
       </c>
       <c r="B536" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec SMART GPS-650A8 650W</t>
         </is>
       </c>
       <c r="C536" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="0">
         <v>11626</v>
       </c>
       <c r="B537" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec SMART GPS-600A8 600W</t>
         </is>
       </c>
       <c r="C537" s="0" t="inlineStr">
         <is>
-          <t>564 000 сум</t>
+          <t>564 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="0">
         <v>11627</v>
       </c>
       <c r="B538" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec SMART GPS-500A8 500W</t>
         </is>
       </c>
       <c r="C538" s="0" t="inlineStr">
         <is>
-          <t>456 000 сум</t>
+          <t>456 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="0">
         <v>11628</v>
       </c>
       <c r="B539" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-850C 850W</t>
         </is>
       </c>
       <c r="C539" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="0">
         <v>11629</v>
       </c>
       <c r="B540" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-750C 750W</t>
         </is>
       </c>
       <c r="C540" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="0">
         <v>11630</v>
       </c>
       <c r="B541" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-650C 650W</t>
         </is>
       </c>
       <c r="C541" s="0" t="inlineStr">
         <is>
-          <t>846 000 сум</t>
+          <t>846 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="0">
         <v>11631</v>
       </c>
       <c r="B542" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-600S 600W</t>
         </is>
       </c>
       <c r="C542" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="0">
         <v>11632</v>
       </c>
       <c r="B543" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PROTON BDF-1000C 1000W</t>
         </is>
       </c>
       <c r="C543" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 сум</t>
+          <t>1 291 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="0">
         <v>11633</v>
       </c>
       <c r="B544" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec POWER SMART GPS-750C 750W</t>
         </is>
       </c>
       <c r="C544" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 сум</t>
+          <t>1 052 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="0">
         <v>11634</v>
       </c>
       <c r="B545" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec PHOTON CTG-750C-RGB 750W</t>
         </is>
       </c>
       <c r="C545" s="0" t="inlineStr">
         <is>
-          <t>901 000 сум</t>
+          <t>901 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="0">
         <v>11635</v>
       </c>
       <c r="B546" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPC-700S 700W</t>
         </is>
       </c>
       <c r="C546" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="0">
         <v>11636</v>
       </c>
       <c r="B547" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPC-600S 600W</t>
         </is>
       </c>
       <c r="C547" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="0">
         <v>11637</v>
       </c>
       <c r="B548" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPC-500S 500W</t>
         </is>
       </c>
       <c r="C548" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="0">
         <v>11638</v>
       </c>
       <c r="B549" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPA-500S8 500W</t>
         </is>
       </c>
       <c r="C549" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="0">
         <v>11639</v>
       </c>
       <c r="B550" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPA-450S8 450W</t>
         </is>
       </c>
       <c r="C550" s="0" t="inlineStr">
         <is>
-          <t>358 000 сум</t>
+          <t>358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="0">
         <v>11640</v>
       </c>
       <c r="B551" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec iARENA GPA-400S8 400W</t>
         </is>
       </c>
       <c r="C551" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="0">
         <v>11641</v>
       </c>
       <c r="B552" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec FORCE CPS-750S 750W</t>
         </is>
       </c>
       <c r="C552" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="0">
         <v>11642</v>
       </c>
       <c r="B553" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec ECO GPE-700S 700W</t>
         </is>
       </c>
       <c r="C553" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="0">
         <v>11643</v>
       </c>
       <c r="B554" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec ECO GPE-600S 600W</t>
         </is>
       </c>
       <c r="C554" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="0">
         <v>11644</v>
       </c>
       <c r="B555" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec ECO GPE-500S 500W</t>
         </is>
       </c>
       <c r="C555" s="0" t="inlineStr">
         <is>
-          <t>521 000 сум</t>
+          <t>521 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="0">
         <v>11645</v>
       </c>
       <c r="B556" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-90 GDP-750C 750W</t>
         </is>
       </c>
       <c r="C556" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="0">
         <v>11646</v>
       </c>
       <c r="B557" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-90 GDP-650C 650W</t>
         </is>
       </c>
       <c r="C557" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="0">
         <v>11647</v>
       </c>
       <c r="B558" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-80 CTG-750C 750W</t>
         </is>
       </c>
       <c r="C558" s="0" t="inlineStr">
         <is>
-          <t>803 000 сум</t>
+          <t>803 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="0">
         <v>11648</v>
       </c>
       <c r="B559" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-80 CTG-650C 650W</t>
         </is>
       </c>
       <c r="C559" s="0" t="inlineStr">
         <is>
-          <t>749 000 сум</t>
+          <t>749 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="0">
         <v>11649</v>
       </c>
       <c r="B560" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec A-80 CTG-550C 550W</t>
         </is>
       </c>
       <c r="C560" s="0" t="inlineStr">
         <is>
-          <t>694 000 сум</t>
+          <t>694 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="0">
         <v>11652</v>
       </c>
       <c r="B561" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman MegaMax 700W ZM700-TXII</t>
         </is>
       </c>
       <c r="C561" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="0">
         <v>11653</v>
       </c>
       <c r="B562" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman MegaMax 600W ZM600-TXII</t>
         </is>
       </c>
       <c r="C562" s="0" t="inlineStr">
         <is>
-          <t>521 000 сум</t>
+          <t>521 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="0">
         <v>11654</v>
       </c>
       <c r="B563" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman MegaMax 500W ZM500-TXII</t>
         </is>
       </c>
       <c r="C563" s="0" t="inlineStr">
         <is>
-          <t>477 000 сум</t>
+          <t>477 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="0">
         <v>11655</v>
       </c>
       <c r="B564" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake TR2 S 700W</t>
         </is>
       </c>
       <c r="C564" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="0">
         <v>11656</v>
       </c>
       <c r="B565" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Toughpower GX1 RGB 700W</t>
         </is>
       </c>
       <c r="C565" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="0">
         <v>11657</v>
       </c>
       <c r="B566" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Toughpower GX1 RGB 600W</t>
         </is>
       </c>
       <c r="C566" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="0">
         <v>11658</v>
       </c>
       <c r="B567" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Toughpower GX1 RGB 500W</t>
         </is>
       </c>
       <c r="C567" s="0" t="inlineStr">
         <is>
-          <t>944 000 сум</t>
+          <t>944 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="0">
         <v>11659</v>
       </c>
       <c r="B568" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Toughpower Grand GX1 RGB 850W Gold</t>
         </is>
       </c>
       <c r="C568" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="0">
         <v>11661</v>
       </c>
       <c r="B569" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart RGB 700W</t>
         </is>
       </c>
       <c r="C569" s="0" t="inlineStr">
         <is>
-          <t>727 000 сум</t>
+          <t>727 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="0">
         <v>11662</v>
       </c>
       <c r="B570" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart RGB 500W</t>
         </is>
       </c>
       <c r="C570" s="0" t="inlineStr">
         <is>
-          <t>564 000 сум</t>
+          <t>564 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="0">
         <v>11663</v>
       </c>
       <c r="B571" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart Pro RGB 850W</t>
         </is>
       </c>
       <c r="C571" s="0" t="inlineStr">
         <is>
-          <t>1 378 000 сум</t>
+          <t>1 378 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="0">
         <v>11664</v>
       </c>
       <c r="B572" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart BX1 RGB 750W</t>
         </is>
       </c>
       <c r="C572" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="0">
         <v>11665</v>
       </c>
       <c r="B573" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart BX1 RGB 650W</t>
         </is>
       </c>
       <c r="C573" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="0">
         <v>11666</v>
       </c>
       <c r="B574" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Smart BX1 RGB 550W</t>
         </is>
       </c>
       <c r="C574" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="0">
         <v>11667</v>
       </c>
       <c r="B575" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Litepower 650W</t>
         </is>
       </c>
       <c r="C575" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="0">
         <v>11668</v>
       </c>
       <c r="B576" s="0" t="inlineStr">
         <is>
           <t>Блок питания Thermaltake Litepower 550W</t>
         </is>
       </c>
       <c r="C576" s="0" t="inlineStr">
         <is>
-          <t>456 000 сум</t>
+          <t>456 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="0">
         <v>11669</v>
       </c>
       <c r="B577" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master Masterwatt Lite 500w</t>
         </is>
       </c>
       <c r="C577" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="0">
         <v>11670</v>
       </c>
       <c r="B578" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master Elite V3 500W</t>
         </is>
       </c>
       <c r="C578" s="0" t="inlineStr">
         <is>
-          <t>477 000 сум</t>
+          <t>477 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="0">
         <v>11671</v>
       </c>
       <c r="B579" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H26</t>
         </is>
       </c>
       <c r="C579" s="0" t="inlineStr">
         <is>
-          <t>618 000 сум</t>
+          <t>618 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="0">
         <v>11672</v>
       </c>
       <c r="B580" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H24</t>
         </is>
       </c>
       <c r="C580" s="0" t="inlineStr">
         <is>
-          <t>374 000 сум</t>
+          <t>374 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="0">
         <v>11673</v>
       </c>
       <c r="B581" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H21</t>
         </is>
       </c>
       <c r="C581" s="0" t="inlineStr">
         <is>
-          <t>358 000 сум</t>
+          <t>358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="0">
         <v>11674</v>
       </c>
       <c r="B582" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H15</t>
         </is>
       </c>
       <c r="C582" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="0">
         <v>11675</v>
       </c>
       <c r="B583" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Suppressor F31</t>
         </is>
       </c>
       <c r="C583" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 сум</t>
+          <t>1 183 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="0">
         <v>11676</v>
       </c>
       <c r="B584" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core X2</t>
         </is>
       </c>
       <c r="C584" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="0">
         <v>11677</v>
       </c>
       <c r="B585" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core V51</t>
         </is>
       </c>
       <c r="C585" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 сум</t>
+          <t>1 291 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="0">
         <v>11678</v>
       </c>
       <c r="B586" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core V21</t>
         </is>
       </c>
       <c r="C586" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="0">
         <v>11679</v>
       </c>
       <c r="B587" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Commander G33</t>
         </is>
       </c>
       <c r="C587" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="0">
         <v>11680</v>
       </c>
       <c r="B588" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Commander C36</t>
         </is>
       </c>
       <c r="C588" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="0">
         <v>11681</v>
       </c>
       <c r="B589" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox MB600L</t>
         </is>
       </c>
       <c r="C589" s="0" t="inlineStr">
         <is>
-          <t>499 000 сум</t>
+          <t>499 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="0">
         <v>11682</v>
       </c>
       <c r="B590" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox MB520 RGB</t>
         </is>
       </c>
       <c r="C590" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="0">
         <v>11683</v>
       </c>
       <c r="B591" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Playa</t>
         </is>
       </c>
       <c r="C591" s="0" t="inlineStr">
         <is>
-          <t>553 000 сум</t>
+          <t>553 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="0">
         <v>11684</v>
       </c>
       <c r="B592" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool KLAW</t>
         </is>
       </c>
       <c r="C592" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="0">
         <v>11685</v>
       </c>
       <c r="B593" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Cylon Pro</t>
         </is>
       </c>
       <c r="C593" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="0">
         <v>11686</v>
       </c>
       <c r="B594" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool CS-1103</t>
         </is>
       </c>
       <c r="C594" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="0">
         <v>11687</v>
       </c>
       <c r="B595" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Aero 500</t>
         </is>
       </c>
       <c r="C595" s="0" t="inlineStr">
         <is>
-          <t>456 000 сум</t>
+          <t>456 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="0">
         <v>11688</v>
       </c>
       <c r="B596" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa J22</t>
         </is>
       </c>
       <c r="C596" s="0" t="inlineStr">
         <is>
-          <t>651 000 сум</t>
+          <t>651 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="0">
         <v>11689</v>
       </c>
       <c r="B597" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H22</t>
         </is>
       </c>
       <c r="C597" s="0" t="inlineStr">
         <is>
-          <t>499 000 сум</t>
+          <t>499 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="0">
         <v>11690</v>
       </c>
       <c r="B598" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa H18</t>
         </is>
       </c>
       <c r="C598" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="0">
         <v>11691</v>
       </c>
       <c r="B599" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake S300 TG Black</t>
         </is>
       </c>
       <c r="C599" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="0">
         <v>11692</v>
       </c>
       <c r="B600" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 VT</t>
         </is>
       </c>
       <c r="C600" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="0">
         <v>11693</v>
       </c>
       <c r="B601" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 MT ARGB</t>
         </is>
       </c>
       <c r="C601" s="0" t="inlineStr">
         <is>
-          <t>890 000 сум</t>
+          <t>890 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="0">
         <v>11694</v>
       </c>
       <c r="B602" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 GT ARGB Black Edition</t>
         </is>
       </c>
       <c r="C602" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="0">
         <v>11695</v>
       </c>
       <c r="B603" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 GT</t>
         </is>
       </c>
       <c r="C603" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="0">
         <v>11696</v>
       </c>
       <c r="B604" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake H200 TG Black</t>
         </is>
       </c>
       <c r="C604" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="0">
         <v>11697</v>
       </c>
       <c r="B605" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core V1</t>
         </is>
       </c>
       <c r="C605" s="0" t="inlineStr">
         <is>
-          <t>586 000 сум</t>
+          <t>586 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="0">
         <v>11698</v>
       </c>
       <c r="B606" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Commander C35</t>
         </is>
       </c>
       <c r="C606" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="0">
         <v>11699</v>
       </c>
       <c r="B607" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Silent Hill H606</t>
         </is>
       </c>
       <c r="C607" s="0" t="inlineStr">
         <is>
-          <t>293 000 сум</t>
+          <t>293 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="0">
         <v>11700</v>
       </c>
       <c r="B608" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Shine</t>
         </is>
       </c>
       <c r="C608" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="0">
         <v>11701</v>
       </c>
       <c r="B609" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Revolt</t>
         </is>
       </c>
       <c r="C609" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="0">
         <v>11702</v>
       </c>
       <c r="B610" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Mini Abyss</t>
         </is>
       </c>
       <c r="C610" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="0">
         <v>11703</v>
       </c>
       <c r="B611" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Fortress TG</t>
         </is>
       </c>
       <c r="C611" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="0">
         <v>11704</v>
       </c>
       <c r="B612" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Expedition BK</t>
         </is>
       </c>
       <c r="C612" s="0" t="inlineStr">
         <is>
-          <t>358 000 сум</t>
+          <t>358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="0">
         <v>11705</v>
       </c>
       <c r="B613" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Dark Ranger</t>
         </is>
       </c>
       <c r="C613" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="0">
         <v>11706</v>
       </c>
       <c r="B614" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Black Diamond</t>
         </is>
       </c>
       <c r="C614" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="0">
         <v>11707</v>
       </c>
       <c r="B615" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Abyss TR</t>
         </is>
       </c>
       <c r="C615" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="0">
         <v>11708</v>
       </c>
       <c r="B616" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox 5 Mesh Flow</t>
         </is>
       </c>
       <c r="C616" s="0" t="inlineStr">
         <is>
-          <t>803 000 сум</t>
+          <t>803 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="0">
         <v>11709</v>
       </c>
       <c r="B617" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox 5 DarkMirror</t>
         </is>
       </c>
       <c r="C617" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="0">
         <v>11710</v>
       </c>
       <c r="B618" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Hive G BK</t>
         </is>
       </c>
       <c r="C618" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="0">
         <v>11711</v>
       </c>
       <c r="B619" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool CS-1101</t>
         </is>
       </c>
       <c r="C619" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="0">
         <v>11712</v>
       </c>
       <c r="B620" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Bolt RGB</t>
         </is>
       </c>
       <c r="C620" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="0">
         <v>11713</v>
       </c>
       <c r="B621" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Aero 800</t>
         </is>
       </c>
       <c r="C621" s="0" t="inlineStr">
         <is>
-          <t>618 000 сум</t>
+          <t>618 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="0">
         <v>11714</v>
       </c>
       <c r="B622" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman T7</t>
         </is>
       </c>
       <c r="C622" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="0">
         <v>11715</v>
       </c>
       <c r="B623" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman S5 RGB</t>
         </is>
       </c>
       <c r="C623" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="0">
         <v>11716</v>
       </c>
       <c r="B624" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman S4</t>
         </is>
       </c>
       <c r="C624" s="0" t="inlineStr">
         <is>
-          <t>391 000 сум</t>
+          <t>391 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="0">
         <v>11717</v>
       </c>
       <c r="B625" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman S3</t>
         </is>
       </c>
       <c r="C625" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="0">
         <v>11718</v>
       </c>
       <c r="B626" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman S2</t>
         </is>
       </c>
       <c r="C626" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="0">
         <v>11719</v>
       </c>
       <c r="B627" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman R2 Black</t>
         </is>
       </c>
       <c r="C627" s="0" t="inlineStr">
         <is>
-          <t>445 000 сум</t>
+          <t>445 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="0">
         <v>11720</v>
       </c>
       <c r="B628" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman N5 TF RGB</t>
         </is>
       </c>
       <c r="C628" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="0">
         <v>11721</v>
       </c>
       <c r="B629" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman N5 MF RGB</t>
         </is>
       </c>
       <c r="C629" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="0">
         <v>11722</v>
       </c>
       <c r="B630" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman i3 LED</t>
         </is>
       </c>
       <c r="C630" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="0">
         <v>11723</v>
       </c>
       <c r="B631" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake View 27</t>
         </is>
       </c>
       <c r="C631" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="0">
         <v>11724</v>
       </c>
       <c r="B632" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa V200 TG</t>
         </is>
       </c>
       <c r="C632" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="0">
         <v>11725</v>
       </c>
       <c r="B633" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa J24</t>
         </is>
       </c>
       <c r="C633" s="0" t="inlineStr">
         <is>
-          <t>738 000 сум</t>
+          <t>738 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="0">
         <v>11726</v>
       </c>
       <c r="B634" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Versa J23</t>
         </is>
       </c>
       <c r="C634" s="0" t="inlineStr">
         <is>
-          <t>618 000 сум</t>
+          <t>618 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="0">
         <v>11727</v>
       </c>
       <c r="B635" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 9700k 3.6GHz 12M LGA1151</t>
         </is>
       </c>
       <c r="C635" s="0" t="inlineStr">
         <is>
-          <t>3 830 000 сум</t>
+          <t>3 830 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="0">
         <v>11728</v>
       </c>
       <c r="B636" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 9700 3.0GHz, 12M, LGA1151</t>
         </is>
       </c>
       <c r="C636" s="0" t="inlineStr">
         <is>
-          <t>2 875 000 сум</t>
+          <t>2 875 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="0">
         <v>11729</v>
       </c>
       <c r="B637" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 9900k 3.6GHz, 64M, LGA1151</t>
         </is>
       </c>
       <c r="C637" s="0" t="inlineStr">
         <is>
-          <t>4 232 000 сум</t>
+          <t>4 232 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="0">
         <v>11730</v>
       </c>
       <c r="B638" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i7 8700 – 3,2GHz, 12M, LGA1151</t>
         </is>
       </c>
       <c r="C638" s="0" t="inlineStr">
         <is>
-          <t>2 854 000 сум</t>
+          <t>2 854 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="0">
         <v>11731</v>
       </c>
       <c r="B639" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i5 9600k 3.7GHz, 9M, LGA1151</t>
         </is>
       </c>
       <c r="C639" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 сум</t>
+          <t>2 333 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="0">
         <v>11732</v>
       </c>
       <c r="B640" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i3 6100 3,7GHz, 6M, LGA1151</t>
         </is>
       </c>
       <c r="C640" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="0">
         <v>11733</v>
       </c>
       <c r="B641" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel Core i9 10900 2,8 GHz, 20M, LGA1200</t>
         </is>
       </c>
       <c r="C641" s="0" t="inlineStr">
         <is>
-          <t>4 557 000 сум</t>
+          <t>4 557 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="0">
         <v>11734</v>
       </c>
       <c r="B642" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master MasterAir MA620P RGB</t>
         </is>
       </c>
       <c r="C642" s="0" t="inlineStr">
         <is>
-          <t>651 000 сум</t>
+          <t>651 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="0">
         <v>11735</v>
       </c>
       <c r="B643" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper 212 LED Turbo</t>
         </is>
       </c>
       <c r="C643" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="0">
         <v>11736</v>
       </c>
       <c r="B644" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Zalman ZM-F3 FDB SF 120</t>
         </is>
       </c>
       <c r="C644" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="0">
         <v>11737</v>
       </c>
       <c r="B645" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS9X Optima LED TDP 180W</t>
         </is>
       </c>
       <c r="C645" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="0">
         <v>11738</v>
       </c>
       <c r="B646" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS5X Performa</t>
         </is>
       </c>
       <c r="C646" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="0">
         <v>11739</v>
       </c>
       <c r="B647" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS20X RGB TDP 300W</t>
         </is>
       </c>
       <c r="C647" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="0">
         <v>11740</v>
       </c>
       <c r="B648" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS17X RGB TDP 200W</t>
         </is>
       </c>
       <c r="C648" s="0" t="inlineStr">
         <is>
-          <t>749 000 сум</t>
+          <t>749 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="0">
         <v>11741</v>
       </c>
       <c r="B649" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS10X OPTIMA II Black RGB TDP 180W</t>
         </is>
       </c>
       <c r="C649" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="0">
         <v>11742</v>
       </c>
       <c r="B650" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 RGB 360</t>
         </is>
       </c>
       <c r="C650" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="0">
         <v>11743</v>
       </c>
       <c r="B651" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake UX200 ARGB Lighting</t>
         </is>
       </c>
       <c r="C651" s="0" t="inlineStr">
         <is>
-          <t>391 000 сум</t>
+          <t>391 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="0">
         <v>11744</v>
       </c>
       <c r="B652" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake TH240 ARGB</t>
         </is>
       </c>
       <c r="C652" s="0" t="inlineStr">
         <is>
-          <t>1 020 000 сум</t>
+          <t>1 020 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="0">
         <v>11745</v>
       </c>
       <c r="B653" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake TH120 ARGB</t>
         </is>
       </c>
       <c r="C653" s="0" t="inlineStr">
         <is>
-          <t>781 000 сум</t>
+          <t>781 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="0">
         <v>11746</v>
       </c>
       <c r="B654" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Gamemax Gamma 500 Rainbow</t>
         </is>
       </c>
       <c r="C654" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="0">
         <v>11747</v>
       </c>
       <c r="B655" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Gamemax Gamma 300 CPU</t>
         </is>
       </c>
       <c r="C655" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="0">
         <v>11748</v>
       </c>
       <c r="B656" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Gamemax Gamma 200 CPU</t>
         </is>
       </c>
       <c r="C656" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="0">
         <v>11749</v>
       </c>
       <c r="B657" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Cooler Master MasterLiquid ML240P Mirage</t>
         </is>
       </c>
       <c r="C657" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="0">
         <v>11750</v>
       </c>
       <c r="B658" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z390 PRO 4</t>
         </is>
       </c>
       <c r="C658" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 сум</t>
+          <t>1 573 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="0">
         <v>11751</v>
       </c>
       <c r="B659" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z390 Phantom Gaming 4S</t>
         </is>
       </c>
       <c r="C659" s="0" t="inlineStr">
         <is>
-          <t>1 356 000 сум</t>
+          <t>1 356 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="0">
         <v>11752</v>
       </c>
       <c r="B660" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B450M-HDV</t>
         </is>
       </c>
       <c r="C660" s="0" t="inlineStr">
         <is>
-          <t>770 000 сум</t>
+          <t>770 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="0">
         <v>11753</v>
       </c>
       <c r="B661" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B450M PRO4-F</t>
         </is>
       </c>
       <c r="C661" s="0" t="inlineStr">
         <is>
-          <t>944 000 сум</t>
+          <t>944 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="0">
         <v>11754</v>
       </c>
       <c r="B662" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B450 PRO4</t>
         </is>
       </c>
       <c r="C662" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 сум</t>
+          <t>1 052 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="0">
         <v>11755</v>
       </c>
       <c r="B663" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B450 GAMING K4</t>
         </is>
       </c>
       <c r="C663" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="0">
         <v>11756</v>
       </c>
       <c r="B664" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar H310MHC</t>
         </is>
       </c>
       <c r="C664" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="0">
         <v>11757</v>
       </c>
       <c r="B665" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490M Pro4</t>
         </is>
       </c>
       <c r="C665" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 сум</t>
+          <t>2 007 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="0">
         <v>11758</v>
       </c>
       <c r="B666" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Steel Legend</t>
         </is>
       </c>
       <c r="C666" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="0">
         <v>11759</v>
       </c>
       <c r="B667" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Phantom Gaming 4/AC</t>
         </is>
       </c>
       <c r="C667" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="0">
         <v>11760</v>
       </c>
       <c r="B668" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Phantom Gaming 4</t>
         </is>
       </c>
       <c r="C668" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="0">
         <v>11761</v>
       </c>
       <c r="B669" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Extreme4 RGB</t>
         </is>
       </c>
       <c r="C669" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="0">
         <v>11762</v>
       </c>
       <c r="B670" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H470M Pro4</t>
         </is>
       </c>
       <c r="C670" s="0" t="inlineStr">
         <is>
-          <t>1 454 000 сум</t>
+          <t>1 454 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="0">
         <v>11763</v>
       </c>
       <c r="B671" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H470M ITX/AC</t>
         </is>
       </c>
       <c r="C671" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="0">
         <v>11764</v>
       </c>
       <c r="B672" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H410M HVS</t>
         </is>
       </c>
       <c r="C672" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="0">
         <v>11765</v>
       </c>
       <c r="B673" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H410M HDV/M.2</t>
         </is>
       </c>
       <c r="C673" s="0" t="inlineStr">
         <is>
-          <t>944 000 сум</t>
+          <t>944 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="0">
         <v>11766</v>
       </c>
       <c r="B674" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H310CM HDV</t>
         </is>
       </c>
       <c r="C674" s="0" t="inlineStr">
         <is>
-          <t>651 000 сум</t>
+          <t>651 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="0">
         <v>11767</v>
       </c>
       <c r="B675" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Steel Legend</t>
         </is>
       </c>
       <c r="C675" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 сум</t>
+          <t>2 007 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="0">
         <v>11768</v>
       </c>
       <c r="B676" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Pro4</t>
         </is>
       </c>
       <c r="C676" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="0">
         <v>11769</v>
       </c>
       <c r="B677" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Phantom Gaming 4/AC</t>
         </is>
       </c>
       <c r="C677" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="0">
         <v>11770</v>
       </c>
       <c r="B678" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Extreme 4</t>
         </is>
       </c>
       <c r="C678" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 сум</t>
+          <t>2 496 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="0">
         <v>11771</v>
       </c>
       <c r="B679" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B460M HDV</t>
         </is>
       </c>
       <c r="C679" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="0">
         <v>11772</v>
       </c>
       <c r="B680" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B460 Pro4</t>
         </is>
       </c>
       <c r="C680" s="0" t="inlineStr">
         <is>
-          <t>1 378 000 сум</t>
+          <t>1 378 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="0">
         <v>11773</v>
       </c>
       <c r="B681" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B460 Phantom Gaming 4</t>
         </is>
       </c>
       <c r="C681" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="0">
         <v>11774</v>
       </c>
       <c r="B682" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock A520M HVS</t>
         </is>
       </c>
       <c r="C682" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="0">
         <v>11775</v>
       </c>
       <c r="B683" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365M HD3</t>
         </is>
       </c>
       <c r="C683" s="0" t="inlineStr">
         <is>
-          <t>1 118 000 сум</t>
+          <t>1 118 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="0">
         <v>11776</v>
       </c>
       <c r="B684" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI Z490-A PRO</t>
         </is>
       </c>
       <c r="C684" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="0">
         <v>11777</v>
       </c>
       <c r="B685" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 Gaming Pro Max</t>
         </is>
       </c>
       <c r="C685" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="0">
         <v>11778</v>
       </c>
       <c r="B686" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MAG B460M Bazooka</t>
         </is>
       </c>
       <c r="C686" s="0" t="inlineStr">
         <is>
-          <t>1 335 000 сум</t>
+          <t>1 335 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="0">
         <v>11779</v>
       </c>
       <c r="B687" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI H110 PRO-VD</t>
         </is>
       </c>
       <c r="C687" s="0" t="inlineStr">
         <is>
-          <t>477 000 сум</t>
+          <t>477 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="0">
         <v>11780</v>
       </c>
       <c r="B688" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B460M-A Pro</t>
         </is>
       </c>
       <c r="C688" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="0">
         <v>11781</v>
       </c>
       <c r="B689" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B460M PRO-VDH Wi Fi</t>
         </is>
       </c>
       <c r="C689" s="0" t="inlineStr">
         <is>
-          <t>1 280 000 сум</t>
+          <t>1 280 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="0">
         <v>11782</v>
       </c>
       <c r="B690" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MAG B460M MORTAR WIFI</t>
         </is>
       </c>
       <c r="C690" s="0" t="inlineStr">
         <is>
-          <t>1 476 000 сум</t>
+          <t>1 476 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="0">
         <v>11783</v>
       </c>
       <c r="B691" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PLUS MAX</t>
         </is>
       </c>
       <c r="C691" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 сум</t>
+          <t>1 736 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="0">
         <v>11784</v>
       </c>
       <c r="B692" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450-A Pro Max</t>
         </is>
       </c>
       <c r="C692" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="0">
         <v>11785</v>
       </c>
       <c r="B693" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z490 GAMING PLUS</t>
         </is>
       </c>
       <c r="C693" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="0">
         <v>11786</v>
       </c>
       <c r="B694" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Gamdias Gaming Chair Achilles M1A Red</t>
         </is>
       </c>
       <c r="C694" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 сум</t>
+          <t>2 224 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="0">
         <v>11787</v>
       </c>
       <c r="B695" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло  Gamdias Gaming Chair Achilles E3</t>
         </is>
       </c>
       <c r="C695" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="0">
         <v>11788</v>
       </c>
       <c r="B696" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Gamdias Gaming Chair Achilles E2 Red</t>
         </is>
       </c>
       <c r="C696" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="0">
         <v>11789</v>
       </c>
       <c r="B697" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Gamdias Gaming Chair Achilles E1</t>
         </is>
       </c>
       <c r="C697" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="0">
         <v>11790</v>
       </c>
       <c r="B698" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Gamdias Aphrodite MF1 Gaming Chair</t>
         </is>
       </c>
       <c r="C698" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="0">
         <v>11791</v>
       </c>
       <c r="B699" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Gamdias Aphrodite EF1 Gaming Chair</t>
         </is>
       </c>
       <c r="C699" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 сум</t>
+          <t>1 573 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="0">
         <v>11792</v>
       </c>
       <c r="B700" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC5 Tiger Orange</t>
         </is>
       </c>
       <c r="C700" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="0">
         <v>11793</v>
       </c>
       <c r="B701" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC5 Azure Blue</t>
         </is>
       </c>
       <c r="C701" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="0">
         <v>11794</v>
       </c>
       <c r="B702" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC3 Tiger Orange</t>
         </is>
       </c>
       <c r="C702" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="0">
         <v>11795</v>
       </c>
       <c r="B703" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC3 Jet Black</t>
         </is>
       </c>
       <c r="C703" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="0">
         <v>11796</v>
       </c>
       <c r="B704" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC3 Ember Red</t>
         </is>
       </c>
       <c r="C704" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="0">
         <v>11797</v>
       </c>
       <c r="B705" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 TC3 Azure Blue</t>
         </is>
       </c>
       <c r="C705" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="0">
         <v>11798</v>
       </c>
       <c r="B706" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло AeroCool Count Steel Blue</t>
         </is>
       </c>
       <c r="C706" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="0">
         <v>11799</v>
       </c>
       <c r="B707" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло AeroCool Baron Burgundy Red</t>
         </is>
       </c>
       <c r="C707" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="0">
         <v>11801</v>
       </c>
       <c r="B708" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM100 Cloth</t>
         </is>
       </c>
       <c r="C708" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="0">
         <v>11802</v>
       </c>
       <c r="B709" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM1000 Qi Wireless Charging</t>
         </is>
       </c>
       <c r="C709" s="0" t="inlineStr">
         <is>
-          <t>811 000 сум</t>
+          <t>811 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="0">
         <v>11803</v>
       </c>
       <c r="B710" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM200 Cloth Extended</t>
         </is>
       </c>
       <c r="C710" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="0">
         <v>11804</v>
       </c>
       <c r="B711" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM200 Cloth Medium</t>
         </is>
       </c>
       <c r="C711" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="0">
         <v>11805</v>
       </c>
       <c r="B712" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM250 Champion Series Performance X-Large</t>
         </is>
       </c>
       <c r="C712" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="0">
         <v>11806</v>
       </c>
       <c r="B713" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM350 Premium Anti-Fray  Cloth X Large</t>
         </is>
       </c>
       <c r="C713" s="0" t="inlineStr">
         <is>
-          <t>298 000 сум</t>
+          <t>298 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="0">
         <v>11807</v>
       </c>
       <c r="B714" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Corsair MM350 Premium Anti-Fray Cloth Extended</t>
         </is>
       </c>
       <c r="C714" s="0" t="inlineStr">
         <is>
-          <t>408 000 сум</t>
+          <t>408 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="0">
         <v>11808</v>
       </c>
       <c r="B715" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S NAVI Edition Gaming Mouse Pad</t>
         </is>
       </c>
       <c r="C715" s="0" t="inlineStr">
         <is>
-          <t>139 000 сум</t>
+          <t>139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="0">
         <v>11809</v>
       </c>
       <c r="B716" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Pro L</t>
         </is>
       </c>
       <c r="C716" s="0" t="inlineStr">
         <is>
-          <t>201 000 сум</t>
+          <t>201 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="0">
         <v>11810</v>
       </c>
       <c r="B717" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Pro S</t>
         </is>
       </c>
       <c r="C717" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="0">
         <v>11811</v>
       </c>
       <c r="B718" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Speed Extra Large</t>
         </is>
       </c>
       <c r="C718" s="0" t="inlineStr">
         <is>
-          <t>408 000 сум</t>
+          <t>408 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="0">
         <v>11812</v>
       </c>
       <c r="B719" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Speed Large</t>
         </is>
       </c>
       <c r="C719" s="0" t="inlineStr">
         <is>
-          <t>201 000 сум</t>
+          <t>201 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="0">
         <v>11813</v>
       </c>
       <c r="B720" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX Fury Ultra RGB mousepad</t>
         </is>
       </c>
       <c r="C720" s="0" t="inlineStr">
         <is>
-          <t>708 000 сум</t>
+          <t>708 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="0">
         <v>11814</v>
       </c>
       <c r="B721" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Speed Small</t>
         </is>
       </c>
       <c r="C721" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="0">
         <v>11815</v>
       </c>
       <c r="B722" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Speed Medium</t>
         </is>
       </c>
       <c r="C722" s="0" t="inlineStr">
         <is>
-          <t>139 000 сум</t>
+          <t>139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="0">
         <v>11816</v>
       </c>
       <c r="B723" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши HyperX FURY S Pro M</t>
         </is>
       </c>
       <c r="C723" s="0" t="inlineStr">
         <is>
-          <t>139 000 сум</t>
+          <t>139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="0">
         <v>11817</v>
       </c>
       <c r="B724" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Zowie G-SR-SE</t>
         </is>
       </c>
       <c r="C724" s="0" t="inlineStr">
         <is>
-          <t>467 000 сум</t>
+          <t>467 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="0">
         <v>11818</v>
       </c>
       <c r="B725" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Small</t>
         </is>
       </c>
       <c r="C725" s="0" t="inlineStr">
         <is>
-          <t>103 000 сум</t>
+          <t>103 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="0">
         <v>11819</v>
       </c>
       <c r="B726" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Prism Medium</t>
         </is>
       </c>
       <c r="C726" s="0" t="inlineStr">
         <is>
-          <t>381 000 сум</t>
+          <t>381 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="0">
         <v>11820</v>
       </c>
       <c r="B727" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Prism</t>
         </is>
       </c>
       <c r="C727" s="0" t="inlineStr">
         <is>
-          <t>803 000 сум</t>
+          <t>803 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="0">
         <v>11821</v>
       </c>
       <c r="B728" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Heavy Medium</t>
         </is>
       </c>
       <c r="C728" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="0">
         <v>11822</v>
       </c>
       <c r="B729" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK Heavy Large</t>
         </is>
       </c>
       <c r="C729" s="0" t="inlineStr">
         <is>
-          <t>356 000 сум</t>
+          <t>356 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="0">
         <v>11823</v>
       </c>
       <c r="B730" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK EDGE Medium</t>
         </is>
       </c>
       <c r="C730" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="0">
         <v>11824</v>
       </c>
       <c r="B731" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Steelseries QcK EDGE Large</t>
         </is>
       </c>
       <c r="C731" s="0" t="inlineStr">
         <is>
-          <t>179 000 сум</t>
+          <t>179 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="0">
         <v>11825</v>
       </c>
       <c r="B732" s="0" t="inlineStr">
         <is>
           <t>Клавиатура с тачпадом 2E KT100 WL</t>
         </is>
       </c>
       <c r="C732" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="0">
         <v>11826</v>
       </c>
       <c r="B733" s="0" t="inlineStr">
         <is>
           <t>Клавиатура проводная MSI VIGOR GK30</t>
         </is>
       </c>
       <c r="C733" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="0">
         <v>11827</v>
       </c>
       <c r="B734" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo V500</t>
         </is>
       </c>
       <c r="C734" s="0" t="inlineStr">
         <is>
-          <t>467 000 сум</t>
+          <t>467 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="0">
         <v>11828</v>
       </c>
       <c r="B735" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo K2800</t>
         </is>
       </c>
       <c r="C735" s="0" t="inlineStr">
         <is>
-          <t>250 000 сум</t>
+          <t>250 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="0">
         <v>11829</v>
       </c>
       <c r="B736" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy FPS RGB Silver Speed</t>
         </is>
       </c>
       <c r="C736" s="0" t="inlineStr">
         <is>
-          <t>1 259 000 сум</t>
+          <t>1 259 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="0">
         <v>11830</v>
       </c>
       <c r="B737" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy FPS MX Red</t>
         </is>
       </c>
       <c r="C737" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 сум</t>
+          <t>1 052 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="0">
         <v>11831</v>
       </c>
       <c r="B738" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy FPS MX Brown</t>
         </is>
       </c>
       <c r="C738" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 сум</t>
+          <t>1 052 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="0">
         <v>11832</v>
       </c>
       <c r="B739" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy FPS Pro MX Red</t>
         </is>
       </c>
       <c r="C739" s="0" t="inlineStr">
         <is>
-          <t>944 000 сум</t>
+          <t>944 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="0">
         <v>11833</v>
       </c>
       <c r="B740" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender UltraMate SM 530</t>
         </is>
       </c>
       <c r="C740" s="0" t="inlineStr">
         <is>
-          <t>43 000 сум</t>
+          <t>43 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="0">
         <v>11834</v>
       </c>
       <c r="B741" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender SM-660L Pro</t>
         </is>
       </c>
       <c r="C741" s="0" t="inlineStr">
         <is>
-          <t>146 000 сум</t>
+          <t>146 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="0">
         <v>11835</v>
       </c>
       <c r="B742" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Oscar SM 600</t>
         </is>
       </c>
       <c r="C742" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="0">
         <v>11836</v>
       </c>
       <c r="B743" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender OfficeMate HM 710</t>
         </is>
       </c>
       <c r="C743" s="0" t="inlineStr">
         <is>
-          <t>43 000 сум</t>
+          <t>43 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="0">
         <v>11837</v>
       </c>
       <c r="B744" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Focus HB 470</t>
         </is>
       </c>
       <c r="C744" s="0" t="inlineStr">
         <is>
-          <t>41 000 сум</t>
+          <t>41 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="0">
         <v>11838</v>
       </c>
       <c r="B745" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Element HB 520</t>
         </is>
       </c>
       <c r="C745" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="0">
         <v>11839</v>
       </c>
       <c r="B746" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Black Edition SB 550</t>
         </is>
       </c>
       <c r="C746" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="0">
         <v>11840</v>
       </c>
       <c r="B747" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS210 Slim USB Black</t>
         </is>
       </c>
       <c r="C747" s="0" t="inlineStr">
         <is>
-          <t>71 000 сум</t>
+          <t>71 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="0">
         <v>11841</v>
       </c>
       <c r="B748" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius Scorpion K6 Black</t>
         </is>
       </c>
       <c r="C748" s="0" t="inlineStr">
         <is>
-          <t>222 000 сум</t>
+          <t>222 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="0">
         <v>11842</v>
       </c>
       <c r="B749" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius Smart KB101</t>
         </is>
       </c>
       <c r="C749" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="0">
         <v>11843</v>
       </c>
       <c r="B750" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy Elite RGB MX Blue</t>
         </is>
       </c>
       <c r="C750" s="0" t="inlineStr">
         <is>
-          <t>1 705 000 сум</t>
+          <t>1 705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="0">
         <v>11844</v>
       </c>
       <c r="B751" s="0" t="inlineStr">
         <is>
           <t>Клавиатура HyperX Alloy Origins Core TKL</t>
         </is>
       </c>
       <c r="C751" s="0" t="inlineStr">
         <is>
-          <t>1 150 000 сум</t>
+          <t>1 150 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="0">
         <v>11845</v>
       </c>
       <c r="B752" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Blackwidow Elite Green Switch</t>
         </is>
       </c>
       <c r="C752" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="0">
         <v>11846</v>
       </c>
       <c r="B753" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Huntsman</t>
         </is>
       </c>
       <c r="C753" s="0" t="inlineStr">
         <is>
-          <t>1 486 000 сум</t>
+          <t>1 486 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="0">
         <v>11847</v>
       </c>
       <c r="B754" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KG320 USB Black</t>
         </is>
       </c>
       <c r="C754" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="0">
         <v>11848</v>
       </c>
       <c r="B755" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KM1020 Slim USB</t>
         </is>
       </c>
       <c r="C755" s="0" t="inlineStr">
         <is>
-          <t>59 000 сум</t>
+          <t>59 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="0">
         <v>11849</v>
       </c>
       <c r="B756" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS101 USB Black</t>
         </is>
       </c>
       <c r="C756" s="0" t="inlineStr">
         <is>
-          <t>42 000 сум</t>
+          <t>42 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="0">
         <v>11850</v>
       </c>
       <c r="B757" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS108 USB Black</t>
         </is>
       </c>
       <c r="C757" s="0" t="inlineStr">
         <is>
-          <t>38 000 сум</t>
+          <t>38 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="0">
         <v>11851</v>
       </c>
       <c r="B758" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky Shine 7 RGB Black</t>
         </is>
       </c>
       <c r="C758" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 сум</t>
+          <t>2 159 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="0">
         <v>11852</v>
       </c>
       <c r="B759" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky Mecha Mini RGB Black</t>
         </is>
       </c>
       <c r="C759" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="0">
         <v>11853</v>
       </c>
       <c r="B760" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky One 2 TKL RGB Black</t>
         </is>
       </c>
       <c r="C760" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 сум</t>
+          <t>1 899 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="0">
         <v>11854</v>
       </c>
       <c r="B761" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky One 2 TKL RGB White</t>
         </is>
       </c>
       <c r="C761" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 сум</t>
+          <t>1 899 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="0">
         <v>11855</v>
       </c>
       <c r="B762" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky One 2 Mini RGB Black</t>
         </is>
       </c>
       <c r="C762" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 сум</t>
+          <t>1 508 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="0">
         <v>11856</v>
       </c>
       <c r="B763" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Ducky One 2 Mini RGB White</t>
         </is>
       </c>
       <c r="C763" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 сум</t>
+          <t>1 508 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="0">
         <v>11857</v>
       </c>
       <c r="B764" s="0" t="inlineStr">
         <is>
           <t>Клавиатура MSI Interceptor DS4100 UA white BOX</t>
         </is>
       </c>
       <c r="C764" s="0" t="inlineStr">
         <is>
-          <t>358 000 сум</t>
+          <t>358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="0">
         <v>11858</v>
       </c>
       <c r="B765" s="0" t="inlineStr">
         <is>
           <t>Клавиатура MSI VIGOR GK50 Low Profile</t>
         </is>
       </c>
       <c r="C765" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="0">
         <v>11859</v>
       </c>
       <c r="B766" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon AMSA Pro K592</t>
         </is>
       </c>
       <c r="C766" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="0">
         <v>11860</v>
       </c>
       <c r="B767" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 150</t>
         </is>
       </c>
       <c r="C767" s="0" t="inlineStr">
         <is>
-          <t>826 000 сум</t>
+          <t>826 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="0">
         <v>11861</v>
       </c>
       <c r="B768" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 3</t>
         </is>
       </c>
       <c r="C768" s="0" t="inlineStr">
         <is>
-          <t>977 000 сум</t>
+          <t>977 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="0">
         <v>11862</v>
       </c>
       <c r="B769" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 5 Hybrid</t>
         </is>
       </c>
       <c r="C769" s="0" t="inlineStr">
         <is>
-          <t>1 421 000 сум</t>
+          <t>1 421 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="0">
         <v>11863</v>
       </c>
       <c r="B770" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 7 Red Switch</t>
         </is>
       </c>
       <c r="C770" s="0" t="inlineStr">
         <is>
-          <t>1 996 000 сум</t>
+          <t>1 996 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="0">
         <v>11864</v>
       </c>
       <c r="B771" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex 7 TKL Red/Blue Switch</t>
         </is>
       </c>
       <c r="C771" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 сум</t>
+          <t>1 617 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="0">
         <v>11865</v>
       </c>
       <c r="B772" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex Pro TKL</t>
         </is>
       </c>
       <c r="C772" s="0" t="inlineStr">
         <is>
-          <t>2 441 000 сум</t>
+          <t>2 441 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="0">
         <v>11866</v>
       </c>
       <c r="B773" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Steelseries Apex Pro</t>
         </is>
       </c>
       <c r="C773" s="0" t="inlineStr">
         <is>
-          <t>2 469 000 сум</t>
+          <t>2 469 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="0">
         <v>11867</v>
       </c>
       <c r="B774" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 RGB</t>
         </is>
       </c>
       <c r="C774" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="0">
         <v>11868</v>
       </c>
       <c r="B775" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 TKL RGB Kailh Red</t>
         </is>
       </c>
       <c r="C775" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="0">
         <v>11869</v>
       </c>
       <c r="B776" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 TKL RGB Kailh Red Retro</t>
         </is>
       </c>
       <c r="C776" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="0">
         <v>11870</v>
       </c>
       <c r="B777" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 TKL RGB Kailh Red White</t>
         </is>
       </c>
       <c r="C777" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="0">
         <v>11871</v>
       </c>
       <c r="B778" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS1020 USB Black</t>
         </is>
       </c>
       <c r="C778" s="0" t="inlineStr">
         <is>
-          <t>60 000 сум</t>
+          <t>60 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="0">
         <v>11872</v>
       </c>
       <c r="B779" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 2E KS106 USB Black</t>
         </is>
       </c>
       <c r="C779" s="0" t="inlineStr">
         <is>
-          <t>37 000 сум</t>
+          <t>37 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="0">
         <v>11873</v>
       </c>
       <c r="B780" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Asus ROG Strix Flare</t>
         </is>
       </c>
       <c r="C780" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 сум</t>
+          <t>1 899 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="0">
         <v>11874</v>
       </c>
       <c r="B781" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Asus Strix Scope TKL</t>
         </is>
       </c>
       <c r="C781" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="0">
         <v>11875</v>
       </c>
       <c r="B782" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K65 RGB Rapidfire Compact</t>
         </is>
       </c>
       <c r="C782" s="0" t="inlineStr">
         <is>
-          <t>1 338 000 сум</t>
+          <t>1 338 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="0">
         <v>11876</v>
       </c>
       <c r="B783" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K68 Cherry MX Red</t>
         </is>
       </c>
       <c r="C783" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 сум</t>
+          <t>1 052 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="0">
         <v>11877</v>
       </c>
       <c r="B784" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K68 RGB Cherry MX Red</t>
         </is>
       </c>
       <c r="C784" s="0" t="inlineStr">
         <is>
-          <t>1 367 000 сум</t>
+          <t>1 367 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="0">
         <v>11878</v>
       </c>
       <c r="B785" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Cherry MX Brown</t>
         </is>
       </c>
       <c r="C785" s="0" t="inlineStr">
         <is>
-          <t>1 751 000 сум</t>
+          <t>1 751 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="0">
         <v>11879</v>
       </c>
       <c r="B786" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Cherry MX Red</t>
         </is>
       </c>
       <c r="C786" s="0" t="inlineStr">
         <is>
-          <t>1 751 000 сум</t>
+          <t>1 751 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="0">
         <v>11880</v>
       </c>
       <c r="B787" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Cherry MX Silent</t>
         </is>
       </c>
       <c r="C787" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="0">
         <v>11881</v>
       </c>
       <c r="B788" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Low Profile Rapidfire Cherry MX</t>
         </is>
       </c>
       <c r="C788" s="0" t="inlineStr">
         <is>
-          <t>1 751 000 сум</t>
+          <t>1 751 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="0">
         <v>11882</v>
       </c>
       <c r="B789" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K70 RGB MK.2 Rapidfire Cherry MX Speed</t>
         </is>
       </c>
       <c r="C789" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="0">
         <v>11883</v>
       </c>
       <c r="B790" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K83 Wireless</t>
         </is>
       </c>
       <c r="C790" s="0" t="inlineStr">
         <is>
-          <t>1 028 000 сум</t>
+          <t>1 028 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="0">
         <v>11884</v>
       </c>
       <c r="B791" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair K95 RGB Platinum Cherry MX Brown</t>
         </is>
       </c>
       <c r="C791" s="0" t="inlineStr">
         <is>
-          <t>2 105 000 сум</t>
+          <t>2 105 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="0">
         <v>11885</v>
       </c>
       <c r="B792" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Corsair Strafe RGB MK.2 Cherry MX Red</t>
         </is>
       </c>
       <c r="C792" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="0">
         <v>11886</v>
       </c>
       <c r="B793" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender Renegade GK 640DL</t>
         </is>
       </c>
       <c r="C793" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="0">
         <v>11887</v>
       </c>
       <c r="B794" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius LuxeMate 100 Black</t>
         </is>
       </c>
       <c r="C794" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="0">
         <v>11888</v>
       </c>
       <c r="B795" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius Scorpion K215 Black</t>
         </is>
       </c>
       <c r="C795" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="0">
         <v>11889</v>
       </c>
       <c r="B796" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Genius Scorpion K220 Black</t>
         </is>
       </c>
       <c r="C796" s="0" t="inlineStr">
         <is>
-          <t>168 000 сум</t>
+          <t>168 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="0">
         <v>11890</v>
       </c>
       <c r="B797" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания Energenie EG-052-S 1200VA AVR</t>
         </is>
       </c>
       <c r="C797" s="0" t="inlineStr">
         <is>
-          <t>727 000 сум</t>
+          <t>727 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="0">
         <v>11891</v>
       </c>
       <c r="B798" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT-800A EURO 12/7.2Ah 480V</t>
         </is>
       </c>
       <c r="C798" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="0">
         <v>11892</v>
       </c>
       <c r="B799" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания Energenie EG-PS3000-01-S 3000VA LCD display, USB</t>
         </is>
       </c>
       <c r="C799" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 сум</t>
+          <t>2 496 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="0">
         <v>11893</v>
       </c>
       <c r="B800" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания ION V-1200 AVR 2x12V/9Ah 600V</t>
         </is>
       </c>
       <c r="C800" s="0" t="inlineStr">
         <is>
-          <t>868 000 сум</t>
+          <t>868 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="0">
         <v>11894</v>
       </c>
       <c r="B801" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-1500 AVR 2x12V/9Ah 900V</t>
         </is>
       </c>
       <c r="C801" s="0" t="inlineStr">
         <is>
-          <t>998 000 сум</t>
+          <t>998 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="0">
         <v>11895</v>
       </c>
       <c r="B802" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-2000 AVR 2x12V/9Ah 1200V</t>
         </is>
       </c>
       <c r="C802" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 сум</t>
+          <t>1 519 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="0">
         <v>11896</v>
       </c>
       <c r="B803" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-600 AVR 1x12V7Ah 360V</t>
         </is>
       </c>
       <c r="C803" s="0" t="inlineStr">
         <is>
-          <t>358 000 сум</t>
+          <t>358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="0">
         <v>11897</v>
       </c>
       <c r="B804" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT-600A EURO 12/7.2Ah 360V</t>
         </is>
       </c>
       <c r="C804" s="0" t="inlineStr">
         <is>
-          <t>477 000 сум</t>
+          <t>477 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="0">
         <v>11898</v>
       </c>
       <c r="B805" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT-1000A EURO 12/9Ah 600V</t>
         </is>
       </c>
       <c r="C805" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="0">
         <v>11899</v>
       </c>
       <c r="B806" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT 2000AP LCD 2x12V/9Ah 1200V</t>
         </is>
       </c>
       <c r="C806" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="0">
         <v>11900</v>
       </c>
       <c r="B807" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom RPT 1500AP LCD 2x12V/7Ah 615V</t>
         </is>
       </c>
       <c r="C807" s="0" t="inlineStr">
         <is>
-          <t>1 714 000 сум</t>
+          <t>1 714 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="0">
         <v>11901</v>
       </c>
       <c r="B808" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MRT 3000SE 72B 6x12V 9Ah (3000V)</t>
         </is>
       </c>
       <c r="C808" s="0" t="inlineStr">
         <is>
-          <t>7 541 000 сум</t>
+          <t>7 541 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="0">
         <v>11902</v>
       </c>
       <c r="B809" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MRT 2000SE 72B 6x12V 7Ah 2000V</t>
         </is>
       </c>
       <c r="C809" s="0" t="inlineStr">
         <is>
-          <t>6 380 000 сум</t>
+          <t>6 380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="0">
         <v>11903</v>
       </c>
       <c r="B810" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MRT 1000SE 36B 3x12V 7Ah 1000V</t>
         </is>
       </c>
       <c r="C810" s="0" t="inlineStr">
         <is>
-          <t>4 090 000 сум</t>
+          <t>4 090 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="0">
         <v>11904</v>
       </c>
       <c r="B811" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MAC 2000 72B 6x12V/7Ah 2000V</t>
         </is>
       </c>
       <c r="C811" s="0" t="inlineStr">
         <is>
-          <t>5 794 000 сум</t>
+          <t>5 794 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="0">
         <v>11905</v>
       </c>
       <c r="B812" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Powercom MAC 1000 24B 2x12V/9Ah (1000V)</t>
         </is>
       </c>
       <c r="C812" s="0" t="inlineStr">
         <is>
-          <t>3 309 000 сум</t>
+          <t>3 309 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="0">
         <v>11906</v>
       </c>
       <c r="B813" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Stanmore II Bluetooth White</t>
         </is>
       </c>
       <c r="C813" s="0" t="inlineStr">
         <is>
-          <t>4 655 000 сум</t>
+          <t>4 655 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="0">
         <v>11907</v>
       </c>
       <c r="B814" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall STOCKWELL II</t>
         </is>
       </c>
       <c r="C814" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 сум</t>
+          <t>2 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="0">
         <v>11908</v>
       </c>
       <c r="B815" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Woburn II</t>
         </is>
       </c>
       <c r="C815" s="0" t="inlineStr">
         <is>
-          <t>6 716 000 сум</t>
+          <t>6 716 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="0">
         <v>11909</v>
       </c>
       <c r="B816" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Acton II</t>
         </is>
       </c>
       <c r="C816" s="0" t="inlineStr">
         <is>
-          <t>3 353 000 сум</t>
+          <t>3 353 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="0">
         <v>11910</v>
       </c>
       <c r="B817" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Stanmore II Bluetooth</t>
         </is>
       </c>
       <c r="C817" s="0" t="inlineStr">
         <is>
-          <t>4 655 000 сум</t>
+          <t>4 655 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="0">
         <v>11911</v>
       </c>
       <c r="B818" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Kilburn 2 Bluetooth Black</t>
         </is>
       </c>
       <c r="C818" s="0" t="inlineStr">
         <is>
-          <t>3 353 000 сум</t>
+          <t>3 353 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="0">
         <v>11912</v>
       </c>
       <c r="B819" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Acton WiFi 1001572</t>
         </is>
       </c>
       <c r="C819" s="0" t="inlineStr">
         <is>
-          <t>3 787 000 сум</t>
+          <t>3 787 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="0">
         <v>11913</v>
       </c>
       <c r="B820" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Marshall Acton II 1001901</t>
         </is>
       </c>
       <c r="C820" s="0" t="inlineStr">
         <is>
-          <t>3 353 000 сум</t>
+          <t>3 353 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="0">
         <v>11914</v>
       </c>
       <c r="B821" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-600T AVR 1x12V/4.5Ah 360V</t>
         </is>
       </c>
       <c r="C821" s="0" t="inlineStr">
         <is>
-          <t>336 000 сум</t>
+          <t>336 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="0">
         <v>11915</v>
       </c>
       <c r="B822" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION A-800 AVR 1x12V/9Ah 480V</t>
         </is>
       </c>
       <c r="C822" s="0" t="inlineStr">
         <is>
-          <t>521 000 сум</t>
+          <t>521 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="0">
         <v>11916</v>
       </c>
       <c r="B823" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION V-1000T AVR 1x12V/9Ah 500V</t>
         </is>
       </c>
       <c r="C823" s="0" t="inlineStr">
         <is>
-          <t>684 000 сум</t>
+          <t>684 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="0">
         <v>11917</v>
       </c>
       <c r="B824" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS ION V-3000 LCD AVR 4x12V/9Ah 1800V</t>
         </is>
       </c>
       <c r="C824" s="0" t="inlineStr">
         <is>
-          <t>3 309 000 сум</t>
+          <t>3 309 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="0">
         <v>11918</v>
       </c>
       <c r="B825" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek - 2GB GT730 128Bit GDDR5</t>
         </is>
       </c>
       <c r="C825" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="0">
         <v>11919</v>
       </c>
       <c r="B826" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek GTX 1030 2GB 128Bit GDDR5</t>
         </is>
       </c>
       <c r="C826" s="0" t="inlineStr">
         <is>
-          <t>738 000 сум</t>
+          <t>738 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="0">
         <v>11920</v>
       </c>
       <c r="B827" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ASRock Radeon RX 5700 XT 1650MHz PCI-E 4.0 8GB 14000MHz 256 bit 3xDisplayPort HDMI</t>
         </is>
       </c>
       <c r="C827" s="0" t="inlineStr">
         <is>
-          <t>5 208 000 сум</t>
+          <t>5 208 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="0">
         <v>11921</v>
       </c>
       <c r="B828" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE AORUS GeForce RTX 2080Ti 11GB 256bit GDDR6 RGB</t>
         </is>
       </c>
       <c r="C828" s="0" t="inlineStr">
         <is>
-          <t>16 275 000 сум</t>
+          <t>16 275 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="0">
         <v>11922</v>
       </c>
       <c r="B829" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 Gaming OC 6GB GDDR6 192bit</t>
         </is>
       </c>
       <c r="C829" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 сум</t>
+          <t>4 123 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="0">
         <v>11923</v>
       </c>
       <c r="B830" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 OC 6GB GDDR6 192bit</t>
         </is>
       </c>
       <c r="C830" s="0" t="inlineStr">
         <is>
-          <t>4 015 000 сум</t>
+          <t>4 015 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="0">
         <v>11924</v>
       </c>
       <c r="B831" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 SUPER Gaming OC 8GB GDDR6 192bit</t>
         </is>
       </c>
       <c r="C831" s="0" t="inlineStr">
         <is>
-          <t>5 100 000 сум</t>
+          <t>5 100 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="0">
         <v>11925</v>
       </c>
       <c r="B832" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 SUPER Windforce OC 8GB GDDR6 192bit</t>
         </is>
       </c>
       <c r="C832" s="0" t="inlineStr">
         <is>
-          <t>4 991 000 сум</t>
+          <t>4 991 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="0">
         <v>11926</v>
       </c>
       <c r="B833" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2070 Super Gaming OC 3X 8GB GDDR6 256bit</t>
         </is>
       </c>
       <c r="C833" s="0" t="inlineStr">
         <is>
-          <t>6 510 000 сум</t>
+          <t>6 510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="0">
         <v>11927</v>
       </c>
       <c r="B834" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2070 Super Windforce OC 3X 8GB GDDR6 256bit</t>
         </is>
       </c>
       <c r="C834" s="0" t="inlineStr">
         <is>
-          <t>6 293 000 сум</t>
+          <t>6 293 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="0">
         <v>11928</v>
       </c>
       <c r="B835" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2080 Gaming 8GB GDDR6 256bit RGB</t>
         </is>
       </c>
       <c r="C835" s="0" t="inlineStr">
         <is>
-          <t>8 680 000 сум</t>
+          <t>8 680 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="0">
         <v>11929</v>
       </c>
       <c r="B836" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI 8GB RTX 2060 Ventus XC OC DDR6 192bit</t>
         </is>
       </c>
       <c r="C836" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 сум</t>
+          <t>4 123 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="0">
         <v>11930</v>
       </c>
       <c r="B837" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI 8GB RX 5700 Mech GP OC</t>
         </is>
       </c>
       <c r="C837" s="0" t="inlineStr">
         <is>
-          <t>4 503 000 сум</t>
+          <t>4 503 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="0">
         <v>11931</v>
       </c>
       <c r="B838" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI AMD Radeon RX 5600 XT MECH OC</t>
         </is>
       </c>
       <c r="C838" s="0" t="inlineStr">
         <is>
-          <t>4 069 000 сум</t>
+          <t>4 069 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="0">
         <v>11932</v>
       </c>
       <c r="B839" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1060 OCV1 3GB DDR5 192bit</t>
         </is>
       </c>
       <c r="C839" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="0">
         <v>11933</v>
       </c>
       <c r="B840" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1650 4GB DDR5</t>
         </is>
       </c>
       <c r="C840" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 сум</t>
+          <t>2 170 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="0">
         <v>11934</v>
       </c>
       <c r="B841" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1650 Super Ventus XS OC  4GB</t>
         </is>
       </c>
       <c r="C841" s="0" t="inlineStr">
         <is>
-          <t>2 441 000 сум</t>
+          <t>2 441 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="0">
         <v>11935</v>
       </c>
       <c r="B842" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1660 SUPER 1815MHz PCI-E 3.0 6144MB 14000MHz 128 bit 3xDisplayPort HDMI HDCP VENTUS XS OC</t>
         </is>
       </c>
       <c r="C842" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 сум</t>
+          <t>3 038 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="0">
         <v>11936</v>
       </c>
       <c r="B843" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1660 Ti 1830MHz PCI-E 3.0 6144MB 12000MHz 192 bit 3xDisplayPort HDMI HDCP VENTUS XS OC</t>
         </is>
       </c>
       <c r="C843" s="0" t="inlineStr">
         <is>
-          <t>3 743 000 сум</t>
+          <t>3 743 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="0">
         <v>11937</v>
       </c>
       <c r="B844" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2060 SUPER 1665MHz PCI-E 3.0 8192MB 14000MHz 256 bit HDMI 3xDisplayPort HDCP VENTUS OC</t>
         </is>
       </c>
       <c r="C844" s="0" t="inlineStr">
         <is>
-          <t>5 154 000 сум</t>
+          <t>5 154 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="0">
         <v>11938</v>
       </c>
       <c r="B845" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2080 SUPER 1830MHz PCI-E 3.0 8192MB 15500MHz 256 bit 3xDisplayPort HDMI HDCP VENTUS XS OC</t>
         </is>
       </c>
       <c r="C845" s="0" t="inlineStr">
         <is>
-          <t>8 626 000 сум</t>
+          <t>8 626 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="0">
         <v>11939</v>
       </c>
       <c r="B846" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI Radeon RX 5700 EVOKE GP OC 8GB 256 bit</t>
         </is>
       </c>
       <c r="C846" s="0" t="inlineStr">
         <is>
-          <t>4 503 000 сум</t>
+          <t>4 503 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="0">
         <v>11940</v>
       </c>
       <c r="B847" s="0" t="inlineStr">
         <is>
           <t>Видеокарта PowerColor Radeon RX 5600 XT 1560MHz PCI-E 4.0 6144MB 14000MHz 192 bit HDMI 3xDisplayPort HDCP</t>
         </is>
       </c>
       <c r="C847" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 сум</t>
+          <t>3 798 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="0">
         <v>11941</v>
       </c>
       <c r="B848" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI 8GB RTX 2060 SUPER Ventus DDR6 192bit</t>
         </is>
       </c>
       <c r="C848" s="0" t="inlineStr">
         <is>
-          <t>4 883 000 сум</t>
+          <t>4 883 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="0">
         <v>11942</v>
       </c>
       <c r="B849" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI 8GB RTX 2080 Super Ventus XS OC DDR6 256bit</t>
         </is>
       </c>
       <c r="C849" s="0" t="inlineStr">
         <is>
-          <t>8 572 000 сум</t>
+          <t>8 572 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="0">
         <v>11943</v>
       </c>
       <c r="B850" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI AMD Radeon 8GB RX 5700 MECH OC DDR6 192bit</t>
         </is>
       </c>
       <c r="C850" s="0" t="inlineStr">
         <is>
-          <t>4 503 000 сум</t>
+          <t>4 503 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="0">
         <v>11944</v>
       </c>
       <c r="B851" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI AMD Radeon 8GB RX 5700 XT EVOKE OC DDR6 256bit</t>
         </is>
       </c>
       <c r="C851" s="0" t="inlineStr">
         <is>
-          <t>5 154 000 сум</t>
+          <t>5 154 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="0">
         <v>11945</v>
       </c>
       <c r="B852" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI AMD Radeon 8GB RX 5700 XT MECH OC DDR6 256bit</t>
         </is>
       </c>
       <c r="C852" s="0" t="inlineStr">
         <is>
-          <t>5 154 000 сум</t>
+          <t>5 154 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="0">
         <v>11946</v>
       </c>
       <c r="B853" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC233 2 ТБ</t>
         </is>
       </c>
       <c r="C853" s="0" t="inlineStr">
         <is>
-          <t>911 000 сум</t>
+          <t>911 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="0">
         <v>11947</v>
       </c>
       <c r="B854" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Transcend StoreJet 25H3P 1 ТБ</t>
         </is>
       </c>
       <c r="C854" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="0">
         <v>11948</v>
       </c>
       <c r="B855" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Transcend StoreJet 25H3P 2 ТБ</t>
         </is>
       </c>
       <c r="C855" s="0" t="inlineStr">
         <is>
-          <t>792 000 сум</t>
+          <t>792 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="0">
         <v>11949</v>
       </c>
       <c r="B856" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC532 2 TB</t>
         </is>
       </c>
       <c r="C856" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="0">
         <v>11950</v>
       </c>
       <c r="B857" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC630 1 TB</t>
         </is>
       </c>
       <c r="C857" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="0">
         <v>11951</v>
       </c>
       <c r="B858" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC630 2 TB</t>
         </is>
       </c>
       <c r="C858" s="0" t="inlineStr">
         <is>
-          <t>825 000 сум</t>
+          <t>825 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="0">
         <v>11952</v>
       </c>
       <c r="B859" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC632 1 TB</t>
         </is>
       </c>
       <c r="C859" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="0">
         <v>11953</v>
       </c>
       <c r="B860" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC632 2 TB</t>
         </is>
       </c>
       <c r="C860" s="0" t="inlineStr">
         <is>
-          <t>835 000 сум</t>
+          <t>835 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="0">
         <v>11954</v>
       </c>
       <c r="B861" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Silicon Power Armor A60 2 TB</t>
         </is>
       </c>
       <c r="C861" s="0" t="inlineStr">
         <is>
-          <t>770 000 сум</t>
+          <t>770 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="0">
         <v>11955</v>
       </c>
       <c r="B862" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC730 1 TB</t>
         </is>
       </c>
       <c r="C862" s="0" t="inlineStr">
         <is>
-          <t>651 000 сум</t>
+          <t>651 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="0">
         <v>11956</v>
       </c>
       <c r="B863" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC731 2 TB</t>
         </is>
       </c>
       <c r="C863" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="0">
         <v>11957</v>
       </c>
       <c r="B864" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Apacer AC730 2 TB</t>
         </is>
       </c>
       <c r="C864" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="0">
         <v>11958</v>
       </c>
       <c r="B865" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 4 TB</t>
         </is>
       </c>
       <c r="C865" s="0" t="inlineStr">
         <is>
-          <t>1 052 000 сум</t>
+          <t>1 052 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="0">
         <v>11959</v>
       </c>
       <c r="B866" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Western Digital Purple HDD Original OEM 2 TB</t>
         </is>
       </c>
       <c r="C866" s="0" t="inlineStr">
         <is>
-          <t>629 000 сум</t>
+          <t>629 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="0">
         <v>11960</v>
       </c>
       <c r="B867" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Western Digital Purple HDD Original OEM 4 TB</t>
         </is>
       </c>
       <c r="C867" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="0">
         <v>11961</v>
       </c>
       <c r="B868" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Western Digital Purple HDD Original OEM 6 TB</t>
         </is>
       </c>
       <c r="C868" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="0">
         <v>11963</v>
       </c>
       <c r="B869" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 6 TB</t>
         </is>
       </c>
       <c r="C869" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 сум</t>
+          <t>2 170 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="0">
         <v>11964</v>
       </c>
       <c r="B870" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 3 TB</t>
         </is>
       </c>
       <c r="C870" s="0" t="inlineStr">
         <is>
-          <t>846 000 сум</t>
+          <t>846 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="0">
         <v>11965</v>
       </c>
       <c r="B871" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 2 TB</t>
         </is>
       </c>
       <c r="C871" s="0" t="inlineStr">
         <is>
-          <t>629 000 сум</t>
+          <t>629 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="0">
         <v>11966</v>
       </c>
       <c r="B872" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 1 TB</t>
         </is>
       </c>
       <c r="C872" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="0">
         <v>11967</v>
       </c>
       <c r="B873" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Seagate 7200 BarraCuda 2 TB</t>
         </is>
       </c>
       <c r="C873" s="0" t="inlineStr">
         <is>
-          <t>825 000 сум</t>
+          <t>825 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="0">
         <v>11968</v>
       </c>
       <c r="B874" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Western Digital RED Original OEM HDD 2 TB</t>
         </is>
       </c>
       <c r="C874" s="0" t="inlineStr">
         <is>
-          <t>1 107 000 сум</t>
+          <t>1 107 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="0">
         <v>11969</v>
       </c>
       <c r="B875" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston 240 GB SA400S34</t>
         </is>
       </c>
       <c r="C875" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="0">
         <v>11970</v>
       </c>
       <c r="B876" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston 480 GB SA400S34</t>
         </is>
       </c>
       <c r="C876" s="0" t="inlineStr">
         <is>
-          <t>608 000 сум</t>
+          <t>608 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="0">
         <v>11971</v>
       </c>
       <c r="B877" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 480 GB AST280</t>
         </is>
       </c>
       <c r="C877" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="0">
         <v>11972</v>
       </c>
       <c r="B878" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar 256 GB NS100</t>
         </is>
       </c>
       <c r="C878" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="0">
         <v>11973</v>
       </c>
       <c r="B879" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 240 GB AS340 PANTHER</t>
         </is>
       </c>
       <c r="C879" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="0">
         <v>11974</v>
       </c>
       <c r="B880" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 480 GB AS350 PANTHER</t>
         </is>
       </c>
       <c r="C880" s="0" t="inlineStr">
         <is>
-          <t>738 000 сум</t>
+          <t>738 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="0">
         <v>11975</v>
       </c>
       <c r="B881" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 128 GB AS350 PANTHER</t>
         </is>
       </c>
       <c r="C881" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="0">
         <v>11976</v>
       </c>
       <c r="B882" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar 128 GB NS100</t>
         </is>
       </c>
       <c r="C882" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="0">
         <v>11977</v>
       </c>
       <c r="B883" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Samsung 250 GB 860 EVO</t>
         </is>
       </c>
       <c r="C883" s="0" t="inlineStr">
         <is>
-          <t>553 000 сум</t>
+          <t>553 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="0">
         <v>11978</v>
       </c>
       <c r="B884" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Samsung 1 TB 860 QVO</t>
         </is>
       </c>
       <c r="C884" s="0" t="inlineStr">
         <is>
-          <t>1 411 000 сум</t>
+          <t>1 411 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="0">
         <v>11979</v>
       </c>
       <c r="B885" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 128 GB AS510S Pro II</t>
         </is>
       </c>
       <c r="C885" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="0">
         <v>11980</v>
       </c>
       <c r="B886" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer 256 GB AS510S Pro II</t>
         </is>
       </c>
       <c r="C886" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="0">
         <v>11981</v>
       </c>
       <c r="B887" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1024M</t>
         </is>
       </c>
       <c r="C887" s="0" t="inlineStr">
         <is>
-          <t>369 000 сум</t>
+          <t>369 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="0">
         <v>11982</v>
       </c>
       <c r="B888" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Mercusys MS105</t>
         </is>
       </c>
       <c r="C888" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="0">
         <v>11983</v>
       </c>
       <c r="B889" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Mercusys MS108</t>
         </is>
       </c>
       <c r="C889" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="0">
         <v>11984</v>
       </c>
       <c r="B890" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1005D</t>
         </is>
       </c>
       <c r="C890" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="0">
         <v>11985</v>
       </c>
       <c r="B891" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1008D</t>
         </is>
       </c>
       <c r="C891" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="0">
         <v>11986</v>
       </c>
       <c r="B892" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1016D</t>
         </is>
       </c>
       <c r="C892" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="0">
         <v>11987</v>
       </c>
       <c r="B893" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus DSL-N16</t>
         </is>
       </c>
       <c r="C893" s="0" t="inlineStr">
         <is>
-          <t>467 000 сум</t>
+          <t>467 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="0">
         <v>11988</v>
       </c>
       <c r="B894" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus GT-AX11000</t>
         </is>
       </c>
       <c r="C894" s="0" t="inlineStr">
         <is>
-          <t>4 883 000 сум</t>
+          <t>4 883 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="0">
         <v>11989</v>
       </c>
       <c r="B895" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT N19</t>
         </is>
       </c>
       <c r="C895" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="0">
         <v>11990</v>
       </c>
       <c r="B896" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AC1200</t>
         </is>
       </c>
       <c r="C896" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="0">
         <v>11991</v>
       </c>
       <c r="B897" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AC1200G+</t>
         </is>
       </c>
       <c r="C897" s="0" t="inlineStr">
         <is>
-          <t>955 000 сум</t>
+          <t>955 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="0">
         <v>11992</v>
       </c>
       <c r="B898" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AC86U</t>
         </is>
       </c>
       <c r="C898" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="0">
         <v>11993</v>
       </c>
       <c r="B899" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AX88U</t>
         </is>
       </c>
       <c r="C899" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 сум</t>
+          <t>3 364 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="0">
         <v>11994</v>
       </c>
       <c r="B900" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AX92U</t>
         </is>
       </c>
       <c r="C900" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 сум</t>
+          <t>2 333 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="0">
         <v>11995</v>
       </c>
       <c r="B901" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-N14UHP</t>
         </is>
       </c>
       <c r="C901" s="0" t="inlineStr">
         <is>
-          <t>835 000 сум</t>
+          <t>835 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="0">
         <v>11996</v>
       </c>
       <c r="B902" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер CPE 4G LTE беспроводной со слотом для SIM-карты</t>
         </is>
       </c>
       <c r="C902" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="0">
         <v>11997</v>
       </c>
       <c r="B903" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер CPE 4G беспроводной со слотом для SIM-карты</t>
         </is>
       </c>
       <c r="C903" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="0">
         <v>11998</v>
       </c>
       <c r="B904" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер CPE 4G беспроводной со слотом для SIM-карты 4 антенны</t>
         </is>
       </c>
       <c r="C904" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="0">
         <v>11999</v>
       </c>
       <c r="B905" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер MYPRO 4G LTE беспроводной со слотом для SIM-карты</t>
         </is>
       </c>
       <c r="C905" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="0">
         <v>12000</v>
       </c>
       <c r="B906" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер 4G LTE беспроводной со слотом для SIM-карты</t>
         </is>
       </c>
       <c r="C906" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="0">
         <v>12001</v>
       </c>
       <c r="B907" s="0" t="inlineStr">
         <is>
           <t>Моноблок Acer Aspire C22-865 клавиатура и мышь</t>
         </is>
       </c>
       <c r="C907" s="0" t="inlineStr">
         <is>
-          <t>6 510 000 сум</t>
+          <t>6 510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="0">
         <v>12002</v>
       </c>
       <c r="B908" s="0" t="inlineStr">
         <is>
           <t>Моноблок Acer Aspire C24-865 клавиатура и мышь</t>
         </is>
       </c>
       <c r="C908" s="0" t="inlineStr">
         <is>
-          <t>6 293 000 сум</t>
+          <t>6 293 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="0">
         <v>12003</v>
       </c>
       <c r="B909" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP CPU i3-7130 клавиатура и мышь</t>
         </is>
       </c>
       <c r="C909" s="0" t="inlineStr">
         <is>
-          <t>4 232 000 сум</t>
+          <t>4 232 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="0">
         <v>12004</v>
       </c>
       <c r="B910" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP ProOne 440 G4 клавиатура и мышь</t>
         </is>
       </c>
       <c r="C910" s="0" t="inlineStr">
         <is>
-          <t>8 138 000 сум</t>
+          <t>8 138 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="0">
         <v>12005</v>
       </c>
       <c r="B911" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro T24 LED 23.5″</t>
         </is>
       </c>
       <c r="C911" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 сум</t>
+          <t>2 713 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="0">
         <v>12006</v>
       </c>
       <c r="B912" s="0" t="inlineStr">
         <is>
           <t>Моноблок MYPRO T22 LED 21.5″</t>
         </is>
       </c>
       <c r="C912" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="0">
         <v>12007</v>
       </c>
       <c r="B913" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro  C24 CURVED LED 24″ White</t>
         </is>
       </c>
       <c r="C913" s="0" t="inlineStr">
         <is>
-          <t>2 821 000 сум</t>
+          <t>2 821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="0">
         <v>12008</v>
       </c>
       <c r="B914" s="0" t="inlineStr">
         <is>
           <t>Проектор ViewSonic PX701HD</t>
         </is>
       </c>
       <c r="C914" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 сум</t>
+          <t>7 595 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="0">
         <v>12009</v>
       </c>
       <c r="B915" s="0" t="inlineStr">
         <is>
           <t>Проектор ViewSonic PS501X</t>
         </is>
       </c>
       <c r="C915" s="0" t="inlineStr">
         <is>
-          <t>6 076 000 сум</t>
+          <t>6 076 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="0">
         <v>12010</v>
       </c>
       <c r="B916" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала репитер TP-Link TL-WA855RE</t>
         </is>
       </c>
       <c r="C916" s="0" t="inlineStr">
         <is>
-          <t>233 000 сум</t>
+          <t>233 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="0">
         <v>12011</v>
       </c>
       <c r="B917" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала репитер TP-Link TL-WA850RE</t>
         </is>
       </c>
       <c r="C917" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="0">
         <v>12012</v>
       </c>
       <c r="B918" s="0" t="inlineStr">
         <is>
           <t>3D принтер XYZprinting da Vinci Nano White</t>
         </is>
       </c>
       <c r="C918" s="0" t="inlineStr">
         <is>
-          <t>7 009 000 сум</t>
+          <t>7 009 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="0">
         <v>12013</v>
       </c>
       <c r="B919" s="0" t="inlineStr">
         <is>
           <t>3D принтер XYZprinting da Vinci 1.0 Pro 3-in-1</t>
         </is>
       </c>
       <c r="C919" s="0" t="inlineStr">
         <is>
-          <t>18 358 000 сум</t>
+          <t>18 358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="0">
         <v>12014</v>
       </c>
       <c r="B920" s="0" t="inlineStr">
         <is>
           <t>3D принтер XYZprinting Junior 1.0 Basic MR</t>
         </is>
       </c>
       <c r="C920" s="0" t="inlineStr">
         <is>
-          <t>11 544 000 сум</t>
+          <t>11 544 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="0">
         <v>12015</v>
       </c>
       <c r="B921" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Xiaomi Mi Electric Scooter M365 Pro</t>
         </is>
       </c>
       <c r="C921" s="0" t="inlineStr">
         <is>
-          <t>5 913 000 сум</t>
+          <t>5 913 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="0">
         <v>12016</v>
       </c>
       <c r="B922" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot KickScooter Max G30</t>
         </is>
       </c>
       <c r="C922" s="0" t="inlineStr">
         <is>
-          <t>7 270 000 сум</t>
+          <t>7 270 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="0">
         <v>12017</v>
       </c>
       <c r="B923" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot by Segway ES2</t>
         </is>
       </c>
       <c r="C923" s="0" t="inlineStr">
         <is>
-          <t>4 557 000 сум</t>
+          <t>4 557 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="0">
         <v>12018</v>
       </c>
       <c r="B924" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Tribe ZULU TES-HBD065200 Black/White</t>
         </is>
       </c>
       <c r="C924" s="0" t="inlineStr">
         <is>
-          <t>3 472 000 сум</t>
+          <t>3 472 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="0">
         <v>12019</v>
       </c>
       <c r="B925" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Tribe TES-HBD085200</t>
         </is>
       </c>
       <c r="C925" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 сум</t>
+          <t>4 123 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="0">
         <v>12020</v>
       </c>
       <c r="B926" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot Kickscooter ES3</t>
         </is>
       </c>
       <c r="C926" s="0" t="inlineStr">
         <is>
-          <t>5 642 000 сум</t>
+          <t>5 642 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="0">
         <v>12021</v>
       </c>
       <c r="B927" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Triumph X85 Black</t>
         </is>
       </c>
       <c r="C927" s="0" t="inlineStr">
         <is>
-          <t>4 449 000 сум</t>
+          <t>4 449 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="0">
         <v>12022</v>
       </c>
       <c r="B928" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Triumph X80 Black</t>
         </is>
       </c>
       <c r="C928" s="0" t="inlineStr">
         <is>
-          <t>3 960 000 сум</t>
+          <t>3 960 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="0">
         <v>12023</v>
       </c>
       <c r="B929" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Stark DX800 Black</t>
         </is>
       </c>
       <c r="C929" s="0" t="inlineStr">
         <is>
-          <t>3 743 000 сум</t>
+          <t>3 743 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="0">
         <v>12024</v>
       </c>
       <c r="B930" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Stark DX650 Gray</t>
         </is>
       </c>
       <c r="C930" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 сум</t>
+          <t>2 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="0">
         <v>12025</v>
       </c>
       <c r="B931" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Hiper Slim VX560 Black</t>
         </is>
       </c>
       <c r="C931" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 сум</t>
+          <t>2 496 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="0">
         <v>12026</v>
       </c>
       <c r="B932" s="0" t="inlineStr">
         <is>
           <t>Сиденье для электросамоката Xiaomi Ninebot</t>
         </is>
       </c>
       <c r="C932" s="0" t="inlineStr">
         <is>
-          <t>651 000 сум</t>
+          <t>651 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="0">
         <v>12027</v>
       </c>
       <c r="B933" s="0" t="inlineStr">
         <is>
           <t>Электровелосипед HIPER Engine BF200</t>
         </is>
       </c>
       <c r="C933" s="0" t="inlineStr">
         <is>
-          <t>6 727 000 сум</t>
+          <t>6 727 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="0">
         <v>12028</v>
       </c>
       <c r="B934" s="0" t="inlineStr">
         <is>
           <t>Электровелосипед HIPER Engine BF204</t>
         </is>
       </c>
       <c r="C934" s="0" t="inlineStr">
         <is>
-          <t>7 270 000 сум</t>
+          <t>7 270 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="0">
         <v>12029</v>
       </c>
       <c r="B935" s="0" t="inlineStr">
         <is>
           <t>Электровелосипед HIPER Engine BF201</t>
         </is>
       </c>
       <c r="C935" s="0" t="inlineStr">
         <is>
-          <t>7 487 000 сум</t>
+          <t>7 487 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="0">
         <v>12030</v>
       </c>
       <c r="B936" s="0" t="inlineStr">
         <is>
           <t>Электровелосипед Xiaomi Himo C20</t>
         </is>
       </c>
       <c r="C936" s="0" t="inlineStr">
         <is>
-          <t>8 138 000 сум</t>
+          <t>8 138 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="0">
         <v>12031</v>
       </c>
       <c r="B937" s="0" t="inlineStr">
         <is>
           <t>Умный браслет Xiaomi Mi Band 4 Asian version</t>
         </is>
       </c>
       <c r="C937" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="0">
         <v>12032</v>
       </c>
       <c r="B938" s="0" t="inlineStr">
         <is>
           <t>Умный браслет Xiaomi Mi Band 5 Asian version</t>
         </is>
       </c>
       <c r="C938" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="0">
         <v>12033</v>
       </c>
       <c r="B939" s="0" t="inlineStr">
         <is>
           <t>Умный браслет Amazfit Cor 2</t>
         </is>
       </c>
       <c r="C939" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="0">
         <v>12034</v>
       </c>
       <c r="B940" s="0" t="inlineStr">
         <is>
           <t>Умные часы Haylou Smart Watch</t>
         </is>
       </c>
       <c r="C940" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="0">
         <v>12035</v>
       </c>
       <c r="B941" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Stratos</t>
         </is>
       </c>
       <c r="C941" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="0">
         <v>12036</v>
       </c>
       <c r="B942" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Bip White</t>
         </is>
       </c>
       <c r="C942" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="0">
         <v>12037</v>
       </c>
       <c r="B943" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Bip</t>
         </is>
       </c>
       <c r="C943" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="0">
         <v>12038</v>
       </c>
       <c r="B944" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Verge Lite Snowcap White</t>
         </is>
       </c>
       <c r="C944" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="0">
         <v>12039</v>
       </c>
       <c r="B945" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit GTR Aluminum Alloy</t>
         </is>
       </c>
       <c r="C945" s="0" t="inlineStr">
         <is>
-          <t>1 096 000 сум</t>
+          <t>1 096 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="0">
         <v>12040</v>
       </c>
       <c r="B946" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Bip S Carbon Black</t>
         </is>
       </c>
       <c r="C946" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="0">
         <v>12041</v>
       </c>
       <c r="B947" s="0" t="inlineStr">
         <is>
           <t>Монопод для селфи Xiaomi Mi Selfie Stick</t>
         </is>
       </c>
       <c r="C947" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="0">
         <v>12042</v>
       </c>
       <c r="B948" s="0" t="inlineStr">
         <is>
           <t>Микрофон Trust Starzz</t>
         </is>
       </c>
       <c r="C948" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="0">
         <v>12043</v>
       </c>
       <c r="B949" s="0" t="inlineStr">
         <is>
           <t>Микрофон Trust GXT 244 Buzz for Streaming</t>
         </is>
       </c>
       <c r="C949" s="0" t="inlineStr">
         <is>
-          <t>1 215 000 сум</t>
+          <t>1 215 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="0">
         <v>12044</v>
       </c>
       <c r="B950" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона Z10</t>
         </is>
       </c>
       <c r="C950" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="0">
         <v>12045</v>
       </c>
       <c r="B951" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона P9</t>
         </is>
       </c>
       <c r="C951" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="0">
         <v>12046</v>
       </c>
       <c r="B952" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона P20</t>
         </is>
       </c>
       <c r="C952" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="0">
         <v>12047</v>
       </c>
       <c r="B953" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона H15 проводная</t>
         </is>
       </c>
       <c r="C953" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="0">
         <v>12048</v>
       </c>
       <c r="B954" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона FL02</t>
         </is>
       </c>
       <c r="C954" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="0">
         <v>12049</v>
       </c>
       <c r="B955" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона FL01</t>
         </is>
       </c>
       <c r="C955" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="0">
         <v>12050</v>
       </c>
       <c r="B956" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона DL03</t>
         </is>
       </c>
       <c r="C956" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="0">
         <v>12051</v>
       </c>
       <c r="B957" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона DL01</t>
         </is>
       </c>
       <c r="C957" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="0">
         <v>12052</v>
       </c>
       <c r="B958" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона AH101</t>
         </is>
       </c>
       <c r="C958" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="0">
         <v>12053</v>
       </c>
       <c r="B959" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона AH102</t>
         </is>
       </c>
       <c r="C959" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="0">
         <v>12054</v>
       </c>
       <c r="B960" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона Raptor</t>
         </is>
       </c>
       <c r="C960" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="0">
         <v>12055</v>
       </c>
       <c r="B961" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала репитер Xiaomi Mi Amplifier PRO</t>
         </is>
       </c>
       <c r="C961" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="0">
         <v>12056</v>
       </c>
       <c r="B962" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала репитер Xiaomi Mi Amplifier 2</t>
         </is>
       </c>
       <c r="C962" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="0">
         <v>12057</v>
       </c>
       <c r="B963" s="0" t="inlineStr">
         <is>
           <t>Смартфон Black Shark 3 8/128GB Black</t>
         </is>
       </c>
       <c r="C963" s="0" t="inlineStr">
         <is>
-          <t>6 619 000 сум</t>
+          <t>6 619 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="0">
         <v>12058</v>
       </c>
       <c r="B964" s="0" t="inlineStr">
         <is>
           <t>Контроллер для вентиляторов Gamemax PWM RAINBOW Controller V2.0</t>
         </is>
       </c>
       <c r="C964" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="0">
         <v>12059</v>
       </c>
       <c r="B965" s="0" t="inlineStr">
         <is>
           <t>Контроллер для вентиляторов Gamemax PWM RAINBOW Controller V3.0</t>
         </is>
       </c>
       <c r="C965" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="0">
         <v>12060</v>
       </c>
       <c r="B966" s="0" t="inlineStr">
         <is>
           <t>Держатель для телефона на электротранспорт Ninebot</t>
         </is>
       </c>
       <c r="C966" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="0">
         <v>12061</v>
       </c>
       <c r="B967" s="0" t="inlineStr">
         <is>
           <t>Держатель с беспроводной зарядкой Xiaomi Wireless Car Charger</t>
         </is>
       </c>
       <c r="C967" s="0" t="inlineStr">
         <is>
-          <t>369 000 сум</t>
+          <t>369 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="0">
         <v>12062</v>
       </c>
       <c r="B968" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Zowie Camade</t>
         </is>
       </c>
       <c r="C968" s="0" t="inlineStr">
         <is>
-          <t>369 000 сум</t>
+          <t>369 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="0">
         <v>12063</v>
       </c>
       <c r="B969" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Xtrfy Bungee B4 Retro</t>
         </is>
       </c>
       <c r="C969" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="0">
         <v>12064</v>
       </c>
       <c r="B970" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Xtrfy Bungee B4</t>
         </is>
       </c>
       <c r="C970" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="0">
         <v>12065</v>
       </c>
       <c r="B971" s="0" t="inlineStr">
         <is>
           <t>Адаптер MIX3 для смартфона</t>
         </is>
       </c>
       <c r="C971" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="0">
         <v>12066</v>
       </c>
       <c r="B972" s="0" t="inlineStr">
         <is>
           <t>Адаптер MIX PRO для смартфона</t>
         </is>
       </c>
       <c r="C972" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="0">
         <v>12067</v>
       </c>
       <c r="B973" s="0" t="inlineStr">
         <is>
           <t>Адаптер MIX Lite для смартфона</t>
         </is>
       </c>
       <c r="C973" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="0">
         <v>12068</v>
       </c>
       <c r="B974" s="0" t="inlineStr">
         <is>
           <t>Адаптер Trust USB-C Multiport</t>
         </is>
       </c>
       <c r="C974" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="0">
         <v>12069</v>
       </c>
       <c r="B975" s="0" t="inlineStr">
         <is>
           <t>Монитор HP OMEN 25 24.5"</t>
         </is>
       </c>
       <c r="C975" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 сум</t>
+          <t>2 713 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="0">
         <v>12070</v>
       </c>
       <c r="B976" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay E273d 27"</t>
         </is>
       </c>
       <c r="C976" s="0" t="inlineStr">
         <is>
-          <t>5 968 000 сум</t>
+          <t>5 968 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="0">
         <v>12071</v>
       </c>
       <c r="B977" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay S430c 43.4"</t>
         </is>
       </c>
       <c r="C977" s="0" t="inlineStr">
         <is>
-          <t>14 105 000 сум</t>
+          <t>14 105 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="0">
         <v>12072</v>
       </c>
       <c r="B978" s="0" t="inlineStr">
         <is>
           <t>Монитор HP E344c 34"</t>
         </is>
       </c>
       <c r="C978" s="0" t="inlineStr">
         <is>
-          <t>9 223 000 сум</t>
+          <t>9 223 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="0">
         <v>12073</v>
       </c>
       <c r="B979" s="0" t="inlineStr">
         <is>
           <t>Монитор HP X24C VA</t>
         </is>
       </c>
       <c r="C979" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 сум</t>
+          <t>2 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="0">
         <v>12074</v>
       </c>
       <c r="B980" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 24f 23.8"</t>
         </is>
       </c>
       <c r="C980" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 сум</t>
+          <t>1 899 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="0">
         <v>12075</v>
       </c>
       <c r="B981" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 27w 27"</t>
         </is>
       </c>
       <c r="C981" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 сум</t>
+          <t>2 170 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="0">
         <v>12076</v>
       </c>
       <c r="B982" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay E243 23.8"</t>
         </is>
       </c>
       <c r="C982" s="0" t="inlineStr">
         <is>
-          <t>3 472 000 сум</t>
+          <t>3 472 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="0">
         <v>12077</v>
       </c>
       <c r="B983" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay E243i 24"</t>
         </is>
       </c>
       <c r="C983" s="0" t="inlineStr">
         <is>
-          <t>3 461 000 сум</t>
+          <t>3 461 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="0">
         <v>12078</v>
       </c>
       <c r="B984" s="0" t="inlineStr">
         <is>
           <t>Монитор HP EliteDisplay E273 27"</t>
         </is>
       </c>
       <c r="C984" s="0" t="inlineStr">
         <is>
-          <t>4 340 000 сум</t>
+          <t>4 340 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="0">
         <v>12079</v>
       </c>
       <c r="B985" s="0" t="inlineStr">
         <is>
           <t>Адаптер Trust Dalyx Aluminium 7-in-1 USB-C Multiport</t>
         </is>
       </c>
       <c r="C985" s="0" t="inlineStr">
         <is>
-          <t>781 000 сум</t>
+          <t>781 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="0">
         <v>12080</v>
       </c>
       <c r="B986" s="0" t="inlineStr">
         <is>
           <t>Оптический привод Asus 24x DVD-RW SATA Внутренний OEM</t>
         </is>
       </c>
       <c r="C986" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="0">
         <v>12082</v>
       </c>
       <c r="B987" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR4 4GB 2400mhz</t>
         </is>
       </c>
       <c r="C987" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="0">
         <v>12083</v>
       </c>
       <c r="B988" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer DDR4 16GB 3000MHz (8GBx2) RGB</t>
         </is>
       </c>
       <c r="C988" s="0" t="inlineStr">
         <is>
-          <t>792 000 сум</t>
+          <t>792 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="0">
         <v>12085</v>
       </c>
       <c r="B989" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H310M H ULTRA DURABLE</t>
         </is>
       </c>
       <c r="C989" s="0" t="inlineStr">
         <is>
-          <t>608 000 сум</t>
+          <t>608 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="0">
         <v>12086</v>
       </c>
       <c r="B990" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H110M-H ULTRA DURABLE</t>
         </is>
       </c>
       <c r="C990" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="0">
         <v>12087</v>
       </c>
       <c r="B991" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365M H</t>
         </is>
       </c>
       <c r="C991" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="0">
         <v>12088</v>
       </c>
       <c r="B992" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z490 Pro4</t>
         </is>
       </c>
       <c r="C992" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 сум</t>
+          <t>2 159 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="0">
         <v>12089</v>
       </c>
       <c r="B993" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Z390 Gaming 4S</t>
         </is>
       </c>
       <c r="C993" s="0" t="inlineStr">
         <is>
-          <t>1 356 000 сум</t>
+          <t>1 356 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="0">
         <v>12090</v>
       </c>
       <c r="B994" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H470 Phantom Gaming 4</t>
         </is>
       </c>
       <c r="C994" s="0" t="inlineStr">
         <is>
-          <t>1 389 000 сум</t>
+          <t>1 389 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="0">
         <v>12091</v>
       </c>
       <c r="B995" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B360M D2V</t>
         </is>
       </c>
       <c r="C995" s="0" t="inlineStr">
         <is>
-          <t>727 000 сум</t>
+          <t>727 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="0">
         <v>12092</v>
       </c>
       <c r="B996" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox Lite 5</t>
         </is>
       </c>
       <c r="C996" s="0" t="inlineStr">
         <is>
-          <t>803 000 сум</t>
+          <t>803 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="0">
         <v>12093</v>
       </c>
       <c r="B997" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 430 G5 Core i3 8130U Intel UHD Graphics 620</t>
         </is>
       </c>
       <c r="C997" s="0" t="inlineStr">
         <is>
-          <t>5 317 000 сум</t>
+          <t>5 317 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="0">
         <v>12094</v>
       </c>
       <c r="B998" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Xiaomi RedmiBook 13" i7 GeForce MX250 2GB</t>
         </is>
       </c>
       <c r="C998" s="0" t="inlineStr">
         <is>
-          <t>8 680 000 сум</t>
+          <t>8 680 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="0">
         <v>12095</v>
       </c>
       <c r="B999" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 430 G5 i7 8550U 13,3" SSD 256GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C999" s="0" t="inlineStr">
         <is>
-          <t>7 487 000 сум</t>
+          <t>7 487 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="0">
         <v>12096</v>
       </c>
       <c r="B1000" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 5 Core i5 10300H GeForce GTX1650 4GB 15.6 FHD LED SSD 256GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1000" s="0" t="inlineStr">
         <is>
-          <t>9 982 000 сум</t>
+          <t>9 982 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="0">
         <v>12097</v>
       </c>
       <c r="B1001" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 5 Core i5 10300H GeForce GTX1650Ti 4GB  15.6 FHD LED HDD 1000GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1001" s="0" t="inlineStr">
         <is>
-          <t>9 223 000 сум</t>
+          <t>9 223 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="0">
         <v>12098</v>
       </c>
       <c r="B1002" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 250 G7 Intel Core i3 7020U Intel UHD Graphics 620 15.6 HD LED HDD 1TB DDR4 4GB</t>
         </is>
       </c>
       <c r="C1002" s="0" t="inlineStr">
         <is>
-          <t>5 121 000 сум</t>
+          <t>5 121 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="0">
         <v>12099</v>
       </c>
       <c r="B1003" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 250 G7 N4020 Intel UHD Graphics 620 15.6 HD LED HDD 1TB DDR4 4Gb</t>
         </is>
       </c>
       <c r="C1003" s="0" t="inlineStr">
         <is>
-          <t>3 960 000 сум</t>
+          <t>3 960 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="0">
         <v>12100</v>
       </c>
       <c r="B1004" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i7 10750H GeForce GTX 1650 17.3 IPS 120 Hz 4 GB SSD 500GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1004" s="0" t="inlineStr">
         <is>
-          <t>12 912 000 сум</t>
+          <t>12 912 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="0">
         <v>12101</v>
       </c>
       <c r="B1005" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i7 10750H GeForce GTX 1650Ti 4 GB 15.6 IPS SSD 500GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1005" s="0" t="inlineStr">
         <is>
-          <t>13 183 000 сум</t>
+          <t>13 183 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="0">
         <v>12102</v>
       </c>
       <c r="B1006" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5 10300H GeForce GTX 1650Ti 4 GB 15.6 IPS SSD 500GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1006" s="0" t="inlineStr">
         <is>
-          <t>9 765 000 сум</t>
+          <t>9 765 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="0">
         <v>12103</v>
       </c>
       <c r="B1007" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5 10300H GeForce RTX 2060Ti 6GB 15.6 IPS SSD 500GB DDR4 16GB</t>
         </is>
       </c>
       <c r="C1007" s="0" t="inlineStr">
         <is>
-          <t>14 973 000 сум</t>
+          <t>14 973 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="0">
         <v>12104</v>
       </c>
       <c r="B1008" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines AMD R5 3600 GeForce GTX 1660 Ti 6GB 15.6 IPS SSD 500GB DDR4 16GB</t>
         </is>
       </c>
       <c r="C1008" s="0" t="inlineStr">
         <is>
-          <t>14 702 000 сум</t>
+          <t>14 702 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="0">
         <v>12105</v>
       </c>
       <c r="B1009" s="0" t="inlineStr">
         <is>
           <t>Ноутбук DELL Inspiron 5490 Intel Core i7 1800 MHz NVIDIA GeForce MX230 2GB 14" Full HD 1920x1080 SSD 512GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1009" s="0" t="inlineStr">
         <is>
-          <t>10 850 000 сум</t>
+          <t>10 850 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="0">
         <v>12106</v>
       </c>
       <c r="B1010" s="0" t="inlineStr">
         <is>
           <t>Ноутбук DELL Inspiron 5490 Intel Core i5 10210U 1600MHz Intel UHD Graphics 14" 1920x1080 SSD 256GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1010" s="0" t="inlineStr">
         <is>
-          <t>8 572 000 сум</t>
+          <t>8 572 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="0">
         <v>12107</v>
       </c>
       <c r="B1011" s="0" t="inlineStr">
         <is>
           <t>Ноутбук DELL Inspiron 3593 Intel Core i5 MX230 2GB 15.6 Full HD LED 1920х1080 SSD 256GB DDR4 4GB</t>
         </is>
       </c>
       <c r="C1011" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 сум</t>
+          <t>7 595 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="0">
         <v>12108</v>
       </c>
       <c r="B1012" s="0" t="inlineStr">
         <is>
           <t>Ноутбук DELL Inspiron 3593 Intel Core i5 15.6 Full HD LED 1920х1080 SSD 256GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1012" s="0" t="inlineStr">
         <is>
-          <t>6 673 000 сум</t>
+          <t>6 673 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="0">
         <v>12109</v>
       </c>
       <c r="B1013" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSI GL65 Leopard Intel Core i7 10750H GeForce RTX2070 8GB 15.6 IPS SSD 512GB DDR4 16GB</t>
         </is>
       </c>
       <c r="C1013" s="0" t="inlineStr">
         <is>
-          <t>16 275 000 сум</t>
+          <t>16 275 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="0">
         <v>12110</v>
       </c>
       <c r="B1014" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Honor MagicBook Pro AMD Ryzen 5 3550H AMD Radeon Vega 8 16 FHD LED SSD 512GB DDR4 8GB</t>
         </is>
       </c>
       <c r="C1014" s="0" t="inlineStr">
         <is>
-          <t>8 355 000 сум</t>
+          <t>8 355 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="0">
         <v>12111</v>
       </c>
       <c r="B1015" s="0" t="inlineStr">
         <is>
           <t>Настольный компьютер HP Pro G2</t>
         </is>
       </c>
       <c r="C1015" s="0" t="inlineStr">
         <is>
-          <t>4 883 000 сум</t>
+          <t>4 883 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="0">
         <v>12112</v>
       </c>
       <c r="B1016" s="0" t="inlineStr">
         <is>
           <t>Кронштейн для видеокарты Gamemax Vertical GPU Kit GPU holder support</t>
         </is>
       </c>
       <c r="C1016" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="0">
         <v>12113</v>
       </c>
       <c r="B1017" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T2U</t>
         </is>
       </c>
       <c r="C1017" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="0">
         <v>12114</v>
       </c>
       <c r="B1018" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T2U Nano</t>
         </is>
       </c>
       <c r="C1018" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="0">
         <v>12115</v>
       </c>
       <c r="B1019" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link TL-WN725N</t>
         </is>
       </c>
       <c r="C1019" s="0" t="inlineStr">
         <is>
-          <t>76 000 сум</t>
+          <t>76 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="0">
         <v>12116</v>
       </c>
       <c r="B1020" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link TL-WN727N</t>
         </is>
       </c>
       <c r="C1020" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="0">
         <v>12117</v>
       </c>
       <c r="B1021" s="0" t="inlineStr">
         <is>
           <t>Гигабитный сетевой адаптер TG-3468 TP-Link TG-3468 PCI Express</t>
         </is>
       </c>
       <c r="C1021" s="0" t="inlineStr">
         <is>
-          <t>103 000 сум</t>
+          <t>103 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="0">
         <v>12118</v>
       </c>
       <c r="B1022" s="0" t="inlineStr">
         <is>
           <t>Адаптер Xiaomi USB-C VGA Gigabit Ethernet</t>
         </is>
       </c>
       <c r="C1022" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="0">
         <v>12119</v>
       </c>
       <c r="B1023" s="0" t="inlineStr">
         <is>
           <t>Адаптер Ling Zha для смартфона</t>
         </is>
       </c>
       <c r="C1023" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="0">
         <v>12120</v>
       </c>
       <c r="B1024" s="0" t="inlineStr">
         <is>
           <t>Адаптер Mi Power Adapter 5V 2A</t>
         </is>
       </c>
       <c r="C1024" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="0">
         <v>12121</v>
       </c>
       <c r="B1025" s="0" t="inlineStr">
         <is>
           <t>Игровая клавиатура для K50</t>
         </is>
       </c>
       <c r="C1025" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="0">
         <v>12122</v>
       </c>
       <c r="B1026" s="0" t="inlineStr">
         <is>
           <t>Игровая клавиатура для смартфонов F6</t>
         </is>
       </c>
       <c r="C1026" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="0">
         <v>12123</v>
       </c>
       <c r="B1027" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер G9 Red для смартфонов</t>
         </is>
       </c>
       <c r="C1027" s="0" t="inlineStr">
         <is>
-          <t>43 000 сум</t>
+          <t>43 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="0">
         <v>12124</v>
       </c>
       <c r="B1028" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H10 1200mAh для смартфонов</t>
         </is>
       </c>
       <c r="C1028" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="0">
         <v>12125</v>
       </c>
       <c r="B1029" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H10 5000mAh для смартфонов</t>
         </is>
       </c>
       <c r="C1029" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="0">
         <v>12126</v>
       </c>
       <c r="B1030" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер F301 для смартфонов</t>
         </is>
       </c>
       <c r="C1030" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="0">
         <v>12127</v>
       </c>
       <c r="B1031" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер E9 для смартфонов</t>
         </is>
       </c>
       <c r="C1031" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="0">
         <v>12128</v>
       </c>
       <c r="B1032" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик для DL88 для смартфонов</t>
         </is>
       </c>
       <c r="C1032" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="0">
         <v>12129</v>
       </c>
       <c r="B1033" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер D9 для смартфонов</t>
         </is>
       </c>
       <c r="C1033" s="0" t="inlineStr">
         <is>
-          <t>27 000 сум</t>
+          <t>27 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="0">
         <v>12130</v>
       </c>
       <c r="B1034" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Chicken King Metal для смартфонов</t>
         </is>
       </c>
       <c r="C1034" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="0">
         <v>12131</v>
       </c>
       <c r="B1035" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер CH2 Little Bee для смартфонов</t>
         </is>
       </c>
       <c r="C1035" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="0">
         <v>12132</v>
       </c>
       <c r="B1036" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Angle Wings one key для смартфонов</t>
         </is>
       </c>
       <c r="C1036" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="0">
         <v>12133</v>
       </c>
       <c r="B1037" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Angle Wings 3 keys для смартфонов</t>
         </is>
       </c>
       <c r="C1037" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="0">
         <v>12134</v>
       </c>
       <c r="B1038" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик AK77 4000 mAh с батарейкой для смартфонов</t>
         </is>
       </c>
       <c r="C1038" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="0">
         <v>12135</v>
       </c>
       <c r="B1039" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик AK77 проводной для смартфонов</t>
         </is>
       </c>
       <c r="C1039" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="0">
         <v>12136</v>
       </c>
       <c r="B1040" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик AK77 1200 mAh с батарейкой для смартфонов</t>
         </is>
       </c>
       <c r="C1040" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="0">
         <v>12137</v>
       </c>
       <c r="B1041" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик AK66 для смартфонов</t>
         </is>
       </c>
       <c r="C1041" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="0">
         <v>12138</v>
       </c>
       <c r="B1042" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер AK01 для смартфонов</t>
         </is>
       </c>
       <c r="C1042" s="0" t="inlineStr">
         <is>
-          <t>119 000 сум</t>
+          <t>119 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="0">
         <v>12139</v>
       </c>
       <c r="B1043" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик 98K для смартфонов</t>
         </is>
       </c>
       <c r="C1043" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="0">
         <v>12140</v>
       </c>
       <c r="B1044" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер X7 для смартфонов</t>
         </is>
       </c>
       <c r="C1044" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="0">
         <v>12141</v>
       </c>
       <c r="B1045" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер X10 для смартфонов</t>
         </is>
       </c>
       <c r="C1045" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="0">
         <v>12142</v>
       </c>
       <c r="B1046" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик W18 для смартфонов</t>
         </is>
       </c>
       <c r="C1046" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="0">
         <v>12143</v>
       </c>
       <c r="B1047" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик W11+ для смартфонов</t>
         </is>
       </c>
       <c r="C1047" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="0">
         <v>12144</v>
       </c>
       <c r="B1048" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик W10 для смартфонов</t>
         </is>
       </c>
       <c r="C1048" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="0">
         <v>12145</v>
       </c>
       <c r="B1049" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Top Gun для смартфонов</t>
         </is>
       </c>
       <c r="C1049" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="0">
         <v>12146</v>
       </c>
       <c r="B1050" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер The Terminator JS301 для смартфонов</t>
         </is>
       </c>
       <c r="C1050" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="0">
         <v>12147</v>
       </c>
       <c r="B1051" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик SR 4000 mAh для смартфонов</t>
         </is>
       </c>
       <c r="C1051" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="0">
         <v>12148</v>
       </c>
       <c r="B1052" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик SR 2000 mAh для смартфонов</t>
         </is>
       </c>
       <c r="C1052" s="0" t="inlineStr">
         <is>
-          <t>76 000 сум</t>
+          <t>76 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="0">
         <v>12149</v>
       </c>
       <c r="B1053" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Speed Shooting для смартфонов</t>
         </is>
       </c>
       <c r="C1053" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="0">
         <v>12150</v>
       </c>
       <c r="B1054" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик Semiconductor heat cooler для смартфонов</t>
         </is>
       </c>
       <c r="C1054" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="0">
         <v>12151</v>
       </c>
       <c r="B1055" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер S8 для смартфонов</t>
         </is>
       </c>
       <c r="C1055" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="0">
         <v>12152</v>
       </c>
       <c r="B1056" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер S4 для смартфонов</t>
         </is>
       </c>
       <c r="C1056" s="0" t="inlineStr">
         <is>
-          <t>27 000 сум</t>
+          <t>27 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="0">
         <v>12153</v>
       </c>
       <c r="B1057" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер S+ Key для смартфонов</t>
         </is>
       </c>
       <c r="C1057" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="0">
         <v>12154</v>
       </c>
       <c r="B1058" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер ReTrack 5.56 для смартфонов</t>
         </is>
       </c>
       <c r="C1058" s="0" t="inlineStr">
         <is>
-          <t>43 000 сум</t>
+          <t>43 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="0">
         <v>12155</v>
       </c>
       <c r="B1059" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Red Pin M16 для смартфонов</t>
         </is>
       </c>
       <c r="C1059" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="0">
         <v>12156</v>
       </c>
       <c r="B1060" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер R11 для смартфонов</t>
         </is>
       </c>
       <c r="C1060" s="0" t="inlineStr">
         <is>
-          <t>43 000 сум</t>
+          <t>43 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="0">
         <v>12157</v>
       </c>
       <c r="B1061" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Ox Ox King для смартфонов</t>
         </is>
       </c>
       <c r="C1061" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="0">
         <v>12158</v>
       </c>
       <c r="B1062" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Mouse Trigger для смартфонов</t>
         </is>
       </c>
       <c r="C1062" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="0">
         <v>12159</v>
       </c>
       <c r="B1063" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Monster Ball для смартфонов</t>
         </is>
       </c>
       <c r="C1063" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="0">
         <v>12160</v>
       </c>
       <c r="B1064" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер MN для смартфонов</t>
         </is>
       </c>
       <c r="C1064" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="0">
         <v>12161</v>
       </c>
       <c r="B1065" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер M4 для смартфонов</t>
         </is>
       </c>
       <c r="C1065" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="0">
         <v>12162</v>
       </c>
       <c r="B1066" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик M20 для смартфонов</t>
         </is>
       </c>
       <c r="C1066" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="0">
         <v>12163</v>
       </c>
       <c r="B1067" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик M11 для смартфонов</t>
         </is>
       </c>
       <c r="C1067" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="0">
         <v>12164</v>
       </c>
       <c r="B1068" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик M10 для смартфонов</t>
         </is>
       </c>
       <c r="C1068" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="0">
         <v>12165</v>
       </c>
       <c r="B1069" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер M01 One Key для смартфонов</t>
         </is>
       </c>
       <c r="C1069" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="0">
         <v>12166</v>
       </c>
       <c r="B1070" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер K9 для смартфонов</t>
         </is>
       </c>
       <c r="C1070" s="0" t="inlineStr">
         <is>
-          <t>43 000 сум</t>
+          <t>43 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="0">
         <v>12167</v>
       </c>
       <c r="B1071" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер K8 для смартфонов</t>
         </is>
       </c>
       <c r="C1071" s="0" t="inlineStr">
         <is>
-          <t>22 000 сум</t>
+          <t>22 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="0">
         <v>12168</v>
       </c>
       <c r="B1072" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K21 для смартфонов</t>
         </is>
       </c>
       <c r="C1072" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="0">
         <v>12169</v>
       </c>
       <c r="B1073" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K20 для смартфонов</t>
         </is>
       </c>
       <c r="C1073" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="0">
         <v>12170</v>
       </c>
       <c r="B1074" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K20 c кулером для смартфонов</t>
         </is>
       </c>
       <c r="C1074" s="0" t="inlineStr">
         <is>
-          <t>76 000 сум</t>
+          <t>76 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="0">
         <v>12171</v>
       </c>
       <c r="B1075" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер K19 для смартфонов</t>
         </is>
       </c>
       <c r="C1075" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="0">
         <v>12172</v>
       </c>
       <c r="B1076" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K18 для смартфонов</t>
         </is>
       </c>
       <c r="C1076" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="0">
         <v>12173</v>
       </c>
       <c r="B1077" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик K11 5в1  для смартфонов</t>
         </is>
       </c>
       <c r="C1077" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="0">
         <v>12174</v>
       </c>
       <c r="B1078" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер K03 для смартфонов</t>
         </is>
       </c>
       <c r="C1078" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="0">
         <v>12175</v>
       </c>
       <c r="B1079" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер Impulse trigger для смартфонов</t>
         </is>
       </c>
       <c r="C1079" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="0">
         <v>12176</v>
       </c>
       <c r="B1080" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H8 для смартфонов</t>
         </is>
       </c>
       <c r="C1080" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="0">
         <v>12177</v>
       </c>
       <c r="B1081" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H7 для планшета</t>
         </is>
       </c>
       <c r="C1081" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="0">
         <v>12178</v>
       </c>
       <c r="B1082" s="0" t="inlineStr">
         <is>
           <t>Игровой контроллер-триггер H7 для смартфонов</t>
         </is>
       </c>
       <c r="C1082" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="0">
         <v>12179</v>
       </c>
       <c r="B1083" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H11 для планшета</t>
         </is>
       </c>
       <c r="C1083" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="0">
         <v>12180</v>
       </c>
       <c r="B1084" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H5 проводной для смартфонов</t>
         </is>
       </c>
       <c r="C1084" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="0">
         <v>12181</v>
       </c>
       <c r="B1085" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H5 беспроводной для смартфонов</t>
         </is>
       </c>
       <c r="C1085" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="0">
         <v>12182</v>
       </c>
       <c r="B1086" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H12 c кулером проводной для смартфонов</t>
         </is>
       </c>
       <c r="C1086" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="0">
         <v>12183</v>
       </c>
       <c r="B1087" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H12 c кулером беспроводная для смартфонов</t>
         </is>
       </c>
       <c r="C1087" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="0">
         <v>12184</v>
       </c>
       <c r="B1088" s="0" t="inlineStr">
         <is>
           <t>Геймпад джойстик H10 проводной для смартфонов</t>
         </is>
       </c>
       <c r="C1088" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="0">
         <v>12185</v>
       </c>
       <c r="B1089" s="0" t="inlineStr">
         <is>
           <t>Игровые напальчники Game Finger gloves одна пара</t>
         </is>
       </c>
       <c r="C1089" s="0" t="inlineStr">
         <is>
-          <t>27 000 сум</t>
+          <t>27 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="0">
         <v>12186</v>
       </c>
       <c r="B1090" s="0" t="inlineStr">
         <is>
           <t>Беспроводной Геймпад 2E C04 джойстик черный</t>
         </is>
       </c>
       <c r="C1090" s="0" t="inlineStr">
         <is>
-          <t>272 000 сум</t>
+          <t>272 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="0">
         <v>12187</v>
       </c>
       <c r="B1091" s="0" t="inlineStr">
         <is>
           <t>Игровые перчатки для мобильных игр</t>
         </is>
       </c>
       <c r="C1091" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="0">
         <v>12188</v>
       </c>
       <c r="B1092" s="0" t="inlineStr">
         <is>
           <t>Игровой системный блок Level 20 RGB</t>
         </is>
       </c>
       <c r="C1092" s="0" t="inlineStr">
         <is>
-          <t>17 903 000 сум</t>
+          <t>17 903 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="0">
         <v>12189</v>
       </c>
       <c r="B1093" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Bluetooth Speaker Mini</t>
         </is>
       </c>
       <c r="C1093" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="0">
         <v>12190</v>
       </c>
       <c r="B1094" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Pocket Speaker 2</t>
         </is>
       </c>
       <c r="C1094" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="0">
         <v>12191</v>
       </c>
       <c r="B1095" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Bluetooth Speaker Basic 2</t>
         </is>
       </c>
       <c r="C1095" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="0">
         <v>12192</v>
       </c>
       <c r="B1096" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Bluetooth Speaker</t>
         </is>
       </c>
       <c r="C1096" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="0">
         <v>12193</v>
       </c>
       <c r="B1097" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Trust Tytan 2.1 Speaker Set Bluetooth</t>
         </is>
       </c>
       <c r="C1097" s="0" t="inlineStr">
         <is>
-          <t>1 562 000 сум</t>
+          <t>1 562 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="0">
         <v>12194</v>
       </c>
       <c r="B1098" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Trust Remo 2.0</t>
         </is>
       </c>
       <c r="C1098" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="0">
         <v>12195</v>
       </c>
       <c r="B1099" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Trust Leto 2.0</t>
         </is>
       </c>
       <c r="C1099" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="0">
         <v>12196</v>
       </c>
       <c r="B1100" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Trust GXT 658 Tytan 5.1</t>
         </is>
       </c>
       <c r="C1100" s="0" t="inlineStr">
         <is>
-          <t>1 823 000 сум</t>
+          <t>1 823 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="0">
         <v>12197</v>
       </c>
       <c r="B1101" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Trust GXT 628 Tytan 2.1 Illuminated Set</t>
         </is>
       </c>
       <c r="C1101" s="0" t="inlineStr">
         <is>
-          <t>1 063 000 сум</t>
+          <t>1 063 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="0">
         <v>12198</v>
       </c>
       <c r="B1102" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Redragon Stentor GS500</t>
         </is>
       </c>
       <c r="C1102" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="0">
         <v>12199</v>
       </c>
       <c r="B1103" s="0" t="inlineStr">
         <is>
           <t>Умная колонка Xiaomi Mi AI Speaker</t>
         </is>
       </c>
       <c r="C1103" s="0" t="inlineStr">
         <is>
-          <t>651 000 сум</t>
+          <t>651 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="0">
         <v>12200</v>
       </c>
       <c r="B1104" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xiaomi Mi Wireless Mouse Black</t>
         </is>
       </c>
       <c r="C1104" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="0">
         <v>12201</v>
       </c>
       <c r="B1105" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xiaomi Mi Wireless Mouse 2 Black</t>
         </is>
       </c>
       <c r="C1105" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="0">
         <v>12202</v>
       </c>
       <c r="B1106" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xiaomi Mi Wireless Mouse White</t>
         </is>
       </c>
       <c r="C1106" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="0">
         <v>12203</v>
       </c>
       <c r="B1107" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xiaomi Mi Wireless Mouse 2 White</t>
         </is>
       </c>
       <c r="C1107" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="0">
         <v>12204</v>
       </c>
       <c r="B1108" s="0" t="inlineStr">
         <is>
           <t>Мышь Xiaomi Mi Portable Mouse Bluetooth</t>
         </is>
       </c>
       <c r="C1108" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="0">
         <v>12205</v>
       </c>
       <c r="B1109" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука Xiaomi Mi Urban Life Style Backpack</t>
         </is>
       </c>
       <c r="C1109" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="0">
         <v>12206</v>
       </c>
       <c r="B1110" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука Xiaomi Mi Urban Backpack</t>
         </is>
       </c>
       <c r="C1110" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="0">
         <v>12207</v>
       </c>
       <c r="B1111" s="0" t="inlineStr">
         <is>
           <t>Электронная книга PocketBook 616 Basic Lux 2</t>
         </is>
       </c>
       <c r="C1111" s="0" t="inlineStr">
         <is>
-          <t>1 356 000 сум</t>
+          <t>1 356 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="0">
         <v>12208</v>
       </c>
       <c r="B1112" s="0" t="inlineStr">
         <is>
           <t>Электронная книга PocketBook 627 Gift Edition Touch Lux 4 Black</t>
         </is>
       </c>
       <c r="C1112" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 сум</t>
+          <t>1 628 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="0">
         <v>12209</v>
       </c>
       <c r="B1113" s="0" t="inlineStr">
         <is>
           <t>Электронная книга PocketBook 627 Gift Edition Touch Lux 4 c чехол</t>
         </is>
       </c>
       <c r="C1113" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="0">
         <v>12210</v>
       </c>
       <c r="B1114" s="0" t="inlineStr">
         <is>
           <t>Электронная книга PocketBook 632 Touch HD 3</t>
         </is>
       </c>
       <c r="C1114" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 сум</t>
+          <t>2 007 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="0">
         <v>12211</v>
       </c>
       <c r="B1115" s="0" t="inlineStr">
         <is>
           <t>Чехол для электронной книги PocketBook 616/627/632</t>
         </is>
       </c>
       <c r="C1115" s="0" t="inlineStr">
         <is>
-          <t>168 000 сум</t>
+          <t>168 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="0">
         <v>12212</v>
       </c>
       <c r="B1116" s="0" t="inlineStr">
         <is>
           <t>Чехол для электронной книги PocketBook 616/627/632 Black</t>
         </is>
       </c>
       <c r="C1116" s="0" t="inlineStr">
         <is>
-          <t>190 000 сум</t>
+          <t>190 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="0">
         <v>12213</v>
       </c>
       <c r="B1117" s="0" t="inlineStr">
         <is>
           <t>Игровой комплект Mix Pro 4в1 для смартфона клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1117" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="0">
         <v>12214</v>
       </c>
       <c r="B1118" s="0" t="inlineStr">
         <is>
           <t>Игровой комплект Ling Zha Combo 4в1 для смартфона клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1118" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="0">
         <v>12215</v>
       </c>
       <c r="B1119" s="0" t="inlineStr">
         <is>
           <t>Игровой комплект Ling Zha 2 Combo 4в1 для смартфона клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1119" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="0">
         <v>12216</v>
       </c>
       <c r="B1120" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Sports bluetooth</t>
         </is>
       </c>
       <c r="C1120" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="0">
         <v>12217</v>
       </c>
       <c r="B1121" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Bluetooth Monitor</t>
         </is>
       </c>
       <c r="C1121" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="0">
         <v>12218</v>
       </c>
       <c r="B1122" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Headphones Comfort Orange</t>
         </is>
       </c>
       <c r="C1122" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="0">
         <v>12219</v>
       </c>
       <c r="B1123" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Gamemax Gamma 500 Blue</t>
         </is>
       </c>
       <c r="C1123" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="0">
         <v>12220</v>
       </c>
       <c r="B1124" s="0" t="inlineStr">
         <is>
           <t>Сегвей Xiaomi Ninebot Mini</t>
         </is>
       </c>
       <c r="C1124" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 сум</t>
+          <t>5 425 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="0">
         <v>12221</v>
       </c>
       <c r="B1125" s="0" t="inlineStr">
         <is>
           <t>Защитный шлем для гироскутера Xiaomi Ninebot Mini</t>
         </is>
       </c>
       <c r="C1125" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="0">
         <v>12222</v>
       </c>
       <c r="B1126" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank Wireless 10000mAh</t>
         </is>
       </c>
       <c r="C1126" s="0" t="inlineStr">
         <is>
-          <t>282 000 сум</t>
+          <t>282 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="0">
         <v>12223</v>
       </c>
       <c r="B1127" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank 3 20000mAh</t>
         </is>
       </c>
       <c r="C1127" s="0" t="inlineStr">
         <is>
-          <t>358 000 сум</t>
+          <t>358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="0">
         <v>12224</v>
       </c>
       <c r="B1128" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank 3 10000mAh</t>
         </is>
       </c>
       <c r="C1128" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="0">
         <v>12225</v>
       </c>
       <c r="B1129" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank 10000mAh Gold Rose</t>
         </is>
       </c>
       <c r="C1129" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="0">
         <v>12226</v>
       </c>
       <c r="B1130" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Redmi Power Bank 20000mAh</t>
         </is>
       </c>
       <c r="C1130" s="0" t="inlineStr">
         <is>
-          <t>223 000 сум</t>
+          <t>223 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="0">
         <v>12227</v>
       </c>
       <c r="B1131" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank 2C 20000mAh</t>
         </is>
       </c>
       <c r="C1131" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="0">
         <v>12228</v>
       </c>
       <c r="B1132" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Accesstyle Power Bank Seashell 10PD 10000mAh</t>
         </is>
       </c>
       <c r="C1132" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="0">
         <v>12229</v>
       </c>
       <c r="B1133" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Accesstyle Power Bank Hiper BS 10000 10000mAh</t>
         </is>
       </c>
       <c r="C1133" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="0">
         <v>12230</v>
       </c>
       <c r="B1134" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Accesstyle Power Bank Charcoal II 10MPQP 10000mAh</t>
         </is>
       </c>
       <c r="C1134" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="0">
         <v>12231</v>
       </c>
       <c r="B1135" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Accesstyle Power Bank Arsenic 20PQP 20000mAh</t>
         </is>
       </c>
       <c r="C1135" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="0">
         <v>12232</v>
       </c>
       <c r="B1136" s="0" t="inlineStr">
         <is>
           <t>Набор игровых клавиш HyperX Double Shot PBT Keycaps</t>
         </is>
       </c>
       <c r="C1136" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="0">
         <v>12233</v>
       </c>
       <c r="B1137" s="0" t="inlineStr">
         <is>
           <t>Зарядное устройство HyperX ChargePlay Quad for Nintendo Switch</t>
         </is>
       </c>
       <c r="C1137" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="0">
         <v>12234</v>
       </c>
       <c r="B1138" s="0" t="inlineStr">
         <is>
           <t>Кабель Xiaomi USB - microUSB / USB Type-C White</t>
         </is>
       </c>
       <c r="C1138" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="0">
         <v>12235</v>
       </c>
       <c r="B1139" s="0" t="inlineStr">
         <is>
           <t>Поворотная IP камера Xiaomi Mi Home Security Camera 360°</t>
         </is>
       </c>
       <c r="C1139" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="0">
         <v>12236</v>
       </c>
       <c r="B1140" s="0" t="inlineStr">
         <is>
           <t>Комплект для умного дома Xiaomi Mi Smart Home Security Kit</t>
         </is>
       </c>
       <c r="C1140" s="0" t="inlineStr">
         <is>
-          <t>651 000 сум</t>
+          <t>651 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="0">
         <v>12237</v>
       </c>
       <c r="B1141" s="0" t="inlineStr">
         <is>
           <t>Робот Пылесос Xiaomi Mi Robot Vacuum Cleaner SE</t>
         </is>
       </c>
       <c r="C1141" s="0" t="inlineStr">
         <is>
-          <t>5 425 000 сум</t>
+          <t>5 425 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="0">
         <v>12238</v>
       </c>
       <c r="B1142" s="0" t="inlineStr">
         <is>
           <t>ТВ приставка Xiaomi Mi Smart Box S</t>
         </is>
       </c>
       <c r="C1142" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="0">
         <v>12239</v>
       </c>
       <c r="B1143" s="0" t="inlineStr">
         <is>
           <t>Чековые принтеры XPrinter POS-58</t>
         </is>
       </c>
       <c r="C1143" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="0">
         <v>12240</v>
       </c>
       <c r="B1144" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB-адаптер Xiaomi + USB флеш память 8Gb</t>
         </is>
       </c>
       <c r="C1144" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="0">
         <v>12241</v>
       </c>
       <c r="B1145" s="0" t="inlineStr">
         <is>
           <t>Портативный сенсорный вентилятор Xiaomi VH 104 White</t>
         </is>
       </c>
       <c r="C1145" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="0">
         <v>12242</v>
       </c>
       <c r="B1146" s="0" t="inlineStr">
         <is>
           <t>Силиконовый ремешок Xiaomi Mi Band 2 Black</t>
         </is>
       </c>
       <c r="C1146" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="0">
         <v>12243</v>
       </c>
       <c r="B1147" s="0" t="inlineStr">
         <is>
           <t>Настольная лампа светодиодная Xiaomi Mi Led Desk Lamp</t>
         </is>
       </c>
       <c r="C1147" s="0" t="inlineStr">
         <is>
-          <t>391 000 сум</t>
+          <t>391 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="0">
         <v>12244</v>
       </c>
       <c r="B1148" s="0" t="inlineStr">
         <is>
           <t>Настольная лампа ночник Xiaomi MI Bedside Lamp</t>
         </is>
       </c>
       <c r="C1148" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="0">
         <v>12245</v>
       </c>
       <c r="B1149" s="0" t="inlineStr">
         <is>
           <t>Ароматизатор воздуха Xiaomi HL Aroma Diffuser</t>
         </is>
       </c>
       <c r="C1149" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="0">
         <v>12246</v>
       </c>
       <c r="B1150" s="0" t="inlineStr">
         <is>
           <t>Датчик температуры и влажности Xiaomi Mi Mijia Bluetooth Hygrothermograph</t>
         </is>
       </c>
       <c r="C1150" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="0">
         <v>12247</v>
       </c>
       <c r="B1151" s="0" t="inlineStr">
         <is>
           <t>Автоматическая помпа Xiaomi Smartda TDS Automatic Water Feeder</t>
         </is>
       </c>
       <c r="C1151" s="0" t="inlineStr">
         <is>
-          <t>250 000 сум</t>
+          <t>250 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="0">
         <v>12248</v>
       </c>
       <c r="B1152" s="0" t="inlineStr">
         <is>
           <t>Антибликовые очки Xiaomi Mi TS Computer Glasses Red</t>
         </is>
       </c>
       <c r="C1152" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="0">
         <v>12249</v>
       </c>
       <c r="B1153" s="0" t="inlineStr">
         <is>
           <t>Антибликовые очки Xiaomi Mi TS Computer Glasses Black</t>
         </is>
       </c>
       <c r="C1153" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="0">
         <v>12250</v>
       </c>
       <c r="B1154" s="0" t="inlineStr">
         <is>
           <t>ТВ приставка Xiaomi Mi TV Stick</t>
         </is>
       </c>
       <c r="C1154" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="0">
         <v>12251</v>
       </c>
       <c r="B1155" s="0" t="inlineStr">
         <is>
           <t>Автовизитка Xiaomi Mi Bcase Tita X</t>
         </is>
       </c>
       <c r="C1155" s="0" t="inlineStr">
         <is>
-          <t>76 000 сум</t>
+          <t>76 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="0">
         <v>12252</v>
       </c>
       <c r="B1156" s="0" t="inlineStr">
         <is>
           <t>Автовизитка Xiaomi Mi Bcase Tita</t>
         </is>
       </c>
       <c r="C1156" s="0" t="inlineStr">
         <is>
-          <t>76 000 сум</t>
+          <t>76 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="0">
         <v>12253</v>
       </c>
       <c r="B1157" s="0" t="inlineStr">
         <is>
           <t>ТВ приставка Xiaomi Mi TV Box Global version</t>
         </is>
       </c>
       <c r="C1157" s="0" t="inlineStr">
         <is>
-          <t>770 000 сум</t>
+          <t>770 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="0">
         <v>12254</v>
       </c>
       <c r="B1158" s="0" t="inlineStr">
         <is>
           <t>Сенсорная насадка на кран Xiaomi Intelligent Sensor Water Saving Device</t>
         </is>
       </c>
       <c r="C1158" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="0">
         <v>12255</v>
       </c>
       <c r="B1159" s="0" t="inlineStr">
         <is>
           <t>Автомобильное зарядное устройство Xiaomi Mojietu Smart Car Charger 3S Bluetooth</t>
         </is>
       </c>
       <c r="C1159" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="0">
         <v>12256</v>
       </c>
       <c r="B1160" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн для двух мониторов KSL DM32T с диагональю 13-28 дюйма</t>
         </is>
       </c>
       <c r="C1160" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="0">
         <v>12257</v>
       </c>
       <c r="B1161" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн для одного монитора KSL DM31T с диагональю 13-28 дюйма</t>
         </is>
       </c>
       <c r="C1161" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="0">
         <v>12258</v>
       </c>
       <c r="B1162" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн для одного мониторов KSL DM11T с диагональю 13-28 дюйма</t>
         </is>
       </c>
       <c r="C1162" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="0">
         <v>12266</v>
       </c>
       <c r="B1163" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Wavlink WL-WN521R2P N300</t>
         </is>
       </c>
       <c r="C1163" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="0">
         <v>12267</v>
       </c>
       <c r="B1164" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-LINK Archer VR300 V1.2  AC1200 со встроенным VDSL/ADSL-модемом</t>
         </is>
       </c>
       <c r="C1164" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="0">
         <v>12268</v>
       </c>
       <c r="B1165" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi AioT AC2350</t>
         </is>
       </c>
       <c r="C1165" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="0">
         <v>12269</v>
       </c>
       <c r="B1166" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi AioT AX3600</t>
         </is>
       </c>
       <c r="C1166" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 сум</t>
+          <t>1 519 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="0">
         <v>12270</v>
       </c>
       <c r="B1167" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Mi 4A Gigabit Edition</t>
         </is>
       </c>
       <c r="C1167" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="0">
         <v>12271</v>
       </c>
       <c r="B1168" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Mi 4C</t>
         </is>
       </c>
       <c r="C1168" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="0">
         <v>12272</v>
       </c>
       <c r="B1169" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Redmi AC2100</t>
         </is>
       </c>
       <c r="C1169" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="0">
         <v>12273</v>
       </c>
       <c r="B1170" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link N300 TD-W8960N ADSL2+ модемом</t>
         </is>
       </c>
       <c r="C1170" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="0">
         <v>12274</v>
       </c>
       <c r="B1171" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link N300 TL-WR840N</t>
         </is>
       </c>
       <c r="C1171" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="0">
         <v>12275</v>
       </c>
       <c r="B1172" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-LINK TD-W8961N</t>
         </is>
       </c>
       <c r="C1172" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="0">
         <v>12276</v>
       </c>
       <c r="B1173" s="0" t="inlineStr">
         <is>
           <t>Умная светодиодная лампа Xiaomi Yeelight LED Light Bulb (IPL)</t>
         </is>
       </c>
       <c r="C1173" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="0">
         <v>12277</v>
       </c>
       <c r="B1174" s="0" t="inlineStr">
         <is>
           <t>Фильтр-удлинитель Xiaomi Mi Power Strip 3 sockets / 3 USB</t>
         </is>
       </c>
       <c r="C1174" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="0">
         <v>12278</v>
       </c>
       <c r="B1175" s="0" t="inlineStr">
         <is>
           <t>Часы Xiaomi Quartz Watch</t>
         </is>
       </c>
       <c r="C1175" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="0">
         <v>12279</v>
       </c>
       <c r="B1176" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Knight</t>
         </is>
       </c>
       <c r="C1176" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="0">
         <v>12280</v>
       </c>
       <c r="B1177" s="0" t="inlineStr">
         <is>
           <t>Комплект вентиляторов для корпуса GameMax CL300</t>
         </is>
       </c>
       <c r="C1177" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="0">
         <v>12281</v>
       </c>
       <c r="B1178" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса GameMax FN-12Rainbow-C2 120mm ARGB</t>
         </is>
       </c>
       <c r="C1178" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="0">
         <v>12282</v>
       </c>
       <c r="B1179" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса GameMax GMX-AF12X 120mm FRGB</t>
         </is>
       </c>
       <c r="C1179" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="0">
         <v>12283</v>
       </c>
       <c r="B1180" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Gamemax GMX-WFBK-BK 120mm</t>
         </is>
       </c>
       <c r="C1180" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="0">
         <v>12284</v>
       </c>
       <c r="B1181" s="0" t="inlineStr">
         <is>
           <t>Комплект вентиляторов для корпуса GameMax RL300</t>
         </is>
       </c>
       <c r="C1181" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="0">
         <v>12285</v>
       </c>
       <c r="B1182" s="0" t="inlineStr">
         <is>
           <t>Игровой триггер с кулером для смартфона  AK03</t>
         </is>
       </c>
       <c r="C1182" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="0">
         <v>12286</v>
       </c>
       <c r="B1183" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock H460 Steel Legend</t>
         </is>
       </c>
       <c r="C1183" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 сум</t>
+          <t>1 508 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="0">
         <v>12287</v>
       </c>
       <c r="B1184" s="0" t="inlineStr">
         <is>
           <t>Вентилятор Xiaomi Mi Fan Portable USB Blue</t>
         </is>
       </c>
       <c r="C1184" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="0">
         <v>12288</v>
       </c>
       <c r="B1185" s="0" t="inlineStr">
         <is>
           <t>Умный дверной видео-звонок домофон Mi Dingling Smart Video Doorbell</t>
         </is>
       </c>
       <c r="C1185" s="0" t="inlineStr">
         <is>
-          <t>586 000 сум</t>
+          <t>586 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="0">
         <v>12289</v>
       </c>
       <c r="B1186" s="0" t="inlineStr">
         <is>
           <t>Автомобильное зарядное устройство Mi Car Charger Speed</t>
         </is>
       </c>
       <c r="C1186" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="0">
         <v>12290</v>
       </c>
       <c r="B1187" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR3 4gb 1600mhz</t>
         </is>
       </c>
       <c r="C1187" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="0">
         <v>12291</v>
       </c>
       <c r="B1188" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 4GB 2400MHz</t>
         </is>
       </c>
       <c r="C1188" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="0">
         <v>12292</v>
       </c>
       <c r="B1189" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Cooler Master MasterFan Pro 140 AF/AP RGB</t>
         </is>
       </c>
       <c r="C1189" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="0">
         <v>12293</v>
       </c>
       <c r="B1190" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Xiaomi 70mai Dash Cam Midrive D01</t>
         </is>
       </c>
       <c r="C1190" s="0" t="inlineStr">
         <is>
-          <t>651 000 сум</t>
+          <t>651 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="0">
         <v>12294</v>
       </c>
       <c r="B1191" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Xiaomi Mi Dash Cam</t>
         </is>
       </c>
       <c r="C1191" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="0">
         <v>12295</v>
       </c>
       <c r="B1192" s="0" t="inlineStr">
         <is>
           <t>Очиститель воздуха Xiaomi Mi Car Air Purifier</t>
         </is>
       </c>
       <c r="C1192" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="0">
         <v>12296</v>
       </c>
       <c r="B1193" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Intel Celeron N4000 /4GB DDR4/HDD 1TB/DVD ROW /15.6 HD LED</t>
         </is>
       </c>
       <c r="C1193" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 сум</t>
+          <t>3 526 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="0">
         <v>12297</v>
       </c>
       <c r="B1194" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Intel Core i3 8130U /4GB DDR4/HDD 1TB/DVD ROW /15.6 HD LED</t>
         </is>
       </c>
       <c r="C1194" s="0" t="inlineStr">
         <is>
-          <t>4 611 000 сум</t>
+          <t>4 611 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="0">
         <v>12298</v>
       </c>
       <c r="B1195" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Intel Core i5 1021U /4GB DDR4/SSD 256GB/DVD нет/15.6 FHD LED/NVIDIA GeForce MX230 2GB</t>
         </is>
       </c>
       <c r="C1195" s="0" t="inlineStr">
         <is>
-          <t>7 053 000 сум</t>
+          <t>7 053 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="0">
         <v>12299</v>
       </c>
       <c r="B1196" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Intel Core i5 1021U /20GB DDR4/SSD 1000GB/DVD нет/15.6 FHD LED/NVIDIA GeForce MX250 2GB</t>
         </is>
       </c>
       <c r="C1196" s="0" t="inlineStr">
         <is>
-          <t>8 951 000 сум</t>
+          <t>8 951 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="0">
         <v>12300</v>
       </c>
       <c r="B1197" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Intel Celeron N4000 /4GB DDR4/HDD 1TB/DVD ROW /15.6 HD LED</t>
         </is>
       </c>
       <c r="C1197" s="0" t="inlineStr">
         <is>
-          <t>3 852 000 сум</t>
+          <t>3 852 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="0">
         <v>12301</v>
       </c>
       <c r="B1198" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Intel Core i3 1005U /4GB DDR4/HDD 1000GB/DVD нет/15.6 FHD LED/GeForce MX330 2GB</t>
         </is>
       </c>
       <c r="C1198" s="0" t="inlineStr">
         <is>
-          <t>5 696 000 сум</t>
+          <t>5 696 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="0">
         <v>12303</v>
       </c>
       <c r="B1199" s="0" t="inlineStr">
         <is>
           <t>Bluetooth наушники Xiaomi Mi Headset Basic Black</t>
         </is>
       </c>
       <c r="C1199" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="0">
         <v>12304</v>
       </c>
       <c r="B1200" s="0" t="inlineStr">
         <is>
           <t>IP-камера Tp-Link Tapo C200 360°</t>
         </is>
       </c>
       <c r="C1200" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="0">
         <v>12305</v>
       </c>
       <c r="B1201" s="0" t="inlineStr">
         <is>
           <t>Док-станция TP-Link UC100 USB</t>
         </is>
       </c>
       <c r="C1201" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="0">
         <v>12306</v>
       </c>
       <c r="B1202" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Mi Router AX1800</t>
         </is>
       </c>
       <c r="C1202" s="0" t="inlineStr">
         <is>
-          <t>618 000 сум</t>
+          <t>618 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="0">
         <v>12307</v>
       </c>
       <c r="B1203" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi PCI-адаптер TP-Link WN851ND</t>
         </is>
       </c>
       <c r="C1203" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="0">
         <v>12308</v>
       </c>
       <c r="B1204" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi PCI-адаптер TP-Link WN881ND</t>
         </is>
       </c>
       <c r="C1204" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="0">
         <v>12309</v>
       </c>
       <c r="B1205" s="0" t="inlineStr">
         <is>
           <t>Wi-fi USB-адаптер Tenda U12 AC1300 беспроводной двухдиапазонный</t>
         </is>
       </c>
       <c r="C1205" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="0">
         <v>12310</v>
       </c>
       <c r="B1206" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер Tenda W311M</t>
         </is>
       </c>
       <c r="C1206" s="0" t="inlineStr">
         <is>
-          <t>60 000 сум</t>
+          <t>60 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="0">
         <v>12311</v>
       </c>
       <c r="B1207" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер Tenda W311MA</t>
         </is>
       </c>
       <c r="C1207" s="0" t="inlineStr">
         <is>
-          <t>76 000 сум</t>
+          <t>76 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="0">
         <v>12312</v>
       </c>
       <c r="B1208" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T3U</t>
         </is>
       </c>
       <c r="C1208" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="0">
         <v>12313</v>
       </c>
       <c r="B1209" s="0" t="inlineStr">
         <is>
           <t>Wi‑Fi USB‑адаптер TP-Link Archer T3U Plus AC1300 Двухдиапазонный</t>
         </is>
       </c>
       <c r="C1209" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="0">
         <v>12314</v>
       </c>
       <c r="B1210" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T4U</t>
         </is>
       </c>
       <c r="C1210" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="0">
         <v>12315</v>
       </c>
       <c r="B1211" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T4U Plus</t>
         </is>
       </c>
       <c r="C1211" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="0">
         <v>12316</v>
       </c>
       <c r="B1212" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link WN821N</t>
         </is>
       </c>
       <c r="C1212" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="0">
         <v>12317</v>
       </c>
       <c r="B1213" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link WN823N</t>
         </is>
       </c>
       <c r="C1213" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="0">
         <v>12318</v>
       </c>
       <c r="B1214" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-LINK TL-WN781ND</t>
         </is>
       </c>
       <c r="C1214" s="0" t="inlineStr">
         <is>
-          <t>119 000 сум</t>
+          <t>119 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="0">
         <v>12319</v>
       </c>
       <c r="B1215" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda D301</t>
         </is>
       </c>
       <c r="C1215" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="0">
         <v>12320</v>
       </c>
       <c r="B1216" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C60</t>
         </is>
       </c>
       <c r="C1216" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="0">
         <v>12321</v>
       </c>
       <c r="B1217" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link C6U</t>
         </is>
       </c>
       <c r="C1217" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="0">
         <v>12322</v>
       </c>
       <c r="B1218" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-LINK TL-MR3420</t>
         </is>
       </c>
       <c r="C1218" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="0">
         <v>12323</v>
       </c>
       <c r="B1219" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-LINK TL-WR842ND</t>
         </is>
       </c>
       <c r="C1219" s="0" t="inlineStr">
         <is>
-          <t>250 000 сум</t>
+          <t>250 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="0">
         <v>12324</v>
       </c>
       <c r="B1220" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link WR1043ND</t>
         </is>
       </c>
       <c r="C1220" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="0">
         <v>12325</v>
       </c>
       <c r="B1221" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link WR820N</t>
         </is>
       </c>
       <c r="C1221" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="0">
         <v>12326</v>
       </c>
       <c r="B1222" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link WR845N</t>
         </is>
       </c>
       <c r="C1222" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="0">
         <v>12327</v>
       </c>
       <c r="B1223" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tp-Link WR940N</t>
         </is>
       </c>
       <c r="C1223" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="0">
         <v>12328</v>
       </c>
       <c r="B1224" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Wavlink WL-WN5302N2 N300</t>
         </is>
       </c>
       <c r="C1224" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="0">
         <v>12329</v>
       </c>
       <c r="B1225" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Wavlink WL-WN531G3 AC1200</t>
         </is>
       </c>
       <c r="C1225" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="0">
         <v>12330</v>
       </c>
       <c r="B1226" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Xiaomi Mi 4A Global</t>
         </is>
       </c>
       <c r="C1226" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="0">
         <v>12331</v>
       </c>
       <c r="B1227" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi репитер TP-Link TL-WA854RE</t>
         </is>
       </c>
       <c r="C1227" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="0">
         <v>12332</v>
       </c>
       <c r="B1228" s="0" t="inlineStr">
         <is>
           <t>Автомобильная зарядка RHEA RCC401</t>
         </is>
       </c>
       <c r="C1228" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="0">
         <v>12333</v>
       </c>
       <c r="B1229" s="0" t="inlineStr">
         <is>
           <t>Автомобильная камера заднего хода Xiaomi 70mai HD Reverse Video Camera</t>
         </is>
       </c>
       <c r="C1229" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="0">
         <v>12334</v>
       </c>
       <c r="B1230" s="0" t="inlineStr">
         <is>
           <t>Автомобильное зарядное устройство TP-Link CP230 USB</t>
         </is>
       </c>
       <c r="C1230" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="0">
         <v>12335</v>
       </c>
       <c r="B1231" s="0" t="inlineStr">
         <is>
           <t>Адаптер G-Nex Pro для смартфона</t>
         </is>
       </c>
       <c r="C1231" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="0">
         <v>12336</v>
       </c>
       <c r="B1232" s="0" t="inlineStr">
         <is>
           <t>Адаптер Ling Zha 2 для смартфона</t>
         </is>
       </c>
       <c r="C1232" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="0">
         <v>12337</v>
       </c>
       <c r="B1233" s="0" t="inlineStr">
         <is>
           <t>Антибликовые Очки 2E Gaming Anti-blue Glasses Yellow</t>
         </is>
       </c>
       <c r="C1233" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="0">
         <v>12338</v>
       </c>
       <c r="B1234" s="0" t="inlineStr">
         <is>
           <t>Антибликовые Очки 2E Gaming Anti-blue Glasses Red</t>
         </is>
       </c>
       <c r="C1234" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="0">
         <v>12339</v>
       </c>
       <c r="B1235" s="0" t="inlineStr">
         <is>
           <t>Антибликовые Очки 2E Gaming Anti-blue Glasses Blue</t>
         </is>
       </c>
       <c r="C1235" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="0">
         <v>12340</v>
       </c>
       <c r="B1236" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники Xiaomi 1MORE ComfoBuds</t>
         </is>
       </c>
       <c r="C1236" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="0">
         <v>12341</v>
       </c>
       <c r="B1237" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer AR 80+ Gold PS-550AR</t>
         </is>
       </c>
       <c r="C1237" s="0" t="inlineStr">
         <is>
-          <t>553 000 сум</t>
+          <t>553 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="0">
         <v>12342</v>
       </c>
       <c r="B1238" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer AR 80+ Gold PS-650AR</t>
         </is>
       </c>
       <c r="C1238" s="0" t="inlineStr">
         <is>
-          <t>608 000 сум</t>
+          <t>608 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="0">
         <v>12343</v>
       </c>
       <c r="B1239" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer AR 80+ Gold PS-750AR</t>
         </is>
       </c>
       <c r="C1239" s="0" t="inlineStr">
         <is>
-          <t>662 000 сум</t>
+          <t>662 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="0">
         <v>12344</v>
       </c>
       <c r="B1240" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Black SIR SR-500W STANDARD</t>
         </is>
       </c>
       <c r="C1240" s="0" t="inlineStr">
         <is>
-          <t>369 000 сум</t>
+          <t>369 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="0">
         <v>12345</v>
       </c>
       <c r="B1241" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Black SIR SR-600W STANDARD</t>
         </is>
       </c>
       <c r="C1241" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="0">
         <v>12346</v>
       </c>
       <c r="B1242" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Black Widow SFX SPB-500BW</t>
         </is>
       </c>
       <c r="C1242" s="0" t="inlineStr">
         <is>
-          <t>521 000 сум</t>
+          <t>521 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="0">
         <v>12347</v>
       </c>
       <c r="B1243" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK 80+ Bronze PS-500AX, Full Modular</t>
         </is>
       </c>
       <c r="C1243" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="0">
         <v>12348</v>
       </c>
       <c r="B1244" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK 80+ Bronze PS-500AX, Non Modular</t>
         </is>
       </c>
       <c r="C1244" s="0" t="inlineStr">
         <is>
-          <t>456 000 сум</t>
+          <t>456 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="0">
         <v>12349</v>
       </c>
       <c r="B1245" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK 80+ Bronze PS-600AX, Full Modular</t>
         </is>
       </c>
       <c r="C1245" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="0">
         <v>12350</v>
       </c>
       <c r="B1246" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK Premium 80+ Bronze PS-500AX, Non Modular</t>
         </is>
       </c>
       <c r="C1246" s="0" t="inlineStr">
         <is>
-          <t>445 000 сум</t>
+          <t>445 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="0">
         <v>12351</v>
       </c>
       <c r="B1247" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK Premium 80+ Bronze PS-600AX, Non Modular</t>
         </is>
       </c>
       <c r="C1247" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="0">
         <v>12352</v>
       </c>
       <c r="B1248" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer DK Premium 80+ Bronze PS-700AX, Non Modular</t>
         </is>
       </c>
       <c r="C1248" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="0">
         <v>12353</v>
       </c>
       <c r="B1249" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Entry Level PS-450 SI</t>
         </is>
       </c>
       <c r="C1249" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="0">
         <v>12354</v>
       </c>
       <c r="B1250" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Entry Level PS-450PLS</t>
         </is>
       </c>
       <c r="C1250" s="0" t="inlineStr">
         <is>
-          <t>250 000 сум</t>
+          <t>250 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="0">
         <v>12355</v>
       </c>
       <c r="B1251" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-400FK</t>
         </is>
       </c>
       <c r="C1251" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="0">
         <v>12356</v>
       </c>
       <c r="B1252" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-500FK</t>
         </is>
       </c>
       <c r="C1252" s="0" t="inlineStr">
         <is>
-          <t>358 000 сум</t>
+          <t>358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="0">
         <v>12357</v>
       </c>
       <c r="B1253" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-550FK</t>
         </is>
       </c>
       <c r="C1253" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="0">
         <v>12358</v>
       </c>
       <c r="B1254" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-600FK</t>
         </is>
       </c>
       <c r="C1254" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="0">
         <v>12359</v>
       </c>
       <c r="B1255" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-700FK</t>
         </is>
       </c>
       <c r="C1255" s="0" t="inlineStr">
         <is>
-          <t>477 000 сум</t>
+          <t>477 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="0">
         <v>12360</v>
       </c>
       <c r="B1256" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer FK NON 80+ PS-750FK</t>
         </is>
       </c>
       <c r="C1256" s="0" t="inlineStr">
         <is>
-          <t>521 000 сум</t>
+          <t>521 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="0">
         <v>12361</v>
       </c>
       <c r="B1257" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer PRO 80+ PS-600EUW</t>
         </is>
       </c>
       <c r="C1257" s="0" t="inlineStr">
         <is>
-          <t>445 000 сум</t>
+          <t>445 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="0">
         <v>12362</v>
       </c>
       <c r="B1258" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer PS-300FK</t>
         </is>
       </c>
       <c r="C1258" s="0" t="inlineStr">
         <is>
-          <t>282 000 сум</t>
+          <t>282 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="0">
         <v>12363</v>
       </c>
       <c r="B1259" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-650AX</t>
         </is>
       </c>
       <c r="C1259" s="0" t="inlineStr">
         <is>
-          <t>651 000 сум</t>
+          <t>651 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="0">
         <v>12364</v>
       </c>
       <c r="B1260" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-650SP</t>
         </is>
       </c>
       <c r="C1260" s="0" t="inlineStr">
         <is>
-          <t>781 000 сум</t>
+          <t>781 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="0">
         <v>12365</v>
       </c>
       <c r="B1261" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-750AX</t>
         </is>
       </c>
       <c r="C1261" s="0" t="inlineStr">
         <is>
-          <t>738 000 сум</t>
+          <t>738 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="0">
         <v>12366</v>
       </c>
       <c r="B1262" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-750SP</t>
         </is>
       </c>
       <c r="C1262" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="0">
         <v>12367</v>
       </c>
       <c r="B1263" s="0" t="inlineStr">
         <is>
           <t>Блок питания 1stPlayer Steam Punk PS-850SP</t>
         </is>
       </c>
       <c r="C1263" s="0" t="inlineStr">
         <is>
-          <t>977 000 сум</t>
+          <t>977 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="0">
         <v>12368</v>
       </c>
       <c r="B1264" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Core BBS-600S</t>
         </is>
       </c>
       <c r="C1264" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="0">
         <v>12369</v>
       </c>
       <c r="B1265" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Core BBS-700S</t>
         </is>
       </c>
       <c r="C1265" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="0">
         <v>12370</v>
       </c>
       <c r="B1266" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Polaris PPS-650FC</t>
         </is>
       </c>
       <c r="C1266" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="0">
         <v>12371</v>
       </c>
       <c r="B1267" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Polaris PPS-750FC</t>
         </is>
       </c>
       <c r="C1267" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="0">
         <v>12372</v>
       </c>
       <c r="B1268" s="0" t="inlineStr">
         <is>
           <t>Блок питания Chieftec Retail Chieftronic PowerUP Gold GPX-850FC</t>
         </is>
       </c>
       <c r="C1268" s="0" t="inlineStr">
         <is>
-          <t>1 226 000 сум</t>
+          <t>1 226 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="0">
         <v>12373</v>
       </c>
       <c r="B1269" s="0" t="inlineStr">
         <is>
           <t>Блок питания Gamemax 550W</t>
         </is>
       </c>
       <c r="C1269" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="0">
         <v>12374</v>
       </c>
       <c r="B1270" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman Acrux ZM1000-ARX 1000Вт</t>
         </is>
       </c>
       <c r="C1270" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 сум</t>
+          <t>2 159 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="0">
         <v>12375</v>
       </c>
       <c r="B1271" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman Acrux ZM1200-ARX 1200Вт</t>
         </is>
       </c>
       <c r="C1271" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 сум</t>
+          <t>2 376 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="0">
         <v>12376</v>
       </c>
       <c r="B1272" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman GigaMax ZM550-GVII</t>
         </is>
       </c>
       <c r="C1272" s="0" t="inlineStr">
         <is>
-          <t>586 000 сум</t>
+          <t>586 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="0">
         <v>12377</v>
       </c>
       <c r="B1273" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman GigaMax ZM650-GVII</t>
         </is>
       </c>
       <c r="C1273" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="0">
         <v>12378</v>
       </c>
       <c r="B1274" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman GigaMax ZM750-GVII</t>
         </is>
       </c>
       <c r="C1274" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="0">
         <v>12379</v>
       </c>
       <c r="B1275" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman WATTTERA ZM1000-EBTII 1000Вт</t>
         </is>
       </c>
       <c r="C1275" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 сум</t>
+          <t>2 159 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="0">
         <v>12380</v>
       </c>
       <c r="B1276" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman WATTTERA ZM1200-EBTII 1200Вт</t>
         </is>
       </c>
       <c r="C1276" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 сум</t>
+          <t>2 376 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="0">
         <v>12381</v>
       </c>
       <c r="B1277" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM500-LXII Active PFC</t>
         </is>
       </c>
       <c r="C1277" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="0">
         <v>12382</v>
       </c>
       <c r="B1278" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM600-LXII Active PFC</t>
         </is>
       </c>
       <c r="C1278" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="0">
         <v>12383</v>
       </c>
       <c r="B1279" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM600-XEII</t>
         </is>
       </c>
       <c r="C1279" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="0">
         <v>12384</v>
       </c>
       <c r="B1280" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM700-LXII Active PFC</t>
         </is>
       </c>
       <c r="C1280" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="0">
         <v>12385</v>
       </c>
       <c r="B1281" s="0" t="inlineStr">
         <is>
           <t>Блок питания Zalman ZM800-EBTII</t>
         </is>
       </c>
       <c r="C1281" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 сум</t>
+          <t>1 725 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="0">
         <v>12386</v>
       </c>
       <c r="B1282" s="0" t="inlineStr">
         <is>
           <t>Видеоглазок Xiaomi Smart Loock Caty</t>
         </is>
       </c>
       <c r="C1282" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="0">
         <v>12387</v>
       </c>
       <c r="B1283" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX AF1030-2048D5L4 GT1030 2GB 64BIT DDR5</t>
         </is>
       </c>
       <c r="C1283" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="0">
         <v>12388</v>
       </c>
       <c r="B1284" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX AF1030-4096D4H5 GT1030 4GB 64BIT DDR4</t>
         </is>
       </c>
       <c r="C1284" s="0" t="inlineStr">
         <is>
-          <t>1 400 000 сум</t>
+          <t>1 400 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="0">
         <v>12389</v>
       </c>
       <c r="B1285" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX GT610 1GB 64bit DDR3 HDMI VGA</t>
         </is>
       </c>
       <c r="C1285" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="0">
         <v>12390</v>
       </c>
       <c r="B1286" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX GT610 2GB 64bit DDR3 HDMI VGA</t>
         </is>
       </c>
       <c r="C1286" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="0">
         <v>12391</v>
       </c>
       <c r="B1287" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX GT730 4GB 128BIT DDR5 BOX</t>
         </is>
       </c>
       <c r="C1287" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="0">
         <v>12392</v>
       </c>
       <c r="B1288" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX GT730 L8 4GB 128BIT DDR3 BOX</t>
         </is>
       </c>
       <c r="C1288" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 сум</t>
+          <t>1 085 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="0">
         <v>12393</v>
       </c>
       <c r="B1289" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Afox R5 220 1GB DDR3 64bit DVI-HDMI-VGA</t>
         </is>
       </c>
       <c r="C1289" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="0">
         <v>12394</v>
       </c>
       <c r="B1290" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Afox R5 220 2GB DDR3 64bit DVI-HDMI-VGA</t>
         </is>
       </c>
       <c r="C1290" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="0">
         <v>12395</v>
       </c>
       <c r="B1291" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Gigabyte RTX 3060 Eagle 12GB 192bit DDR6</t>
         </is>
       </c>
       <c r="C1291" s="0" t="inlineStr">
         <is>
-          <t>9 223 000 сум</t>
+          <t>9 223 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="0">
         <v>12396</v>
       </c>
       <c r="B1292" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Gigabyte RTX 3060 Vision OC 12GB 192bit DDR6</t>
         </is>
       </c>
       <c r="C1292" s="0" t="inlineStr">
         <is>
-          <t>10 850 000 сум</t>
+          <t>10 850 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="0">
         <v>12397</v>
       </c>
       <c r="B1293" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GT1030 2GB DDR4 ITX OC</t>
         </is>
       </c>
       <c r="C1293" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="0">
         <v>12398</v>
       </c>
       <c r="B1294" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GT710 1GB DDR3 64bit Low Profile Silent</t>
         </is>
       </c>
       <c r="C1294" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="0">
         <v>12399</v>
       </c>
       <c r="B1295" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GT730 2GB DDR3 64bit Low Profile Silent</t>
         </is>
       </c>
       <c r="C1295" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="0">
         <v>12400</v>
       </c>
       <c r="B1296" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI RTX2060 6GB Ventus GP OC 192bit DDR6</t>
         </is>
       </c>
       <c r="C1296" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 сум</t>
+          <t>7 595 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="0">
         <v>12401</v>
       </c>
       <c r="B1297" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GTX 1660 6GB Super 192bit DDR6</t>
         </is>
       </c>
       <c r="C1297" s="0" t="inlineStr">
         <is>
-          <t>7 487 000 сум</t>
+          <t>7 487 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="0">
         <v>12402</v>
       </c>
       <c r="B1298" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ZOTAC GeForce GT 730 2GB</t>
         </is>
       </c>
       <c r="C1298" s="0" t="inlineStr">
         <is>
-          <t>684 000 сум</t>
+          <t>684 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="0">
         <v>12403</v>
       </c>
       <c r="B1299" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ZOTAC GeForce GT 730 4GB</t>
         </is>
       </c>
       <c r="C1299" s="0" t="inlineStr">
         <is>
-          <t>868 000 сум</t>
+          <t>868 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="0">
         <v>12404</v>
       </c>
       <c r="B1300" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Zotac GeForce GTX 750Ti 2GB 128 bit DDR5</t>
         </is>
       </c>
       <c r="C1300" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="0">
         <v>12405</v>
       </c>
       <c r="B1301" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Zotac GTX 1660 6GB Super 192bit DDR6</t>
         </is>
       </c>
       <c r="C1301" s="0" t="inlineStr">
         <is>
-          <t>6 185 000 сум</t>
+          <t>6 185 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="0">
         <v>12406</v>
       </c>
       <c r="B1302" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Zotac RTX2060 6GB 192bit DDR6</t>
         </is>
       </c>
       <c r="C1302" s="0" t="inlineStr">
         <is>
-          <t>8 138 000 сум</t>
+          <t>8 138 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="0">
         <v>12407</v>
       </c>
       <c r="B1303" s="0" t="inlineStr">
         <is>
           <t>Датчик температуры и влажности Xiaomi Mi Temperature and Humidity 2</t>
         </is>
       </c>
       <c r="C1303" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="0">
         <v>12408</v>
       </c>
       <c r="B1304" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Xtrfy Bungee B4 Blue</t>
         </is>
       </c>
       <c r="C1304" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="0">
         <v>12409</v>
       </c>
       <c r="B1305" s="0" t="inlineStr">
         <is>
           <t>Держатель провода мыши Xtrfy Bungee B4 White</t>
         </is>
       </c>
       <c r="C1305" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="0">
         <v>12410</v>
       </c>
       <c r="B1306" s="0" t="inlineStr">
         <is>
           <t>Зарядка для Xiaomi Mi Band 2</t>
         </is>
       </c>
       <c r="C1306" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="0">
         <v>12411</v>
       </c>
       <c r="B1307" s="0" t="inlineStr">
         <is>
           <t>Зарядка для Xiaomi Mi Band 3</t>
         </is>
       </c>
       <c r="C1307" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="0">
         <v>12412</v>
       </c>
       <c r="B1308" s="0" t="inlineStr">
         <is>
           <t>Зарядное устройство Tp-Link UP525 5 портов 25 Вт</t>
         </is>
       </c>
       <c r="C1308" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="0">
         <v>12413</v>
       </c>
       <c r="B1309" s="0" t="inlineStr">
         <is>
           <t>Игровой компьютер в полном комплекте</t>
         </is>
       </c>
       <c r="C1309" s="0" t="inlineStr">
         <is>
-          <t>10 850 000 сум</t>
+          <t>10 850 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="0">
         <v>12414</v>
       </c>
       <c r="B1310" s="0" t="inlineStr">
         <is>
           <t>Игровой набор 1stPlayer DK 9.0 4в1 (Клавиатура, мышь, наушники, коврик)</t>
         </is>
       </c>
       <c r="C1310" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="0">
         <v>12415</v>
       </c>
       <c r="B1311" s="0" t="inlineStr">
         <is>
           <t>Игровой системный блок AR7G</t>
         </is>
       </c>
       <c r="C1311" s="0" t="inlineStr">
         <is>
-          <t>23 870 000 сум</t>
+          <t>23 870 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="0">
         <v>12416</v>
       </c>
       <c r="B1312" s="0" t="inlineStr">
         <is>
           <t>Игровой системный блок R3-A</t>
         </is>
       </c>
       <c r="C1312" s="0" t="inlineStr">
         <is>
-          <t>14 105 000 сум</t>
+          <t>14 105 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="0">
         <v>12417</v>
       </c>
       <c r="B1313" s="0" t="inlineStr">
         <is>
           <t>Игровой системный блок X5</t>
         </is>
       </c>
       <c r="C1313" s="0" t="inlineStr">
         <is>
-          <t>14 756 000 сум</t>
+          <t>14 756 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="0">
         <v>12418</v>
       </c>
       <c r="B1314" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS FSP Champ 1000VA, RT IEC (CH-1101RS)</t>
         </is>
       </c>
       <c r="C1314" s="0" t="inlineStr">
         <is>
-          <t>3 787 000 сум</t>
+          <t>3 787 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="0">
         <v>12419</v>
       </c>
       <c r="B1315" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS FSP Champ 1000VA, Schuko (CH-1101TS)</t>
         </is>
       </c>
       <c r="C1315" s="0" t="inlineStr">
         <is>
-          <t>2 702 000 сум</t>
+          <t>2 702 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="0">
         <v>12420</v>
       </c>
       <c r="B1316" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS FSP Champ 2000VA, Schuko (CH-1102TS)</t>
         </is>
       </c>
       <c r="C1316" s="0" t="inlineStr">
         <is>
-          <t>4 763 000 сум</t>
+          <t>4 763 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="0">
         <v>12421</v>
       </c>
       <c r="B1317" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS FSP Champ 3000VA, Schuko (CH-1103TS)</t>
         </is>
       </c>
       <c r="C1317" s="0" t="inlineStr">
         <is>
-          <t>6 499 000 сум</t>
+          <t>6 499 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="0">
         <v>12422</v>
       </c>
       <c r="B1318" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP2120 1200VA 2x12V/8Ah (720W)</t>
         </is>
       </c>
       <c r="C1318" s="0" t="inlineStr">
         <is>
-          <t>781 000 сум</t>
+          <t>781 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="0">
         <v>12423</v>
       </c>
       <c r="B1319" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP2150 1500VA 2x12V/8Ah (900W)</t>
         </is>
       </c>
       <c r="C1319" s="0" t="inlineStr">
         <is>
-          <t>890 000 сум</t>
+          <t>890 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="0">
         <v>12424</v>
       </c>
       <c r="B1320" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP2200 2000VA 2x12V/9Ah (1200W)</t>
         </is>
       </c>
       <c r="C1320" s="0" t="inlineStr">
         <is>
-          <t>1 411 000 сум</t>
+          <t>1 411 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="0">
         <v>12425</v>
       </c>
       <c r="B1321" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP260 600VA 1x12V/4,5Ah (360W)</t>
         </is>
       </c>
       <c r="C1321" s="0" t="inlineStr">
         <is>
-          <t>336 000 сум</t>
+          <t>336 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="0">
         <v>12426</v>
       </c>
       <c r="B1322" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP265 650VA 1x12V/7Ah (360W)</t>
         </is>
       </c>
       <c r="C1322" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="0">
         <v>12427</v>
       </c>
       <c r="B1323" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP285 850VA 1x12V/8Ah (480W)</t>
         </is>
       </c>
       <c r="C1323" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="0">
         <v>12428</v>
       </c>
       <c r="B1324" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP610(S) 1000VA LCD 2x12V/7Ah (800W)</t>
         </is>
       </c>
       <c r="C1324" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 сум</t>
+          <t>1 519 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="0">
         <v>12429</v>
       </c>
       <c r="B1325" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP615(S) 1500VA LCD 2x12V/9Ah (1200W)</t>
         </is>
       </c>
       <c r="C1325" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="0">
         <v>12430</v>
       </c>
       <c r="B1326" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP620(S) 2000VA LCD 3x12V/9Ah (1600W)</t>
         </is>
       </c>
       <c r="C1326" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 сум</t>
+          <t>1 899 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="0">
         <v>12431</v>
       </c>
       <c r="B1327" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP620RT(S) 2000VA LCD 3x12V/9Ah (1600W)</t>
         </is>
       </c>
       <c r="C1327" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 сум</t>
+          <t>2 170 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="0">
         <v>12432</v>
       </c>
       <c r="B1328" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP630(S) 3000VA LCD 4x12V/9Ah (2400W)</t>
         </is>
       </c>
       <c r="C1328" s="0" t="inlineStr">
         <is>
-          <t>2 875 000 сум</t>
+          <t>2 875 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="0">
         <v>12433</v>
       </c>
       <c r="B1329" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP630RT(S) 3000VA LCD 4x12V/9Ah (2400W)</t>
         </is>
       </c>
       <c r="C1329" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="0">
         <v>12434</v>
       </c>
       <c r="B1330" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP901(S) Online 1KVA 3x12V/7Ah (900W)</t>
         </is>
       </c>
       <c r="C1330" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 сум</t>
+          <t>2 550 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="0">
         <v>12435</v>
       </c>
       <c r="B1331" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP9010(S) Online 10KVA 16x12V/9Ah (10KW)</t>
         </is>
       </c>
       <c r="C1331" s="0" t="inlineStr">
         <is>
-          <t>17 360 000 сум</t>
+          <t>17 360 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="0">
         <v>12436</v>
       </c>
       <c r="B1332" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP902(S) Online 2KVA 6x12V/7Ah (1800W)</t>
         </is>
       </c>
       <c r="C1332" s="0" t="inlineStr">
         <is>
-          <t>4 449 000 сум</t>
+          <t>4 449 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="0">
         <v>12437</v>
       </c>
       <c r="B1333" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP903P(S) Online 3KVA 6x12V/9Ah (2700W)</t>
         </is>
       </c>
       <c r="C1333" s="0" t="inlineStr">
         <is>
-          <t>6 185 000 сум</t>
+          <t>6 185 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="0">
         <v>12438</v>
       </c>
       <c r="B1334" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS MYPRO MP906(S) Online 6KVA 16x12V/7Ah (6000W)</t>
         </is>
       </c>
       <c r="C1334" s="0" t="inlineStr">
         <is>
-          <t>13 563 000 сум</t>
+          <t>13 563 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="0">
         <v>12439</v>
       </c>
       <c r="B1335" s="0" t="inlineStr">
         <is>
           <t>Картридж Ricoh SP 111</t>
         </is>
       </c>
       <c r="C1335" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="0">
         <v>12440</v>
       </c>
       <c r="B1336" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-107BK</t>
         </is>
       </c>
       <c r="C1336" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="0">
         <v>12441</v>
       </c>
       <c r="B1337" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 1stPlayer DK5.0</t>
         </is>
       </c>
       <c r="C1337" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="0">
         <v>12442</v>
       </c>
       <c r="B1338" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 1stPlayer DK5.0 Lite</t>
         </is>
       </c>
       <c r="C1338" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="0">
         <v>12443</v>
       </c>
       <c r="B1339" s="0" t="inlineStr">
         <is>
           <t>Клавиатура 1stPlayer Lang MK8</t>
         </is>
       </c>
       <c r="C1339" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="0">
         <v>12444</v>
       </c>
       <c r="B1340" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK0 13</t>
         </is>
       </c>
       <c r="C1340" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="0">
         <v>12445</v>
       </c>
       <c r="B1341" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK 140</t>
         </is>
       </c>
       <c r="C1341" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="0">
         <v>12446</v>
       </c>
       <c r="B1342" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK 150</t>
         </is>
       </c>
       <c r="C1342" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="0">
         <v>12447</v>
       </c>
       <c r="B1343" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK 320</t>
         </is>
       </c>
       <c r="C1343" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="0">
         <v>12448</v>
       </c>
       <c r="B1344" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK 350</t>
         </is>
       </c>
       <c r="C1344" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="0">
         <v>12449</v>
       </c>
       <c r="B1345" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Defender GK360</t>
         </is>
       </c>
       <c r="C1345" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="0">
         <v>12450</v>
       </c>
       <c r="B1346" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo E2710</t>
         </is>
       </c>
       <c r="C1346" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="0">
         <v>12451</v>
       </c>
       <c r="B1347" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo GK500</t>
         </is>
       </c>
       <c r="C1347" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="0">
         <v>12452</v>
       </c>
       <c r="B1348" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Rapoo NK1800</t>
         </is>
       </c>
       <c r="C1348" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="0">
         <v>12453</v>
       </c>
       <c r="B1349" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Blackwidow Lite Orange Switch</t>
         </is>
       </c>
       <c r="C1349" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="0">
         <v>12454</v>
       </c>
       <c r="B1350" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Blackwidow V3 Green Switch Black</t>
         </is>
       </c>
       <c r="C1350" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 сум</t>
+          <t>1 725 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="0">
         <v>12455</v>
       </c>
       <c r="B1351" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Blackwidow V3 TKL Green Switch</t>
         </is>
       </c>
       <c r="C1351" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="0">
         <v>12456</v>
       </c>
       <c r="B1352" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Cynosa Lite Black</t>
         </is>
       </c>
       <c r="C1352" s="0" t="inlineStr">
         <is>
-          <t>477 000 сум</t>
+          <t>477 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="0">
         <v>12457</v>
       </c>
       <c r="B1353" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Cynosa V2 Black</t>
         </is>
       </c>
       <c r="C1353" s="0" t="inlineStr">
         <is>
-          <t>684 000 сум</t>
+          <t>684 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="0">
         <v>12458</v>
       </c>
       <c r="B1354" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Huntsman Mini Mercury Edition Purple Switch White</t>
         </is>
       </c>
       <c r="C1354" s="0" t="inlineStr">
         <is>
-          <t>1 313 000 сум</t>
+          <t>1 313 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="0">
         <v>12459</v>
       </c>
       <c r="B1355" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Razer Huntsman Mini Mercury Edition, Purple Switch, Black</t>
         </is>
       </c>
       <c r="C1355" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 сум</t>
+          <t>1 508 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="0">
         <v>12460</v>
       </c>
       <c r="B1356" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Aryaman</t>
         </is>
       </c>
       <c r="C1356" s="0" t="inlineStr">
         <is>
-          <t>499 000 сум</t>
+          <t>499 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="0">
         <v>12461</v>
       </c>
       <c r="B1357" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Brahma Pro</t>
         </is>
       </c>
       <c r="C1357" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="0">
         <v>12462</v>
       </c>
       <c r="B1358" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Dyaus</t>
         </is>
       </c>
       <c r="C1358" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="0">
         <v>12463</v>
       </c>
       <c r="B1359" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Redragon Surara</t>
         </is>
       </c>
       <c r="C1359" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="0">
         <v>12464</v>
       </c>
       <c r="B1360" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Trust GXT 853</t>
         </is>
       </c>
       <c r="C1360" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="0">
         <v>12465</v>
       </c>
       <c r="B1361" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M CMYK, Cherry MX Black</t>
         </is>
       </c>
       <c r="C1361" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="0">
         <v>12466</v>
       </c>
       <c r="B1362" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M CMYK, Cherry MX Blue</t>
         </is>
       </c>
       <c r="C1362" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 сум</t>
+          <t>2 159 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="0">
         <v>12467</v>
       </c>
       <c r="B1363" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M CMYK, Cherry MX Brown</t>
         </is>
       </c>
       <c r="C1363" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="0">
         <v>12468</v>
       </c>
       <c r="B1364" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M CMYK, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1364" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 сум</t>
+          <t>2 159 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="0">
         <v>12469</v>
       </c>
       <c r="B1365" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Moonlight, Cherry MX Black</t>
         </is>
       </c>
       <c r="C1365" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 сум</t>
+          <t>1 942 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="0">
         <v>12470</v>
       </c>
       <c r="B1366" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Moonlight, Cherry MX Blue</t>
         </is>
       </c>
       <c r="C1366" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="0">
         <v>12471</v>
       </c>
       <c r="B1367" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Moonlight, Cherry MX Brown</t>
         </is>
       </c>
       <c r="C1367" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 сум</t>
+          <t>1 942 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="0">
         <v>12472</v>
       </c>
       <c r="B1368" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Moonlight, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1368" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="0">
         <v>12473</v>
       </c>
       <c r="B1369" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Panda EC Daisy V2</t>
         </is>
       </c>
       <c r="C1369" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 сум</t>
+          <t>2 333 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="0">
         <v>12474</v>
       </c>
       <c r="B1370" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Panda EC Rose V2</t>
         </is>
       </c>
       <c r="C1370" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 сум</t>
+          <t>2 333 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="0">
         <v>12475</v>
       </c>
       <c r="B1371" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Panda EC Sakura V2</t>
         </is>
       </c>
       <c r="C1371" s="0" t="inlineStr">
         <is>
-          <t>2 333 000 сум</t>
+          <t>2 333 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="0">
         <v>12476</v>
       </c>
       <c r="B1372" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Summit, Cherry MX Brown</t>
         </is>
       </c>
       <c r="C1372" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="0">
         <v>12477</v>
       </c>
       <c r="B1373" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA108M Summit, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1373" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 сум</t>
+          <t>2 159 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="0">
         <v>12478</v>
       </c>
       <c r="B1374" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M CMYK, Cherry MX Black</t>
         </is>
       </c>
       <c r="C1374" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 сум</t>
+          <t>1 942 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="0">
         <v>12479</v>
       </c>
       <c r="B1375" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Moonlight, Cherry MX Black</t>
         </is>
       </c>
       <c r="C1375" s="0" t="inlineStr">
         <is>
-          <t>1 617 000 сум</t>
+          <t>1 617 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="0">
         <v>12480</v>
       </c>
       <c r="B1376" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Moonlight, Cherry MX Blue</t>
         </is>
       </c>
       <c r="C1376" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 сум</t>
+          <t>1 725 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="0">
         <v>12481</v>
       </c>
       <c r="B1377" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Moonlight, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1377" s="0" t="inlineStr">
         <is>
-          <t>1 725 000 сум</t>
+          <t>1 725 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="0">
         <v>12482</v>
       </c>
       <c r="B1378" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda Cherry MX Silent Red</t>
         </is>
       </c>
       <c r="C1378" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 сум</t>
+          <t>2 224 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="0">
         <v>12483</v>
       </c>
       <c r="B1379" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda Cherry MX Speed Silver</t>
         </is>
       </c>
       <c r="C1379" s="0" t="inlineStr">
         <is>
-          <t>1 834 000 сум</t>
+          <t>1 834 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="0">
         <v>12484</v>
       </c>
       <c r="B1380" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda EC Daisy V2</t>
         </is>
       </c>
       <c r="C1380" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="0">
         <v>12485</v>
       </c>
       <c r="B1381" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda EC Rose V2</t>
         </is>
       </c>
       <c r="C1381" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="0">
         <v>12486</v>
       </c>
       <c r="B1382" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Panda EC Sakura V2</t>
         </is>
       </c>
       <c r="C1382" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="0">
         <v>12487</v>
       </c>
       <c r="B1383" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Sakura Cherry MX Speed Silver</t>
         </is>
       </c>
       <c r="C1383" s="0" t="inlineStr">
         <is>
-          <t>1 834 000 сум</t>
+          <t>1 834 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="0">
         <v>12488</v>
       </c>
       <c r="B1384" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Summit, Cherry MX Brown</t>
         </is>
       </c>
       <c r="C1384" s="0" t="inlineStr">
         <is>
-          <t>1 834 000 сум</t>
+          <t>1 834 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="0">
         <v>12489</v>
       </c>
       <c r="B1385" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Varmilo VA87M Summit, Cherry MX Red</t>
         </is>
       </c>
       <c r="C1385" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 сум</t>
+          <t>1 942 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="0">
         <v>12490</v>
       </c>
       <c r="B1386" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь 1stPlayer DK 8.0</t>
         </is>
       </c>
       <c r="C1386" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="0">
         <v>12491</v>
       </c>
       <c r="B1387" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь 1stPlayer Fire Dancing K8</t>
         </is>
       </c>
       <c r="C1387" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="0">
         <v>12492</v>
       </c>
       <c r="B1388" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Dell KM636 Wireless Black</t>
         </is>
       </c>
       <c r="C1388" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="0">
         <v>12493</v>
       </c>
       <c r="B1389" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Dell KM636 Wireless White</t>
         </is>
       </c>
       <c r="C1389" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="0">
         <v>12494</v>
       </c>
       <c r="B1390" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Dell KM7120W Multi-Device</t>
         </is>
       </c>
       <c r="C1390" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 сум</t>
+          <t>1 183 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="0">
         <v>12495</v>
       </c>
       <c r="B1391" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK270 Wireless</t>
         </is>
       </c>
       <c r="C1391" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="0">
         <v>12496</v>
       </c>
       <c r="B1392" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Mypro C20 Black</t>
         </is>
       </c>
       <c r="C1392" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="0">
         <v>12497</v>
       </c>
       <c r="B1393" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 8200 White</t>
         </is>
       </c>
       <c r="C1393" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="0">
         <v>12498</v>
       </c>
       <c r="B1394" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo 9000M</t>
         </is>
       </c>
       <c r="C1394" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="0">
         <v>12499</v>
       </c>
       <c r="B1395" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo V100 RGB</t>
         </is>
       </c>
       <c r="C1395" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="0">
         <v>12500</v>
       </c>
       <c r="B1396" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo X120</t>
         </is>
       </c>
       <c r="C1396" s="0" t="inlineStr">
         <is>
-          <t>119 000 сум</t>
+          <t>119 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="0">
         <v>12501</v>
       </c>
       <c r="B1397" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo X1800S</t>
         </is>
       </c>
       <c r="C1397" s="0" t="inlineStr">
         <is>
-          <t>170 000 сум</t>
+          <t>170 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="0">
         <v>12502</v>
       </c>
       <c r="B1398" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Rapoo X1960</t>
         </is>
       </c>
       <c r="C1398" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="0">
         <v>12503</v>
       </c>
       <c r="B1399" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer BH17M</t>
         </is>
       </c>
       <c r="C1399" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="0">
         <v>12504</v>
       </c>
       <c r="B1400" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer BK39 RGB</t>
         </is>
       </c>
       <c r="C1400" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="0">
         <v>12505</v>
       </c>
       <c r="B1401" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer BK39H</t>
         </is>
       </c>
       <c r="C1401" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="0">
         <v>12506</v>
       </c>
       <c r="B1402" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer BK41H</t>
         </is>
       </c>
       <c r="C1402" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="0">
         <v>12507</v>
       </c>
       <c r="B1403" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 1stPlayer MP1</t>
         </is>
       </c>
       <c r="C1403" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="0">
         <v>12508</v>
       </c>
       <c r="B1404" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control 3XL Black 2E-PG340B</t>
         </is>
       </c>
       <c r="C1404" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="0">
         <v>12509</v>
       </c>
       <c r="B1405" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control L Black 2E-PG310B</t>
         </is>
       </c>
       <c r="C1405" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="0">
         <v>12510</v>
       </c>
       <c r="B1406" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control M Black 2E-PG300B</t>
         </is>
       </c>
       <c r="C1406" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="0">
         <v>12511</v>
       </c>
       <c r="B1407" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control XL Black 2E-PG320B</t>
         </is>
       </c>
       <c r="C1407" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="0">
         <v>12512</v>
       </c>
       <c r="B1408" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Control XXL Black 2E-PG330B</t>
         </is>
       </c>
       <c r="C1408" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="0">
         <v>12513</v>
       </c>
       <c r="B1409" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Speed L Black 2E-PGSP310B</t>
         </is>
       </c>
       <c r="C1409" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="0">
         <v>12514</v>
       </c>
       <c r="B1410" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Speed M Black 2E-PGSP300B</t>
         </is>
       </c>
       <c r="C1410" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="0">
         <v>12515</v>
       </c>
       <c r="B1411" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Speed XL Black 2E-PGSP320B</t>
         </is>
       </c>
       <c r="C1411" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="0">
         <v>12516</v>
       </c>
       <c r="B1412" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши 2E Gaming Mouse Pad Speed XXL Black 2E-PGSP330B</t>
         </is>
       </c>
       <c r="C1412" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="0">
         <v>12517</v>
       </c>
       <c r="B1413" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Varmilo Forest Fairy Desk Mat XL</t>
         </is>
       </c>
       <c r="C1413" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="0">
         <v>12518</v>
       </c>
       <c r="B1414" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Varmilo Panda Desk Mat XL</t>
         </is>
       </c>
       <c r="C1414" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="0">
         <v>12519</v>
       </c>
       <c r="B1415" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Varmilo Sakura Desk Mat XL</t>
         </is>
       </c>
       <c r="C1415" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="0">
         <v>12520</v>
       </c>
       <c r="B1416" s="0" t="inlineStr">
         <is>
           <t>Коврик для мыши Varmilo Sea Melody Desk Mat XL</t>
         </is>
       </c>
       <c r="C1416" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="0">
         <v>12521</v>
       </c>
       <c r="B1417" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender Aurora S40</t>
         </is>
       </c>
       <c r="C1417" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="0">
         <v>12522</v>
       </c>
       <c r="B1418" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender G11</t>
         </is>
       </c>
       <c r="C1418" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="0">
         <v>12523</v>
       </c>
       <c r="B1419" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender S10</t>
         </is>
       </c>
       <c r="C1419" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="0">
         <v>12524</v>
       </c>
       <c r="B1420" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender S20</t>
         </is>
       </c>
       <c r="C1420" s="0" t="inlineStr">
         <is>
-          <t>250 000 сум</t>
+          <t>250 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="0">
         <v>12525</v>
       </c>
       <c r="B1421" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender SPK 190</t>
         </is>
       </c>
       <c r="C1421" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="0">
         <v>12526</v>
       </c>
       <c r="B1422" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender SPK 240</t>
         </is>
       </c>
       <c r="C1422" s="0" t="inlineStr">
         <is>
-          <t>65 000 сум</t>
+          <t>65 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="0">
         <v>12527</v>
       </c>
       <c r="B1423" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender SPK 33</t>
         </is>
       </c>
       <c r="C1423" s="0" t="inlineStr">
         <is>
-          <t>38 000 сум</t>
+          <t>38 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="0">
         <v>12528</v>
       </c>
       <c r="B1424" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender Tornado</t>
         </is>
       </c>
       <c r="C1424" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="0">
         <v>12529</v>
       </c>
       <c r="B1425" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender V11 2.1</t>
         </is>
       </c>
       <c r="C1425" s="0" t="inlineStr">
         <is>
-          <t>43 000 сум</t>
+          <t>43 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="0">
         <v>12530</v>
       </c>
       <c r="B1426" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender X181</t>
         </is>
       </c>
       <c r="C1426" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="0">
         <v>12531</v>
       </c>
       <c r="B1427" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender X361</t>
         </is>
       </c>
       <c r="C1427" s="0" t="inlineStr">
         <is>
-          <t>369 000 сум</t>
+          <t>369 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="0">
         <v>12532</v>
       </c>
       <c r="B1428" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender X420</t>
         </is>
       </c>
       <c r="C1428" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="0">
         <v>12533</v>
       </c>
       <c r="B1429" s="0" t="inlineStr">
         <is>
           <t>Колонка Defender X500</t>
         </is>
       </c>
       <c r="C1429" s="0" t="inlineStr">
         <is>
-          <t>738 000 сум</t>
+          <t>738 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="0">
         <v>12534</v>
       </c>
       <c r="B1430" s="0" t="inlineStr">
         <is>
           <t>Колонка Kisonli V410</t>
         </is>
       </c>
       <c r="C1430" s="0" t="inlineStr">
         <is>
-          <t>38 000 сум</t>
+          <t>38 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="0">
         <v>12535</v>
       </c>
       <c r="B1431" s="0" t="inlineStr">
         <is>
           <t>Колонка Redragon Anvil</t>
         </is>
       </c>
       <c r="C1431" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="0">
         <v>12536</v>
       </c>
       <c r="B1432" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Netis ST3105GS Gigabit 5-портовый 10/100/1000 Мбит/с</t>
         </is>
       </c>
       <c r="C1432" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="0">
         <v>12537</v>
       </c>
       <c r="B1433" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Netis ST3116 16-портовый 10/100 Мбит/с</t>
         </is>
       </c>
       <c r="C1433" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="0">
         <v>12538</v>
       </c>
       <c r="B1434" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Netis ST3124 24-портовый 10/100 Мбит/с</t>
         </is>
       </c>
       <c r="C1434" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="0">
         <v>12539</v>
       </c>
       <c r="B1435" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEF1016D 16-портовый 10/100 Мбит/с</t>
         </is>
       </c>
       <c r="C1435" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="0">
         <v>12540</v>
       </c>
       <c r="B1436" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer AR-7G</t>
         </is>
       </c>
       <c r="C1436" s="0" t="inlineStr">
         <is>
-          <t>673 000 сум</t>
+          <t>673 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="0">
         <v>12541</v>
       </c>
       <c r="B1437" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer B6 Black</t>
         </is>
       </c>
       <c r="C1437" s="0" t="inlineStr">
         <is>
-          <t>499 000 сум</t>
+          <t>499 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="0">
         <v>12542</v>
       </c>
       <c r="B1438" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer B6 White</t>
         </is>
       </c>
       <c r="C1438" s="0" t="inlineStr">
         <is>
-          <t>510 000 сум</t>
+          <t>510 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="0">
         <v>12543</v>
       </c>
       <c r="B1439" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer B7-A</t>
         </is>
       </c>
       <c r="C1439" s="0" t="inlineStr">
         <is>
-          <t>618 000 сум</t>
+          <t>618 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="0">
         <v>12544</v>
       </c>
       <c r="B1440" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer B7-E</t>
         </is>
       </c>
       <c r="C1440" s="0" t="inlineStr">
         <is>
-          <t>727 000 сум</t>
+          <t>727 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="0">
         <v>12545</v>
       </c>
       <c r="B1441" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer D4 Black</t>
         </is>
       </c>
       <c r="C1441" s="0" t="inlineStr">
         <is>
-          <t>445 000 сум</t>
+          <t>445 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="0">
         <v>12546</v>
       </c>
       <c r="B1442" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer D4 White</t>
         </is>
       </c>
       <c r="C1442" s="0" t="inlineStr">
         <is>
-          <t>456 000 сум</t>
+          <t>456 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="0">
         <v>12547</v>
       </c>
       <c r="B1443" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer D5 Black</t>
         </is>
       </c>
       <c r="C1443" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="0">
         <v>12548</v>
       </c>
       <c r="B1444" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer DX Gray</t>
         </is>
       </c>
       <c r="C1444" s="0" t="inlineStr">
         <is>
-          <t>911 000 сум</t>
+          <t>911 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="0">
         <v>12549</v>
       </c>
       <c r="B1445" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer F4</t>
         </is>
       </c>
       <c r="C1445" s="0" t="inlineStr">
         <is>
-          <t>369 000 сум</t>
+          <t>369 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="0">
         <v>12550</v>
       </c>
       <c r="B1446" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1STPLAYER FIREBASE X6 X6-3G6P-1G6</t>
         </is>
       </c>
       <c r="C1446" s="0" t="inlineStr">
         <is>
-          <t>553 000 сум</t>
+          <t>553 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="0">
         <v>12551</v>
       </c>
       <c r="B1447" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer FIREBASE X7-G Black</t>
         </is>
       </c>
       <c r="C1447" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="0">
         <v>12552</v>
       </c>
       <c r="B1448" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1STPLAYER FIREBASE X7-G White</t>
         </is>
       </c>
       <c r="C1448" s="0" t="inlineStr">
         <is>
-          <t>553 000 сум</t>
+          <t>553 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="0">
         <v>12553</v>
       </c>
       <c r="B1449" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer R3</t>
         </is>
       </c>
       <c r="C1449" s="0" t="inlineStr">
         <is>
-          <t>358 000 сум</t>
+          <t>358 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="0">
         <v>12554</v>
       </c>
       <c r="B1450" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer R3-A</t>
         </is>
       </c>
       <c r="C1450" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="0">
         <v>12555</v>
       </c>
       <c r="B1451" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer R5</t>
         </is>
       </c>
       <c r="C1451" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="0">
         <v>12556</v>
       </c>
       <c r="B1452" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer R6</t>
         </is>
       </c>
       <c r="C1452" s="0" t="inlineStr">
         <is>
-          <t>477 000 сум</t>
+          <t>477 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="0">
         <v>12557</v>
       </c>
       <c r="B1453" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer RB-3 Black</t>
         </is>
       </c>
       <c r="C1453" s="0" t="inlineStr">
         <is>
-          <t>401 000 сум</t>
+          <t>401 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="0">
         <v>12558</v>
       </c>
       <c r="B1454" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer RB-3 White</t>
         </is>
       </c>
       <c r="C1454" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="0">
         <v>12559</v>
       </c>
       <c r="B1455" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer SP8 Black</t>
         </is>
       </c>
       <c r="C1455" s="0" t="inlineStr">
         <is>
-          <t>1 324 000 сум</t>
+          <t>1 324 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="0">
         <v>12560</v>
       </c>
       <c r="B1456" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer SP8 White</t>
         </is>
       </c>
       <c r="C1456" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="0">
         <v>12561</v>
       </c>
       <c r="B1457" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer V2-A</t>
         </is>
       </c>
       <c r="C1457" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="0">
         <v>12562</v>
       </c>
       <c r="B1458" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer V3-A</t>
         </is>
       </c>
       <c r="C1458" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="0">
         <v>12563</v>
       </c>
       <c r="B1459" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer V6</t>
         </is>
       </c>
       <c r="C1459" s="0" t="inlineStr">
         <is>
-          <t>694 000 сум</t>
+          <t>694 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="0">
         <v>12564</v>
       </c>
       <c r="B1460" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer X5</t>
         </is>
       </c>
       <c r="C1460" s="0" t="inlineStr">
         <is>
-          <t>553 000 сум</t>
+          <t>553 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="0">
         <v>12565</v>
       </c>
       <c r="B1461" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 1stPlayer X8</t>
         </is>
       </c>
       <c r="C1461" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="0">
         <v>12566</v>
       </c>
       <c r="B1462" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Ardor</t>
         </is>
       </c>
       <c r="C1462" s="0" t="inlineStr">
         <is>
-          <t>564 000 сум</t>
+          <t>564 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="0">
         <v>12567</v>
       </c>
       <c r="B1463" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Calleo</t>
         </is>
       </c>
       <c r="C1463" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="0">
         <v>12568</v>
       </c>
       <c r="B1464" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Calleo (GB700)</t>
         </is>
       </c>
       <c r="C1464" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="0">
         <v>12569</v>
       </c>
       <c r="B1465" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Condor</t>
         </is>
       </c>
       <c r="C1465" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="0">
         <v>12570</v>
       </c>
       <c r="B1466" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Contego</t>
         </is>
       </c>
       <c r="C1466" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="0">
         <v>12571</v>
       </c>
       <c r="B1467" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Defenso</t>
         </is>
       </c>
       <c r="C1467" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="0">
         <v>12572</v>
       </c>
       <c r="B1468" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Dominator</t>
         </is>
       </c>
       <c r="C1468" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="0">
         <v>12573</v>
       </c>
       <c r="B1469" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Falco</t>
         </is>
       </c>
       <c r="C1469" s="0" t="inlineStr">
         <is>
-          <t>553 000 сум</t>
+          <t>553 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="0">
         <v>12574</v>
       </c>
       <c r="B1470" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Fera</t>
         </is>
       </c>
       <c r="C1470" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="0">
         <v>12575</v>
       </c>
       <c r="B1471" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Fortis</t>
         </is>
       </c>
       <c r="C1471" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="0">
         <v>12576</v>
       </c>
       <c r="B1472" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Galaxy</t>
         </is>
       </c>
       <c r="C1472" s="0" t="inlineStr">
         <is>
-          <t>477 000 сум</t>
+          <t>477 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="0">
         <v>12577</v>
       </c>
       <c r="B1473" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Oberon</t>
         </is>
       </c>
       <c r="C1473" s="0" t="inlineStr">
         <is>
-          <t>467 000 сум</t>
+          <t>467 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="0">
         <v>12578</v>
       </c>
       <c r="B1474" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Recano</t>
         </is>
       </c>
       <c r="C1474" s="0" t="inlineStr">
         <is>
-          <t>553 000 сум</t>
+          <t>553 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="0">
         <v>12579</v>
       </c>
       <c r="B1475" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming RUNA</t>
         </is>
       </c>
       <c r="C1475" s="0" t="inlineStr">
         <is>
-          <t>391 000 сум</t>
+          <t>391 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="0">
         <v>12580</v>
       </c>
       <c r="B1476" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Spero</t>
         </is>
       </c>
       <c r="C1476" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="0">
         <v>12581</v>
       </c>
       <c r="B1477" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус 2E Gaming Virtus</t>
         </is>
       </c>
       <c r="C1477" s="0" t="inlineStr">
         <is>
-          <t>575 000 сум</t>
+          <t>575 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="0">
         <v>12582</v>
       </c>
       <c r="B1478" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AeroCool Aero 500 Window</t>
         </is>
       </c>
       <c r="C1478" s="0" t="inlineStr">
         <is>
-          <t>467 000 сум</t>
+          <t>467 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="0">
         <v>12583</v>
       </c>
       <c r="B1479" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec DF600 FLUX Gaming</t>
         </is>
       </c>
       <c r="C1479" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 сум</t>
+          <t>1 183 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="0">
         <v>12584</v>
       </c>
       <c r="B1480" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec NX600 Gaming</t>
         </is>
       </c>
       <c r="C1480" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="0">
         <v>12585</v>
       </c>
       <c r="B1481" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec NX800 Gaming</t>
         </is>
       </c>
       <c r="C1481" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 сум</t>
+          <t>1 291 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="0">
         <v>12586</v>
       </c>
       <c r="B1482" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Antec P101S</t>
         </is>
       </c>
       <c r="C1482" s="0" t="inlineStr">
         <is>
-          <t>1 400 000 сум</t>
+          <t>1 400 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="0">
         <v>12587</v>
       </c>
       <c r="B1483" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус COUGAR MX410-T</t>
         </is>
       </c>
       <c r="C1483" s="0" t="inlineStr">
         <is>
-          <t>521 000 сум</t>
+          <t>521 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="0">
         <v>12588</v>
       </c>
       <c r="B1484" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Aero Mini Eco</t>
         </is>
       </c>
       <c r="C1484" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="0">
         <v>12589</v>
       </c>
       <c r="B1485" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Brufen C3 Black</t>
         </is>
       </c>
       <c r="C1485" s="0" t="inlineStr">
         <is>
-          <t>662 000 сум</t>
+          <t>662 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="0">
         <v>12590</v>
       </c>
       <c r="B1486" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Brufen C3 White</t>
         </is>
       </c>
       <c r="C1486" s="0" t="inlineStr">
         <is>
-          <t>662 000 сум</t>
+          <t>662 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="0">
         <v>12591</v>
       </c>
       <c r="B1487" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Brufenc1</t>
         </is>
       </c>
       <c r="C1487" s="0" t="inlineStr">
         <is>
-          <t>716 000 сум</t>
+          <t>716 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="0">
         <v>12592</v>
       </c>
       <c r="B1488" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Nova N5</t>
         </is>
       </c>
       <c r="C1488" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="0">
         <v>12593</v>
       </c>
       <c r="B1489" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax White Diamond</t>
         </is>
       </c>
       <c r="C1489" s="0" t="inlineStr">
         <is>
-          <t>456 000 сум</t>
+          <t>456 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="0">
         <v>12594</v>
       </c>
       <c r="B1490" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro M5</t>
         </is>
       </c>
       <c r="C1490" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="0">
         <v>12595</v>
       </c>
       <c r="B1491" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro M7</t>
         </is>
       </c>
       <c r="C1491" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="0">
         <v>12596</v>
       </c>
       <c r="B1492" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MB2</t>
         </is>
       </c>
       <c r="C1492" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="0">
         <v>12597</v>
       </c>
       <c r="B1493" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MG4</t>
         </is>
       </c>
       <c r="C1493" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="0">
         <v>12598</v>
       </c>
       <c r="B1494" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR1</t>
         </is>
       </c>
       <c r="C1494" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="0">
         <v>12599</v>
       </c>
       <c r="B1495" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR2</t>
         </is>
       </c>
       <c r="C1495" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="0">
         <v>12600</v>
       </c>
       <c r="B1496" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR3</t>
         </is>
       </c>
       <c r="C1496" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="0">
         <v>12601</v>
       </c>
       <c r="B1497" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR4</t>
         </is>
       </c>
       <c r="C1497" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="0">
         <v>12602</v>
       </c>
       <c r="B1498" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Mypro MR6</t>
         </is>
       </c>
       <c r="C1498" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="0">
         <v>12603</v>
       </c>
       <c r="B1499" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core P3</t>
         </is>
       </c>
       <c r="C1499" s="0" t="inlineStr">
         <is>
-          <t>1 573 000 сум</t>
+          <t>1 573 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="0">
         <v>12604</v>
       </c>
       <c r="B1500" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Core P8 TG</t>
         </is>
       </c>
       <c r="C1500" s="0" t="inlineStr">
         <is>
-          <t>2 875 000 сум</t>
+          <t>2 875 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="0">
         <v>12605</v>
       </c>
       <c r="B1501" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake Level 20 RS ARGB Black</t>
         </is>
       </c>
       <c r="C1501" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="0">
         <v>12606</v>
       </c>
       <c r="B1502" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake View 51 TG ARGB Edition</t>
         </is>
       </c>
       <c r="C1502" s="0" t="inlineStr">
         <is>
-          <t>2 224 000 сум</t>
+          <t>2 224 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="0">
         <v>12607</v>
       </c>
       <c r="B1503" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Thermaltake View 51 TG Snow ARGB Edition</t>
         </is>
       </c>
       <c r="C1503" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="0">
         <v>12608</v>
       </c>
       <c r="B1504" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman N4</t>
         </is>
       </c>
       <c r="C1504" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="0">
         <v>12609</v>
       </c>
       <c r="B1505" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Zalman R2 White</t>
         </is>
       </c>
       <c r="C1505" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="0">
         <v>12610</v>
       </c>
       <c r="B1506" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ZALMAN Z3 Iceberg Black</t>
         </is>
       </c>
       <c r="C1506" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="0">
         <v>12611</v>
       </c>
       <c r="B1507" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ZALMAN Z3 Iceberg White</t>
         </is>
       </c>
       <c r="C1507" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="0">
         <v>12612</v>
       </c>
       <c r="B1508" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое 2E GC21 Black / Red</t>
         </is>
       </c>
       <c r="C1508" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="0">
         <v>12613</v>
       </c>
       <c r="B1509" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое 2E GC22 Camouflage Black</t>
         </is>
       </c>
       <c r="C1509" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="0">
         <v>12614</v>
       </c>
       <c r="B1510" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое 2E GC23 Black / Blue</t>
         </is>
       </c>
       <c r="C1510" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="0">
         <v>12615</v>
       </c>
       <c r="B1511" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое 2E GC25 Black / Red</t>
         </is>
       </c>
       <c r="C1511" s="0" t="inlineStr">
         <is>
-          <t>1 942 000 сум</t>
+          <t>1 942 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="0">
         <v>12616</v>
       </c>
       <c r="B1512" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Meetion 25</t>
         </is>
       </c>
       <c r="C1512" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="0">
         <v>12617</v>
       </c>
       <c r="B1513" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Alphaeon S3 F720 Cyan</t>
         </is>
       </c>
       <c r="C1513" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 сум</t>
+          <t>2 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="0">
         <v>12618</v>
       </c>
       <c r="B1514" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Alphaeon S3 F720 Pink</t>
         </is>
       </c>
       <c r="C1514" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 сум</t>
+          <t>2 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="0">
         <v>12619</v>
       </c>
       <c r="B1515" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Alphaeon S3 F720 Red</t>
         </is>
       </c>
       <c r="C1515" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 сум</t>
+          <t>2 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="0">
         <v>12620</v>
       </c>
       <c r="B1516" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Alphaeon S3 F720 Yellow</t>
         </is>
       </c>
       <c r="C1516" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 сум</t>
+          <t>2 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="0">
         <v>12621</v>
       </c>
       <c r="B1517" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Balance F710 Black</t>
         </is>
       </c>
       <c r="C1517" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="0">
         <v>12622</v>
       </c>
       <c r="B1518" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Balance F710 Red</t>
         </is>
       </c>
       <c r="C1518" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="0">
         <v>12623</v>
       </c>
       <c r="B1519" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Balance F710 White</t>
         </is>
       </c>
       <c r="C1519" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="0">
         <v>12624</v>
       </c>
       <c r="B1520" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Evolution F730 Black</t>
         </is>
       </c>
       <c r="C1520" s="0" t="inlineStr">
         <is>
-          <t>3 038 000 сум</t>
+          <t>3 038 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="0">
         <v>12625</v>
       </c>
       <c r="B1521" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Speed F700 Black</t>
         </is>
       </c>
       <c r="C1521" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="0">
         <v>12626</v>
       </c>
       <c r="B1522" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Speed F700 Red</t>
         </is>
       </c>
       <c r="C1522" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="0">
         <v>12627</v>
       </c>
       <c r="B1523" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone Speed F700 White</t>
         </is>
       </c>
       <c r="C1523" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="0">
         <v>12628</v>
       </c>
       <c r="B1524" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Tesoro Zone X F750 Black</t>
         </is>
       </c>
       <c r="C1524" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 сум</t>
+          <t>3 364 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="0">
         <v>12629</v>
       </c>
       <c r="B1525" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Trust GXT 707G</t>
         </is>
       </c>
       <c r="C1525" s="0" t="inlineStr">
         <is>
-          <t>3 570 000 сум</t>
+          <t>3 570 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="0">
         <v>12630</v>
       </c>
       <c r="B1526" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Antec A30 Blue</t>
         </is>
       </c>
       <c r="C1526" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="0">
         <v>12631</v>
       </c>
       <c r="B1527" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Antec Kuhler H2O K240 RGB</t>
         </is>
       </c>
       <c r="C1527" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="0">
         <v>12632</v>
       </c>
       <c r="B1528" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Antec Neptune 240 ARGB</t>
         </is>
       </c>
       <c r="C1528" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 сум</t>
+          <t>1 291 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="0">
         <v>12633</v>
       </c>
       <c r="B1529" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора DeepCool 11508</t>
         </is>
       </c>
       <c r="C1529" s="0" t="inlineStr">
         <is>
-          <t>38 000 сум</t>
+          <t>38 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="0">
         <v>12634</v>
       </c>
       <c r="B1530" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Zalman CNPS4X</t>
         </is>
       </c>
       <c r="C1530" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="0">
         <v>12635</v>
       </c>
       <c r="B1531" s="0" t="inlineStr">
         <is>
           <t>Кулер для смартфона H15 беспроводной</t>
         </is>
       </c>
       <c r="C1531" s="0" t="inlineStr">
         <is>
-          <t>76 000 сум</t>
+          <t>76 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="0">
         <v>12636</v>
       </c>
       <c r="B1532" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock B550 Phantom Gaming 4 Wi Fi</t>
         </is>
       </c>
       <c r="C1532" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="0">
         <v>12637</v>
       </c>
       <c r="B1533" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asus Prime B460M-K</t>
         </is>
       </c>
       <c r="C1533" s="0" t="inlineStr">
         <is>
-          <t>1 400 000 сум</t>
+          <t>1 400 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="0">
         <v>12638</v>
       </c>
       <c r="B1534" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asus Prime Z590-P</t>
         </is>
       </c>
       <c r="C1534" s="0" t="inlineStr">
         <is>
-          <t>2 702 000 сум</t>
+          <t>2 702 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="0">
         <v>12639</v>
       </c>
       <c r="B1535" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asus ROG Strix Z490-G Gaming</t>
         </is>
       </c>
       <c r="C1535" s="0" t="inlineStr">
         <is>
-          <t>3 461 000 сум</t>
+          <t>3 461 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="0">
         <v>12640</v>
       </c>
       <c r="B1536" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Gigabyte B560M Aorus Elite</t>
         </is>
       </c>
       <c r="C1536" s="0" t="inlineStr">
         <is>
-          <t>1 736 000 сум</t>
+          <t>1 736 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="0">
         <v>12641</v>
       </c>
       <c r="B1537" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Gigabyte Z590 Aorus Elite</t>
         </is>
       </c>
       <c r="C1537" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="0">
         <v>12642</v>
       </c>
       <c r="B1538" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 GAMING PLUS MAX</t>
         </is>
       </c>
       <c r="C1538" s="0" t="inlineStr">
         <is>
-          <t>1 150 000 сум</t>
+          <t>1 150 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="0">
         <v>12643</v>
       </c>
       <c r="B1539" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450M PRO M2 MAX</t>
         </is>
       </c>
       <c r="C1539" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="0">
         <v>12644</v>
       </c>
       <c r="B1540" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450M PRO VDH MAX</t>
         </is>
       </c>
       <c r="C1540" s="0" t="inlineStr">
         <is>
-          <t>1 031 000 сум</t>
+          <t>1 031 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="0">
         <v>12645</v>
       </c>
       <c r="B1541" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B550M PRO VDH</t>
         </is>
       </c>
       <c r="C1541" s="0" t="inlineStr">
         <is>
-          <t>1 291 000 сум</t>
+          <t>1 291 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="0">
         <v>12646</v>
       </c>
       <c r="B1542" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B550M PRO VDH Wi Fi</t>
         </is>
       </c>
       <c r="C1542" s="0" t="inlineStr">
         <is>
-          <t>1 508 000 сум</t>
+          <t>1 508 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="0">
         <v>12647</v>
       </c>
       <c r="B1543" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B550M-A PRO</t>
         </is>
       </c>
       <c r="C1543" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 сум</t>
+          <t>1 183 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="0">
         <v>12648</v>
       </c>
       <c r="B1544" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI Z390-A Pro</t>
         </is>
       </c>
       <c r="C1544" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 сум</t>
+          <t>1 519 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="0">
         <v>12649</v>
       </c>
       <c r="B1545" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus Rog Strix XG258Q 24.5" 240 Hz</t>
         </is>
       </c>
       <c r="C1545" s="0" t="inlineStr">
         <is>
-          <t>5 968 000 сум</t>
+          <t>5 968 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="0">
         <v>12650</v>
       </c>
       <c r="B1546" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus TUF Gaming VG279QM 27" 280Hz</t>
         </is>
       </c>
       <c r="C1546" s="0" t="inlineStr">
         <is>
-          <t>5 968 000 сум</t>
+          <t>5 968 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="0">
         <v>12651</v>
       </c>
       <c r="B1547" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus VA27EHE 27" 75Hz</t>
         </is>
       </c>
       <c r="C1547" s="0" t="inlineStr">
         <is>
-          <t>2 604 000 сум</t>
+          <t>2 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="0">
         <v>12652</v>
       </c>
       <c r="B1548" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus VP249HR 24" 75Hz</t>
         </is>
       </c>
       <c r="C1548" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="0">
         <v>12653</v>
       </c>
       <c r="B1549" s="0" t="inlineStr">
         <is>
           <t>Монитор Gigabyte G27Q 27" IPS FHD 165Hz</t>
         </is>
       </c>
       <c r="C1549" s="0" t="inlineStr">
         <is>
-          <t>4 666 000 сум</t>
+          <t>4 666 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="0">
         <v>12654</v>
       </c>
       <c r="B1550" s="0" t="inlineStr">
         <is>
           <t>Монитор Gigabyte M27F 27" IPS FHD 144Hz</t>
         </is>
       </c>
       <c r="C1550" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="0">
         <v>12655</v>
       </c>
       <c r="B1551" s="0" t="inlineStr">
         <is>
           <t>Монитор HP 24FWA IPS LED 75Hz HDMI</t>
         </is>
       </c>
       <c r="C1551" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 сум</t>
+          <t>2 550 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="0">
         <v>12656</v>
       </c>
       <c r="B1552" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 24MK600 FHD LED 23.8"</t>
         </is>
       </c>
       <c r="C1552" s="0" t="inlineStr">
         <is>
-          <t>1 682 000 сум</t>
+          <t>1 682 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="0">
         <v>12657</v>
       </c>
       <c r="B1553" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro FHD HDMI, VGA, 60Hz 18.5"</t>
         </is>
       </c>
       <c r="C1553" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 сум</t>
+          <t>1 085 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="0">
         <v>12658</v>
       </c>
       <c r="B1554" s="0" t="inlineStr">
         <is>
           <t>Монитор Mypro FHD HDMI, VGA, 60Hz 19.5"</t>
         </is>
       </c>
       <c r="C1554" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="0">
         <v>12659</v>
       </c>
       <c r="B1555" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung 34 LS34J550WQIXCI 34"</t>
         </is>
       </c>
       <c r="C1555" s="0" t="inlineStr">
         <is>
-          <t>5 208 000 сум</t>
+          <t>5 208 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="0">
         <v>12660</v>
       </c>
       <c r="B1556" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LC27G557TQWIXCI 27" 144 Hz</t>
         </is>
       </c>
       <c r="C1556" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 сум</t>
+          <t>3 526 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="0">
         <v>12661</v>
       </c>
       <c r="B1557" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LC32R502FHIXCI 32" 75 Hz</t>
         </is>
       </c>
       <c r="C1557" s="0" t="inlineStr">
         <is>
-          <t>2 984 000 сум</t>
+          <t>2 984 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="0">
         <v>12662</v>
       </c>
       <c r="B1558" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LF22T350FHIXCI 22"</t>
         </is>
       </c>
       <c r="C1558" s="0" t="inlineStr">
         <is>
-          <t>1 497 000 сум</t>
+          <t>1 497 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="0">
         <v>12663</v>
       </c>
       <c r="B1559" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LF24T450FQIXCI 24"</t>
         </is>
       </c>
       <c r="C1559" s="0" t="inlineStr">
         <is>
-          <t>1 790 000 сум</t>
+          <t>1 790 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="0">
         <v>12664</v>
       </c>
       <c r="B1560" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LS27AM500NIXCI 27" 144 Hz</t>
         </is>
       </c>
       <c r="C1560" s="0" t="inlineStr">
         <is>
-          <t>3 092 000 сум</t>
+          <t>3 092 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="0">
         <v>12665</v>
       </c>
       <c r="B1561" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung Odyssey G5 LC32G54T QWI 144 Hz VA 32"</t>
         </is>
       </c>
       <c r="C1561" s="0" t="inlineStr">
         <is>
-          <t>4 290 000 сум</t>
+          <t>4 290 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="0">
         <v>12666</v>
       </c>
       <c r="B1562" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung T35F IPS 75Hz 22”</t>
         </is>
       </c>
       <c r="C1562" s="0" t="inlineStr">
         <is>
-          <t>1 465 000 сум</t>
+          <t>1 465 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="0">
         <v>12667</v>
       </c>
       <c r="B1563" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro C24 в полном комплекте</t>
         </is>
       </c>
       <c r="C1563" s="0" t="inlineStr">
         <is>
-          <t>3 418 000 сум</t>
+          <t>3 418 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="0">
         <v>12668</v>
       </c>
       <c r="B1564" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro DF24 FHD LED 24″ Белый (H410) c Web камерой</t>
         </is>
       </c>
       <c r="C1564" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 сум</t>
+          <t>3 526 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="0">
         <v>12669</v>
       </c>
       <c r="B1565" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro T22 в полном комплекте</t>
         </is>
       </c>
       <c r="C1565" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 сум</t>
+          <t>2 713 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="0">
         <v>12670</v>
       </c>
       <c r="B1566" s="0" t="inlineStr">
         <is>
           <t>Моноблок Mypro T24 в полном комплекте</t>
         </is>
       </c>
       <c r="C1566" s="0" t="inlineStr">
         <is>
-          <t>3 364 000 сум</t>
+          <t>3 364 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="0">
         <v>12671</v>
       </c>
       <c r="B1567" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте HP 24-K0029UR  / i5-10400T / 8GB DDR4 / SSD 256 GB / DVD нет / Intel UHD Graphics 630 / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1567" s="0" t="inlineStr">
         <is>
-          <t>8 572 000 сум</t>
+          <t>8 572 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="0">
         <v>12672</v>
       </c>
       <c r="B1568" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте HP G4 200 / Intel i5-10110U / 4GB DDR4 / HDD 1 TB / DVD нет / Intel UHD Graphics 620 / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1568" s="0" t="inlineStr">
         <is>
-          <t>6 185 000 сум</t>
+          <t>6 185 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="0">
         <v>12673</v>
       </c>
       <c r="B1569" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте HP ProOne 440 G5 23.8" / i3-9100T / 4GB DDR4 / HDD 1TB / DVD нет / Intel UHD Graphics 630 / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1569" s="0" t="inlineStr">
         <is>
-          <t>5 642 000 сум</t>
+          <t>5 642 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="0">
         <v>12674</v>
       </c>
       <c r="B1570" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте HP ProOne 440 G5 23.8" / i5-9500T / 8GB DDR4 / HDD 1TB / DVD нет / Intel UHD Graphics 630 / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1570" s="0" t="inlineStr">
         <is>
-          <t>5 642 000 сум</t>
+          <t>5 642 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="0">
         <v>12675</v>
       </c>
       <c r="B1571" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentrу 3 / i5-10400T / 8GB DDR4 / HDD 1TB / LED 23.8" / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1571" s="0" t="inlineStr">
         <is>
-          <t>8 572 000 сум</t>
+          <t>8 572 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="0">
         <v>12676</v>
       </c>
       <c r="B1572" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Mypro C24 / Intel Core i3 / 8GB DDR3 / SSD 256 GB / DVD нет / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1572" s="0" t="inlineStr">
         <is>
-          <t>7 100 000 сум</t>
+          <t>7 100 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="0">
         <v>12677</v>
       </c>
       <c r="B1573" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Mypro DF24 / G6405 / 4GB DDR4 / SSD  120 GB / DVD нет / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1573" s="0" t="inlineStr">
         <is>
-          <t>6 500 000 сум</t>
+          <t>6 500 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="0">
         <v>12678</v>
       </c>
       <c r="B1574" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Mypro F24 / i3-10100 / 8GB DDR4 / SSD 256 GB / DVD нет / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1574" s="0" t="inlineStr">
         <is>
-          <t>7 400 000 сум</t>
+          <t>7 400 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="0">
         <v>12679</v>
       </c>
       <c r="B1575" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentre / i5-9400T / 8GB DDR4 / HDD 1TB / LED 24" / AMD Radeon R530 2Gb / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1575" s="0" t="inlineStr">
         <is>
-          <t>7 975 000 сум</t>
+          <t>7 975 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="0">
         <v>12680</v>
       </c>
       <c r="B1576" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentre / i5-9400T / 8GB DDR4 / SSD 256GB / LED 27" QHD / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1576" s="0" t="inlineStr">
         <is>
-          <t>11 067 000 сум</t>
+          <t>11 067 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="0">
         <v>12681</v>
       </c>
       <c r="B1577" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentre / i7-9700T / 8GB DDR4 / HDD 1TB / LED 24" / AMD Radeon R540X 2Gb / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1577" s="0" t="inlineStr">
         <is>
-          <t>11 610 000 сум</t>
+          <t>11 610 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="0">
         <v>12682</v>
       </c>
       <c r="B1578" s="0" t="inlineStr">
         <is>
           <t>Моноблок в полном комплекте Lenovo IdeaCentre / i5-9400T / 8GB DDR4 / HDD 1TB / LED 24" / Intel UHD Graphics / клавиатура и мышь</t>
         </is>
       </c>
       <c r="C1578" s="0" t="inlineStr">
         <is>
-          <t>7 595 000 сум</t>
+          <t>7 595 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="0">
         <v>12683</v>
       </c>
       <c r="B1579" s="0" t="inlineStr">
         <is>
           <t>Мышь 1stPlayer DK3.0</t>
         </is>
       </c>
       <c r="C1579" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="0">
         <v>12684</v>
       </c>
       <c r="B1580" s="0" t="inlineStr">
         <is>
           <t>Мышь 1stPlayer Fire Dancing FD300 Pro</t>
         </is>
       </c>
       <c r="C1580" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="0">
         <v>12685</v>
       </c>
       <c r="B1581" s="0" t="inlineStr">
         <is>
           <t>Мышь 1stPlayer Firebase M6</t>
         </is>
       </c>
       <c r="C1581" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="0">
         <v>12686</v>
       </c>
       <c r="B1582" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E Gaming HyperSpeed Lite RGB Black</t>
         </is>
       </c>
       <c r="C1582" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="0">
         <v>12687</v>
       </c>
       <c r="B1583" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E Gaming HyperSpeed Lite RGB Retro White</t>
         </is>
       </c>
       <c r="C1583" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="0">
         <v>12688</v>
       </c>
       <c r="B1584" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E Gaming HyperSpeed Pro RGB Black</t>
         </is>
       </c>
       <c r="C1584" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="0">
         <v>12689</v>
       </c>
       <c r="B1585" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E Gaming HyperSpeed Pro RGB Retro White</t>
         </is>
       </c>
       <c r="C1585" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="0">
         <v>12690</v>
       </c>
       <c r="B1586" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E MF1012</t>
         </is>
       </c>
       <c r="C1586" s="0" t="inlineStr">
         <is>
-          <t>36 000 сум</t>
+          <t>36 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="0">
         <v>12691</v>
       </c>
       <c r="B1587" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E MF104</t>
         </is>
       </c>
       <c r="C1587" s="0" t="inlineStr">
         <is>
-          <t>25 000 сум</t>
+          <t>25 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="0">
         <v>12692</v>
       </c>
       <c r="B1588" s="0" t="inlineStr">
         <is>
           <t>Мышь 2E MF216</t>
         </is>
       </c>
       <c r="C1588" s="0" t="inlineStr">
         <is>
-          <t>49 000 сум</t>
+          <t>49 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="0">
         <v>12693</v>
       </c>
       <c r="B1589" s="0" t="inlineStr">
         <is>
           <t>Мышь Asus ROG Gladius II Core</t>
         </is>
       </c>
       <c r="C1589" s="0" t="inlineStr">
         <is>
-          <t>749 000 сум</t>
+          <t>749 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="0">
         <v>12694</v>
       </c>
       <c r="B1590" s="0" t="inlineStr">
         <is>
           <t>Мышь Asus ROG Gladius II Origin</t>
         </is>
       </c>
       <c r="C1590" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="0">
         <v>12695</v>
       </c>
       <c r="B1591" s="0" t="inlineStr">
         <is>
           <t>Мышь Asus ROG Strix Evolve</t>
         </is>
       </c>
       <c r="C1591" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="0">
         <v>12696</v>
       </c>
       <c r="B1592" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender GM540L</t>
         </is>
       </c>
       <c r="C1592" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="0">
         <v>12697</v>
       </c>
       <c r="B1593" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender MB-230</t>
         </is>
       </c>
       <c r="C1593" s="0" t="inlineStr">
         <is>
-          <t>48 000 сум</t>
+          <t>48 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="0">
         <v>12698</v>
       </c>
       <c r="B1594" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender MB280</t>
         </is>
       </c>
       <c r="C1594" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="0">
         <v>12699</v>
       </c>
       <c r="B1595" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender MB-470</t>
         </is>
       </c>
       <c r="C1595" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="0">
         <v>12700</v>
       </c>
       <c r="B1596" s="0" t="inlineStr">
         <is>
           <t>Мышь Defender MM340</t>
         </is>
       </c>
       <c r="C1596" s="0" t="inlineStr">
         <is>
-          <t>33 000 сум</t>
+          <t>33 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="0">
         <v>12701</v>
       </c>
       <c r="B1597" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell MS116 Black</t>
         </is>
       </c>
       <c r="C1597" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="0">
         <v>12702</v>
       </c>
       <c r="B1598" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell MS3320W Wireless Mouse Black</t>
         </is>
       </c>
       <c r="C1598" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="0">
         <v>12703</v>
       </c>
       <c r="B1599" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell MS3320W Wireless Mouse Titan Gray</t>
         </is>
       </c>
       <c r="C1599" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="0">
         <v>12704</v>
       </c>
       <c r="B1600" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell MS5320W Multi-Device Wireless Mouse Black</t>
         </is>
       </c>
       <c r="C1600" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="0">
         <v>12705</v>
       </c>
       <c r="B1601" s="0" t="inlineStr">
         <is>
           <t>Мышь Dell WM615 Bluetooth</t>
         </is>
       </c>
       <c r="C1601" s="0" t="inlineStr">
         <is>
-          <t>749 000 сум</t>
+          <t>749 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="0">
         <v>12706</v>
       </c>
       <c r="B1602" s="0" t="inlineStr">
         <is>
           <t>Мышь Dream Machines DM5 Blink Black</t>
         </is>
       </c>
       <c r="C1602" s="0" t="inlineStr">
         <is>
-          <t>456 000 сум</t>
+          <t>456 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="0">
         <v>12707</v>
       </c>
       <c r="B1603" s="0" t="inlineStr">
         <is>
           <t>Мышь Dream Machines DM6 Holey Black</t>
         </is>
       </c>
       <c r="C1603" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="0">
         <v>12708</v>
       </c>
       <c r="B1604" s="0" t="inlineStr">
         <is>
           <t>Мышь Dream Machines DM6 Holey S Black</t>
         </is>
       </c>
       <c r="C1604" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="0">
         <v>12709</v>
       </c>
       <c r="B1605" s="0" t="inlineStr">
         <is>
           <t>Мышь HyperX Pulsefire Haste</t>
         </is>
       </c>
       <c r="C1605" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="0">
         <v>12710</v>
       </c>
       <c r="B1606" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech B100</t>
         </is>
       </c>
       <c r="C1606" s="0" t="inlineStr">
         <is>
-          <t>76 000 сум</t>
+          <t>76 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="0">
         <v>12711</v>
       </c>
       <c r="B1607" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M185</t>
         </is>
       </c>
       <c r="C1607" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="0">
         <v>12712</v>
       </c>
       <c r="B1608" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M190</t>
         </is>
       </c>
       <c r="C1608" s="0" t="inlineStr">
         <is>
-          <t>119 000 сум</t>
+          <t>119 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="0">
         <v>12713</v>
       </c>
       <c r="B1609" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M220</t>
         </is>
       </c>
       <c r="C1609" s="0" t="inlineStr">
         <is>
-          <t>244 000 сум</t>
+          <t>244 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="0">
         <v>12714</v>
       </c>
       <c r="B1610" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M325</t>
         </is>
       </c>
       <c r="C1610" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="0">
         <v>12715</v>
       </c>
       <c r="B1611" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M330</t>
         </is>
       </c>
       <c r="C1611" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="0">
         <v>12716</v>
       </c>
       <c r="B1612" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M557</t>
         </is>
       </c>
       <c r="C1612" s="0" t="inlineStr">
         <is>
-          <t>326 000 сум</t>
+          <t>326 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="0">
         <v>12717</v>
       </c>
       <c r="B1613" s="0" t="inlineStr">
         <is>
           <t>Мышь Logitech M558</t>
         </is>
       </c>
       <c r="C1613" s="0" t="inlineStr">
         <is>
-          <t>336 000 сум</t>
+          <t>336 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="0">
         <v>12718</v>
       </c>
       <c r="B1614" s="0" t="inlineStr">
         <is>
           <t>Мышь Rapoo M20</t>
         </is>
       </c>
       <c r="C1614" s="0" t="inlineStr">
         <is>
-          <t>81 000 сум</t>
+          <t>81 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="0">
         <v>12719</v>
       </c>
       <c r="B1615" s="0" t="inlineStr">
         <is>
           <t>Мышь Rapoo N1200</t>
         </is>
       </c>
       <c r="C1615" s="0" t="inlineStr">
         <is>
-          <t>49 000 сум</t>
+          <t>49 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="0">
         <v>12720</v>
       </c>
       <c r="B1616" s="0" t="inlineStr">
         <is>
           <t>Мышь Rapoo N300</t>
         </is>
       </c>
       <c r="C1616" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="0">
         <v>12721</v>
       </c>
       <c r="B1617" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer Basilisk V2 Black</t>
         </is>
       </c>
       <c r="C1617" s="0" t="inlineStr">
         <is>
-          <t>911 000 сум</t>
+          <t>911 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="0">
         <v>12722</v>
       </c>
       <c r="B1618" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer DeathAdder V2</t>
         </is>
       </c>
       <c r="C1618" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="0">
         <v>12723</v>
       </c>
       <c r="B1619" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer Naga X Black</t>
         </is>
       </c>
       <c r="C1619" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="0">
         <v>12724</v>
       </c>
       <c r="B1620" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer Naga X Trinity</t>
         </is>
       </c>
       <c r="C1620" s="0" t="inlineStr">
         <is>
-          <t>1 183 000 сум</t>
+          <t>1 183 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="0">
         <v>12725</v>
       </c>
       <c r="B1621" s="0" t="inlineStr">
         <is>
           <t>Мышь Razer Viper 8KHz Black</t>
         </is>
       </c>
       <c r="C1621" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="0">
         <v>12726</v>
       </c>
       <c r="B1622" s="0" t="inlineStr">
         <is>
           <t>Мышь Trust MaxTrack Wireless</t>
         </is>
       </c>
       <c r="C1622" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="0">
         <v>12727</v>
       </c>
       <c r="B1623" s="0" t="inlineStr">
         <is>
           <t>Мышь Trust Zaya Rechargeable</t>
         </is>
       </c>
       <c r="C1623" s="0" t="inlineStr">
         <is>
-          <t>141 000 сум</t>
+          <t>141 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="0">
         <v>12728</v>
       </c>
       <c r="B1624" s="0" t="inlineStr">
         <is>
           <t>Мышь Trust Ziva Compact</t>
         </is>
       </c>
       <c r="C1624" s="0" t="inlineStr">
         <is>
-          <t>98 000 сум</t>
+          <t>98 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="0">
         <v>12729</v>
       </c>
       <c r="B1625" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M4 RGB Glossy Gray</t>
         </is>
       </c>
       <c r="C1625" s="0" t="inlineStr">
         <is>
-          <t>705 000 сум</t>
+          <t>705 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="0">
         <v>12730</v>
       </c>
       <c r="B1626" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M4 RGB Pink</t>
         </is>
       </c>
       <c r="C1626" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="0">
         <v>12731</v>
       </c>
       <c r="B1627" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M42 RGB USB Black</t>
         </is>
       </c>
       <c r="C1627" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="0">
         <v>12732</v>
       </c>
       <c r="B1628" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M42 RGB USB Miami Blue</t>
         </is>
       </c>
       <c r="C1628" s="0" t="inlineStr">
         <is>
-          <t>911 000 сум</t>
+          <t>911 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="0">
         <v>12733</v>
       </c>
       <c r="B1629" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M42 RGB USB Retro</t>
         </is>
       </c>
       <c r="C1629" s="0" t="inlineStr">
         <is>
-          <t>966 000 сум</t>
+          <t>966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="0">
         <v>12734</v>
       </c>
       <c r="B1630" s="0" t="inlineStr">
         <is>
           <t>Мышь Xtrfy M42 RGB USB White</t>
         </is>
       </c>
       <c r="C1630" s="0" t="inlineStr">
         <is>
-          <t>911 000 сум</t>
+          <t>911 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="0">
         <v>12735</v>
       </c>
       <c r="B1631" s="0" t="inlineStr">
         <is>
           <t>Мышь для смартфона G3</t>
         </is>
       </c>
       <c r="C1631" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="0">
         <v>12738</v>
       </c>
       <c r="B1632" s="0" t="inlineStr">
         <is>
           <t>Набор отверток Xiaomi Mi Ratchet Screwdriver 16 в 1</t>
         </is>
       </c>
       <c r="C1632" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="0">
         <v>12739</v>
       </c>
       <c r="B1633" s="0" t="inlineStr">
         <is>
           <t>Набор отверток Xiaomi Mi x Wiha Precision Screwdriver</t>
         </is>
       </c>
       <c r="C1633" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="0">
         <v>12740</v>
       </c>
       <c r="B1634" s="0" t="inlineStr">
         <is>
           <t>Настольная лампа Remax LED Lamp RL-E270</t>
         </is>
       </c>
       <c r="C1634" s="0" t="inlineStr">
         <is>
-          <t>239 000 сум</t>
+          <t>239 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="0">
         <v>12741</v>
       </c>
       <c r="B1635" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн Dell Dual Stand MDS19</t>
         </is>
       </c>
       <c r="C1635" s="0" t="inlineStr">
         <is>
-          <t>2 919 000 сум</t>
+          <t>2 919 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="0">
         <v>12742</v>
       </c>
       <c r="B1636" s="0" t="inlineStr">
         <is>
           <t>Настольный кронштейн Dell Single Arm Monitor MSA20</t>
         </is>
       </c>
       <c r="C1636" s="0" t="inlineStr">
         <is>
-          <t>2 159 000 сум</t>
+          <t>2 159 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="0">
         <v>12743</v>
       </c>
       <c r="B1637" s="0" t="inlineStr">
         <is>
           <t>Наушники Defender B525</t>
         </is>
       </c>
       <c r="C1637" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="0">
         <v>12744</v>
       </c>
       <c r="B1638" s="0" t="inlineStr">
         <is>
           <t>Наушники Defender B545</t>
         </is>
       </c>
       <c r="C1638" s="0" t="inlineStr">
         <is>
-          <t>184 000 сум</t>
+          <t>184 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="0">
         <v>12745</v>
       </c>
       <c r="B1639" s="0" t="inlineStr">
         <is>
           <t>Наушники Defender B552</t>
         </is>
       </c>
       <c r="C1639" s="0" t="inlineStr">
         <is>
-          <t>174 000 сум</t>
+          <t>174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="0">
         <v>12746</v>
       </c>
       <c r="B1640" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech H111</t>
         </is>
       </c>
       <c r="C1640" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="0">
         <v>12747</v>
       </c>
       <c r="B1641" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics Backbeat 500 White</t>
         </is>
       </c>
       <c r="C1641" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="0">
         <v>12748</v>
       </c>
       <c r="B1642" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics Backbeat 500 Black</t>
         </is>
       </c>
       <c r="C1642" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="0">
         <v>12749</v>
       </c>
       <c r="B1643" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics HW251N</t>
         </is>
       </c>
       <c r="C1643" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="0">
         <v>12750</v>
       </c>
       <c r="B1644" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics HW261N</t>
         </is>
       </c>
       <c r="C1644" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="0">
         <v>12751</v>
       </c>
       <c r="B1645" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO H100</t>
         </is>
       </c>
       <c r="C1645" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="0">
         <v>12752</v>
       </c>
       <c r="B1646" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO H120</t>
         </is>
       </c>
       <c r="C1646" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="0">
         <v>12753</v>
       </c>
       <c r="B1647" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH310</t>
         </is>
       </c>
       <c r="C1647" s="0" t="inlineStr">
         <is>
-          <t>250 000 сум</t>
+          <t>250 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="0">
         <v>12754</v>
       </c>
       <c r="B1648" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH510</t>
         </is>
       </c>
       <c r="C1648" s="0" t="inlineStr">
         <is>
-          <t>282 000 сум</t>
+          <t>282 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="0">
         <v>12755</v>
       </c>
       <c r="B1649" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH600</t>
         </is>
       </c>
       <c r="C1649" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="0">
         <v>12756</v>
       </c>
       <c r="B1650" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH700</t>
         </is>
       </c>
       <c r="C1650" s="0" t="inlineStr">
         <is>
-          <t>277 000 сум</t>
+          <t>277 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="0">
         <v>12757</v>
       </c>
       <c r="B1651" s="0" t="inlineStr">
         <is>
           <t>Наушники RAPOO VH710</t>
         </is>
       </c>
       <c r="C1651" s="0" t="inlineStr">
         <is>
-          <t>336 000 сум</t>
+          <t>336 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="0">
         <v>12758</v>
       </c>
       <c r="B1652" s="0" t="inlineStr">
         <is>
           <t>Наушники Razer BlackShark V2 X</t>
         </is>
       </c>
       <c r="C1652" s="0" t="inlineStr">
         <is>
-          <t>868 000 сум</t>
+          <t>868 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="0">
         <v>12759</v>
       </c>
       <c r="B1653" s="0" t="inlineStr">
         <is>
           <t>Наушники Redragon Lamia 2</t>
         </is>
       </c>
       <c r="C1653" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="0">
         <v>12760</v>
       </c>
       <c r="B1654" s="0" t="inlineStr">
         <is>
           <t>Наушники Trust Primo</t>
         </is>
       </c>
       <c r="C1654" s="0" t="inlineStr">
         <is>
-          <t>125 000 сум</t>
+          <t>125 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="0">
         <v>12761</v>
       </c>
       <c r="B1655" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Celeron 3060/ DDR3 4 GB/ 500GB HDD /15.6″ HD LED/DVD</t>
         </is>
       </c>
       <c r="C1655" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 сум</t>
+          <t>3 798 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="0">
         <v>12762</v>
       </c>
       <c r="B1656" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer i5-1035G1 / 8GB DDR4 / HDD 1TB / DVD ROW нет / 15.6 HD LED / NVIDIA GeForce MX330 2GB</t>
         </is>
       </c>
       <c r="C1656" s="0" t="inlineStr">
         <is>
-          <t>6 944 000 сум</t>
+          <t>6 944 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="0">
         <v>12763</v>
       </c>
       <c r="B1657" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Latitude 3510 i5-10210U / DDR4 8GB / HDD 1000GB / 15.6" IPS / Intel UHD Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1657" s="0" t="inlineStr">
         <is>
-          <t>9 212 000 сум</t>
+          <t>9 212 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="0">
         <v>12764</v>
       </c>
       <c r="B1658" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Latitude 3510 i5-10210U / DDR4 8GB / SSD 256GB / 15.6" IPS / Intel UHD Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1658" s="0" t="inlineStr">
         <is>
-          <t>9 646 000 сум</t>
+          <t>9 646 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="0">
         <v>12765</v>
       </c>
       <c r="B1659" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Latitude 3510 i5-10310U / DDR4 8GB / SSD 512GB / 15.6" IPS / Intel UHD Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1659" s="0" t="inlineStr">
         <is>
-          <t>10 839 000 сум</t>
+          <t>10 839 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="0">
         <v>12766</v>
       </c>
       <c r="B1660" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Latitude 3510 i7-10510U / DDR4 8GB / SSD 256GB / 15.6" IPS / Intel UHD Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1660" s="0" t="inlineStr">
         <is>
-          <t>11 924 000 сум</t>
+          <t>11 924 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="0">
         <v>12767</v>
       </c>
       <c r="B1661" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3400 i5-1135G7 / DDR4 8GB / SSD 256GB / 14" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1661" s="0" t="inlineStr">
         <is>
-          <t>7 584 000 сум</t>
+          <t>7 584 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="0">
         <v>12768</v>
       </c>
       <c r="B1662" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3400 i5-1135G7 / DDR4 8GB / SSD 256GB+1000 HDD / 14" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1662" s="0" t="inlineStr">
         <is>
-          <t>8 127 000 сум</t>
+          <t>8 127 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="0">
         <v>12769</v>
       </c>
       <c r="B1663" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3500 i5-1115G4 / DDR4 8GB / SSD 256GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1663" s="0" t="inlineStr">
         <is>
-          <t>7 367 000 сум</t>
+          <t>7 367 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="0">
         <v>12770</v>
       </c>
       <c r="B1664" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3500 i5-1135G7 / DDR4 4GB / HDD 1000GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1664" s="0" t="inlineStr">
         <is>
-          <t>6 825 000 сум</t>
+          <t>6 825 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="0">
         <v>12771</v>
       </c>
       <c r="B1665" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3500 i7-1165G7 / DDR4 16GB / SSD 512GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1665" s="0" t="inlineStr">
         <is>
-          <t>9 754 000 сум</t>
+          <t>9 754 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="0">
         <v>12772</v>
       </c>
       <c r="B1666" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 3500 i7-1165G7 / DDR4 8GB / SSD 512GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1666" s="0" t="inlineStr">
         <is>
-          <t>9 212 000 сум</t>
+          <t>9 212 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="0">
         <v>12773</v>
       </c>
       <c r="B1667" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 5402 i5-1115G4 / DDR4 8GB / SSD 256GB / 14" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1667" s="0" t="inlineStr">
         <is>
-          <t>8 018 000 сум</t>
+          <t>8 018 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="0">
         <v>12774</v>
       </c>
       <c r="B1668" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Vostro 5502 i3-1115G4/ DDR4 4GB / SSD 256GB / 15,6" IPS AG / Intel Iris Xe Graphics / DVD нет</t>
         </is>
       </c>
       <c r="C1668" s="0" t="inlineStr">
         <is>
-          <t>7 042 000 сум</t>
+          <t>7 042 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="0">
         <v>12775</v>
       </c>
       <c r="B1669" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5 10200H / DDR4 16GB / SSD 500GB / 15,6" IPS 144 Hz / GeForce GTX 1650Ti 4 GB / DVD нет</t>
         </is>
       </c>
       <c r="C1669" s="0" t="inlineStr">
         <is>
-          <t>10 622 000 сум</t>
+          <t>10 622 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="0">
         <v>12776</v>
       </c>
       <c r="B1670" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5 10200H / DDR4 8GB / SSD 500GB / 15,6" IPS AG / GeForce GTX 1650 4 GB / DVD нет</t>
         </is>
       </c>
       <c r="C1670" s="0" t="inlineStr">
         <is>
-          <t>9 754 000 сум</t>
+          <t>9 754 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="0">
         <v>12777</v>
       </c>
       <c r="B1671" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dream Machines i5-10300H / DDR4 16GB / SSD 500GB / 15,6" IPS 60 Hz/ GeForce RTX 2060 6 ГБ / DVD нет</t>
         </is>
       </c>
       <c r="C1671" s="0" t="inlineStr">
         <is>
-          <t>14 105 000 сум</t>
+          <t>14 105 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="0">
         <v>12778</v>
       </c>
       <c r="B1672" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Intel Core i3 1005G1 /4GB DDR4/HDD 1TB/DVD ROW /15.6 HD LED</t>
         </is>
       </c>
       <c r="C1672" s="0" t="inlineStr">
         <is>
-          <t>4 774 000 сум</t>
+          <t>4 774 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="0">
         <v>12779</v>
       </c>
       <c r="B1673" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Apacer Panther Rage RGB DDR4 16gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1673" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 сум</t>
+          <t>1 085 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="0">
         <v>12780</v>
       </c>
       <c r="B1674" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Corsair Vengeance RGB Pro 16 Gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1674" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="0">
         <v>12781</v>
       </c>
       <c r="B1675" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Corsair Vengeance RGB Pro 32 GB (2x16gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1675" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="0">
         <v>12782</v>
       </c>
       <c r="B1676" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston SoDDR4 16gb 2666Mhz</t>
         </is>
       </c>
       <c r="C1676" s="0" t="inlineStr">
         <is>
-          <t>749 000 сум</t>
+          <t>749 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="0">
         <v>12783</v>
       </c>
       <c r="B1677" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TwinMos SoDDR4 16GB 2400Mhz</t>
         </is>
       </c>
       <c r="C1677" s="0" t="inlineStr">
         <is>
-          <t>781 000 сум</t>
+          <t>781 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="0">
         <v>12784</v>
       </c>
       <c r="B1678" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Lexar SoDDR4 8GB 2666Mhz</t>
         </is>
       </c>
       <c r="C1678" s="0" t="inlineStr">
         <is>
-          <t>412 000 сум</t>
+          <t>412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="0">
         <v>12785</v>
       </c>
       <c r="B1679" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Dark-Z Red DDR4 64gb (2x32gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1679" s="0" t="inlineStr">
         <is>
-          <t>3 743 000 сум</t>
+          <t>3 743 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="0">
         <v>12786</v>
       </c>
       <c r="B1680" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Delta RGB DDR4 16gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1680" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="0">
         <v>12787</v>
       </c>
       <c r="B1681" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Delta TUF RGB DDR4 16gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1681" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="0">
         <v>12788</v>
       </c>
       <c r="B1682" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Delta TUF RGB DDR4 64gb (2x32gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1682" s="0" t="inlineStr">
         <is>
-          <t>3 798 000 сум</t>
+          <t>3 798 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="0">
         <v>12789</v>
       </c>
       <c r="B1683" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Extreem ARGB DDR4 16gb (2x8gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1683" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 сум</t>
+          <t>1 519 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="0">
         <v>12790</v>
       </c>
       <c r="B1684" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Vulcan DDR4 32gb (2x16gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1684" s="0" t="inlineStr">
         <is>
-          <t>1 953 000 сум</t>
+          <t>1 953 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="0">
         <v>12791</v>
       </c>
       <c r="B1685" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TwinMos SoDDR4 4GB 2666Mhz</t>
         </is>
       </c>
       <c r="C1685" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="0">
         <v>12792</v>
       </c>
       <c r="B1686" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TwinMos SoDDR4 8GB 2666Mhz</t>
         </is>
       </c>
       <c r="C1686" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="0">
         <v>12793</v>
       </c>
       <c r="B1687" s="0" t="inlineStr">
         <is>
           <t>Оптический привод Asus 24x DVD-RW SATA Внутренний BOX Original</t>
         </is>
       </c>
       <c r="C1687" s="0" t="inlineStr">
         <is>
-          <t>206 000 сум</t>
+          <t>206 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="0">
         <v>12794</v>
       </c>
       <c r="B1688" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер HP Pro G4 290</t>
         </is>
       </c>
       <c r="C1688" s="0" t="inlineStr">
         <is>
-          <t>7 378 000 сум</t>
+          <t>7 378 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="0">
         <v>12795</v>
       </c>
       <c r="B1689" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте</t>
         </is>
       </c>
       <c r="C1689" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 сум</t>
+          <t>2 713 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="0">
         <v>12796</v>
       </c>
       <c r="B1690" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 1</t>
         </is>
       </c>
       <c r="C1690" s="0" t="inlineStr">
         <is>
-          <t>2 062 000 сум</t>
+          <t>2 062 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="0">
         <v>12797</v>
       </c>
       <c r="B1691" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 2</t>
         </is>
       </c>
       <c r="C1691" s="0" t="inlineStr">
         <is>
-          <t>2 170 000 сум</t>
+          <t>2 170 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="0">
         <v>12798</v>
       </c>
       <c r="B1692" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 3</t>
         </is>
       </c>
       <c r="C1692" s="0" t="inlineStr">
         <is>
-          <t>2 821 000 сум</t>
+          <t>2 821 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="0">
         <v>12799</v>
       </c>
       <c r="B1693" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 4</t>
         </is>
       </c>
       <c r="C1693" s="0" t="inlineStr">
         <is>
-          <t>4 828 000 сум</t>
+          <t>4 828 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="0">
         <v>12800</v>
       </c>
       <c r="B1694" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 5</t>
         </is>
       </c>
       <c r="C1694" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 сум</t>
+          <t>3 526 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="0">
         <v>12801</v>
       </c>
       <c r="B1695" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 6</t>
         </is>
       </c>
       <c r="C1695" s="0" t="inlineStr">
         <is>
-          <t>3 526 000 сум</t>
+          <t>3 526 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="0">
         <v>12802</v>
       </c>
       <c r="B1696" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 7</t>
         </is>
       </c>
       <c r="C1696" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="0">
         <v>12803</v>
       </c>
       <c r="B1697" s="0" t="inlineStr">
         <is>
           <t>Персональный компьютер в полном комплекте для офиса Standart 8</t>
         </is>
       </c>
       <c r="C1697" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="0">
         <v>12804</v>
       </c>
       <c r="B1698" s="0" t="inlineStr">
         <is>
           <t>Печатающая головка HP Printhead Kit (3YP61AE)</t>
         </is>
       </c>
       <c r="C1698" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="0">
         <v>12805</v>
       </c>
       <c r="B1699" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma G2420 (3в1 цветной струйный) МФУ</t>
         </is>
       </c>
       <c r="C1699" s="0" t="inlineStr">
         <is>
-          <t>1 899 000 сум</t>
+          <t>1 899 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="0">
         <v>12806</v>
       </c>
       <c r="B1700" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Pixma G3420 (3в1 цветной струйный) МФУ</t>
         </is>
       </c>
       <c r="C1700" s="0" t="inlineStr">
         <is>
-          <t>2 007 000 сум</t>
+          <t>2 007 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="0">
         <v>12807</v>
       </c>
       <c r="B1701" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageClass MF3010</t>
         </is>
       </c>
       <c r="C1701" s="0" t="inlineStr">
         <is>
-          <t>2 354 000 сум</t>
+          <t>2 354 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="0">
         <v>12808</v>
       </c>
       <c r="B1702" s="0" t="inlineStr">
         <is>
           <t>МФУ Pantum M6500</t>
         </is>
       </c>
       <c r="C1702" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="0">
         <v>12809</v>
       </c>
       <c r="B1703" s="0" t="inlineStr">
         <is>
           <t>Принтер МФУ Pantum M6500W c Wi Fi</t>
         </is>
       </c>
       <c r="C1703" s="0" t="inlineStr">
         <is>
-          <t>2 051 000 сум</t>
+          <t>2 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="0">
         <v>12810</v>
       </c>
       <c r="B1704" s="0" t="inlineStr">
         <is>
           <t>Принтер МФУ Pantum M7100DN</t>
         </is>
       </c>
       <c r="C1704" s="0" t="inlineStr">
         <is>
-          <t>2 919 000 сум</t>
+          <t>2 919 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="0">
         <v>12811</v>
       </c>
       <c r="B1705" s="0" t="inlineStr">
         <is>
           <t>Проектор Optoma S-334</t>
         </is>
       </c>
       <c r="C1705" s="0" t="inlineStr">
         <is>
-          <t>3 147 000 сум</t>
+          <t>3 147 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="0">
         <v>12812</v>
       </c>
       <c r="B1706" s="0" t="inlineStr">
         <is>
           <t>Проектор ViewSonic PA503S</t>
         </is>
       </c>
       <c r="C1706" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="0">
         <v>12813</v>
       </c>
       <c r="B1707" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 5 3600 3,8GHz</t>
         </is>
       </c>
       <c r="C1707" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="0">
         <v>12814</v>
       </c>
       <c r="B1708" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 5 5600 3,7GHz</t>
         </is>
       </c>
       <c r="C1708" s="0" t="inlineStr">
         <is>
-          <t>4 123 000 сум</t>
+          <t>4 123 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="0">
         <v>12815</v>
       </c>
       <c r="B1709" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 7 1700 3,7GHz</t>
         </is>
       </c>
       <c r="C1709" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="0">
         <v>12816</v>
       </c>
       <c r="B1710" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 9 3900 3,8GHz</t>
         </is>
       </c>
       <c r="C1710" s="0" t="inlineStr">
         <is>
-          <t>6 185 000 сум</t>
+          <t>6 185 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="0">
         <v>12817</v>
       </c>
       <c r="B1711" s="0" t="inlineStr">
         <is>
           <t>Процессор AMD Ryzen 9 5900X 3,7GHz</t>
         </is>
       </c>
       <c r="C1711" s="0" t="inlineStr">
         <is>
-          <t>8 680 000 сум</t>
+          <t>8 680 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="0">
         <v>12818</v>
       </c>
       <c r="B1712" s="0" t="inlineStr">
         <is>
           <t>Процессор Intel Celeron G1610</t>
         </is>
       </c>
       <c r="C1712" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="0">
         <v>12819</v>
       </c>
       <c r="B1713" s="0" t="inlineStr">
         <is>
           <t>Процессор Intel Core i3-2100</t>
         </is>
       </c>
       <c r="C1713" s="0" t="inlineStr">
         <is>
-          <t>217 000 сум</t>
+          <t>217 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="0">
         <v>12820</v>
       </c>
       <c r="B1714" s="0" t="inlineStr">
         <is>
           <t>Процессор Intel Core i5-4460</t>
         </is>
       </c>
       <c r="C1714" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="0">
         <v>12821</v>
       </c>
       <c r="B1715" s="0" t="inlineStr">
         <is>
           <t>Процессор Intel Pentium G630</t>
         </is>
       </c>
       <c r="C1715" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="0">
         <v>12822</v>
       </c>
       <c r="B1716" s="0" t="inlineStr">
         <is>
           <t>Радиотелефон Panasonic KX-PRS110UAW</t>
         </is>
       </c>
       <c r="C1716" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="0">
         <v>12823</v>
       </c>
       <c r="B1717" s="0" t="inlineStr">
         <is>
           <t>Радиотелефон Panasonic KX-TG6811UAB</t>
         </is>
       </c>
       <c r="C1717" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="0">
         <v>12824</v>
       </c>
       <c r="B1718" s="0" t="inlineStr">
         <is>
           <t>Радиотелефон Panasonic KX-TG6811UAM</t>
         </is>
       </c>
       <c r="C1718" s="0" t="inlineStr">
         <is>
-          <t>391 000 сум</t>
+          <t>391 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="0">
         <v>12825</v>
       </c>
       <c r="B1719" s="0" t="inlineStr">
         <is>
           <t>Радиотелефон Panasonic KX-TG6821UAB</t>
         </is>
       </c>
       <c r="C1719" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="0">
         <v>12826</v>
       </c>
       <c r="B1720" s="0" t="inlineStr">
         <is>
           <t>Ремешок Xiaomi Mi Band 3</t>
         </is>
       </c>
       <c r="C1720" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="0">
         <v>12827</v>
       </c>
       <c r="B1721" s="0" t="inlineStr">
         <is>
           <t>Рюкзак 2E BPN9004BK 16" Black</t>
         </is>
       </c>
       <c r="C1721" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="0">
         <v>12828</v>
       </c>
       <c r="B1722" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Gaming Backpack 17" GM1720PM</t>
         </is>
       </c>
       <c r="C1722" s="0" t="inlineStr">
         <is>
-          <t>1 074 000 сум</t>
+          <t>1 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="0">
         <v>12829</v>
       </c>
       <c r="B1723" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Gaming Lite Backpack 17" GM1720PE</t>
         </is>
       </c>
       <c r="C1723" s="0" t="inlineStr">
         <is>
-          <t>521 000 сум</t>
+          <t>521 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="0">
         <v>12830</v>
       </c>
       <c r="B1724" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Pro Backpack 15"</t>
         </is>
       </c>
       <c r="C1724" s="0" t="inlineStr">
         <is>
-          <t>640 000 сум</t>
+          <t>640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="0">
         <v>12831</v>
       </c>
       <c r="B1725" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Pro Backpack 17"</t>
         </is>
       </c>
       <c r="C1725" s="0" t="inlineStr">
         <is>
-          <t>857 000 сум</t>
+          <t>857 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="0">
         <v>12832</v>
       </c>
       <c r="B1726" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Pro Hybrid Briefcase Backpack 15 PO1521HB</t>
         </is>
       </c>
       <c r="C1726" s="0" t="inlineStr">
         <is>
-          <t>922 000 сум</t>
+          <t>922 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="0">
         <v>12833</v>
       </c>
       <c r="B1727" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Dell Pro Slim Backpack 15"</t>
         </is>
       </c>
       <c r="C1727" s="0" t="inlineStr">
         <is>
-          <t>543 000 сум</t>
+          <t>543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="0">
         <v>12834</v>
       </c>
       <c r="B1728" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Xiaomi Mi Sling Backpack</t>
         </is>
       </c>
       <c r="C1728" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="0">
         <v>12835</v>
       </c>
       <c r="B1729" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS1520+</t>
         </is>
       </c>
       <c r="C1729" s="0" t="inlineStr">
         <is>
-          <t>9 754 000 сум</t>
+          <t>9 754 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="0">
         <v>12836</v>
       </c>
       <c r="B1730" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS1821+</t>
         </is>
       </c>
       <c r="C1730" s="0" t="inlineStr">
         <is>
-          <t>13 009 000 сум</t>
+          <t>13 009 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="0">
         <v>12837</v>
       </c>
       <c r="B1731" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS218</t>
         </is>
       </c>
       <c r="C1731" s="0" t="inlineStr">
         <is>
-          <t>4 329 000 сум</t>
+          <t>4 329 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="0">
         <v>12838</v>
       </c>
       <c r="B1732" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS220j</t>
         </is>
       </c>
       <c r="C1732" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 сум</t>
+          <t>2 496 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="0">
         <v>12839</v>
       </c>
       <c r="B1733" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS418</t>
         </is>
       </c>
       <c r="C1733" s="0" t="inlineStr">
         <is>
-          <t>5 414 000 сум</t>
+          <t>5 414 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="0">
         <v>12840</v>
       </c>
       <c r="B1734" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS (СХД) Synology DS920+</t>
         </is>
       </c>
       <c r="C1734" s="0" t="inlineStr">
         <is>
-          <t>7 432 000 сум</t>
+          <t>7 432 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="0">
         <v>12841</v>
       </c>
       <c r="B1735" s="0" t="inlineStr">
         <is>
           <t>Система контроля давления Xiaomi 70Mai Tire Pressure Monitor TPMS</t>
         </is>
       </c>
       <c r="C1735" s="0" t="inlineStr">
         <is>
-          <t>738 000 сум</t>
+          <t>738 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="0">
         <v>12842</v>
       </c>
       <c r="B1736" s="0" t="inlineStr">
         <is>
           <t>Сканер Canon LiDE 220</t>
         </is>
       </c>
       <c r="C1736" s="0" t="inlineStr">
         <is>
-          <t>1 248 000 сум</t>
+          <t>1 248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="0">
         <v>12843</v>
       </c>
       <c r="B1737" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN315 16″ Burgundy</t>
         </is>
       </c>
       <c r="C1737" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="0">
         <v>12844</v>
       </c>
       <c r="B1738" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN315BK 16" Black</t>
         </is>
       </c>
       <c r="C1738" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="0">
         <v>12845</v>
       </c>
       <c r="B1739" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN315GY 16" Gray</t>
         </is>
       </c>
       <c r="C1739" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="0">
         <v>12846</v>
       </c>
       <c r="B1740" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN317BK 17" Black</t>
         </is>
       </c>
       <c r="C1740" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="0">
         <v>12847</v>
       </c>
       <c r="B1741" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN415BK 15.6" Black</t>
         </is>
       </c>
       <c r="C1741" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="0">
         <v>12848</v>
       </c>
       <c r="B1742" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN516BK 16" Black</t>
         </is>
       </c>
       <c r="C1742" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="0">
         <v>12849</v>
       </c>
       <c r="B1743" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN516GR 16" Grey</t>
         </is>
       </c>
       <c r="C1743" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="0">
         <v>12850</v>
       </c>
       <c r="B1744" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBN616BK 16" Black</t>
         </is>
       </c>
       <c r="C1744" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="0">
         <v>12851</v>
       </c>
       <c r="B1745" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP68506BK 16" Strict Grey</t>
         </is>
       </c>
       <c r="C1745" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="0">
         <v>12852</v>
       </c>
       <c r="B1746" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP716BK 16" Black</t>
         </is>
       </c>
       <c r="C1746" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="0">
         <v>12853</v>
       </c>
       <c r="B1747" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP9085BK 16" Slant Black-Gray</t>
         </is>
       </c>
       <c r="C1747" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="0">
         <v>12854</v>
       </c>
       <c r="B1748" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP9175BK 16" Urban Groove Black</t>
         </is>
       </c>
       <c r="C1748" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="0">
         <v>12855</v>
       </c>
       <c r="B1749" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука 2E CBP9198BK 16" CrossSquares Black</t>
         </is>
       </c>
       <c r="C1749" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="0">
         <v>12856</v>
       </c>
       <c r="B1750" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука Dell Pro Briefcase 15 PO1520C</t>
         </is>
       </c>
       <c r="C1750" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="0">
         <v>12857</v>
       </c>
       <c r="B1751" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука Dell Pro Slim Briefcase 15 PO1520CS</t>
         </is>
       </c>
       <c r="C1751" s="0" t="inlineStr">
         <is>
-          <t>532 000 сум</t>
+          <t>532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="0">
         <v>12858</v>
       </c>
       <c r="B1752" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Adata SU650 120GB</t>
         </is>
       </c>
       <c r="C1752" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="0">
         <v>12859</v>
       </c>
       <c r="B1753" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Apacer AS340 PANTHER 220GB</t>
         </is>
       </c>
       <c r="C1753" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="0">
         <v>12860</v>
       </c>
       <c r="B1754" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Crucial BX500 480GB</t>
         </is>
       </c>
       <c r="C1754" s="0" t="inlineStr">
         <is>
-          <t>608 000 сум</t>
+          <t>608 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="0">
         <v>12861</v>
       </c>
       <c r="B1755" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision 240GB</t>
         </is>
       </c>
       <c r="C1755" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="0">
         <v>12862</v>
       </c>
       <c r="B1756" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision m.2 Nvme 128GB</t>
         </is>
       </c>
       <c r="C1756" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="0">
         <v>12863</v>
       </c>
       <c r="B1757" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston SA1000 m.2 Nvme 240GB</t>
         </is>
       </c>
       <c r="C1757" s="0" t="inlineStr">
         <is>
-          <t>445 000 сум</t>
+          <t>445 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="0">
         <v>12864</v>
       </c>
       <c r="B1758" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar 120GB</t>
         </is>
       </c>
       <c r="C1758" s="0" t="inlineStr">
         <is>
-          <t>260 000 сум</t>
+          <t>260 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="0">
         <v>12865</v>
       </c>
       <c r="B1759" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar NM100 m.2 Nvme 256GB</t>
         </is>
       </c>
       <c r="C1759" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="0">
         <v>12866</v>
       </c>
       <c r="B1760" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar NM610 m.2 Nvme 250GB</t>
         </is>
       </c>
       <c r="C1760" s="0" t="inlineStr">
         <is>
-          <t>477 000 сум</t>
+          <t>477 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="0">
         <v>12867</v>
       </c>
       <c r="B1761" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Lexar NM610 m.2 Nvme 500GB</t>
         </is>
       </c>
       <c r="C1761" s="0" t="inlineStr">
         <is>
-          <t>673 000 сум</t>
+          <t>673 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="0">
         <v>12868</v>
       </c>
       <c r="B1762" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Netac m.2 Nvme 256GB</t>
         </is>
       </c>
       <c r="C1762" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="0">
         <v>12869</v>
       </c>
       <c r="B1763" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Oscoo m.2 Nvme 128GB</t>
         </is>
       </c>
       <c r="C1763" s="0" t="inlineStr">
         <is>
-          <t>293 000 сум</t>
+          <t>293 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="0">
         <v>12870</v>
       </c>
       <c r="B1764" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Oscoo m.2 Nvme 256GB</t>
         </is>
       </c>
       <c r="C1764" s="0" t="inlineStr">
         <is>
-          <t>434 000 сум</t>
+          <t>434 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="0">
         <v>12871</v>
       </c>
       <c r="B1765" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD PNY CS900 120GB</t>
         </is>
       </c>
       <c r="C1765" s="0" t="inlineStr">
         <is>
-          <t>618 000 сум</t>
+          <t>618 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="0">
         <v>12872</v>
       </c>
       <c r="B1766" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD TwinMos 128GB</t>
         </is>
       </c>
       <c r="C1766" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="0">
         <v>12873</v>
       </c>
       <c r="B1767" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD TwinMos 256GB</t>
         </is>
       </c>
       <c r="C1767" s="0" t="inlineStr">
         <is>
-          <t>347 000 сум</t>
+          <t>347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="0">
         <v>12874</v>
       </c>
       <c r="B1768" s="0" t="inlineStr">
         <is>
           <t>Тонер HP Neverstop Laser 103A</t>
         </is>
       </c>
       <c r="C1768" s="0" t="inlineStr">
         <is>
-          <t>152 000 сум</t>
+          <t>152 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="0">
         <v>12875</v>
       </c>
       <c r="B1769" s="0" t="inlineStr">
         <is>
           <t>Тонер Pantum PC-211EV</t>
         </is>
       </c>
       <c r="C1769" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="0">
         <v>12876</v>
       </c>
       <c r="B1770" s="0" t="inlineStr">
         <is>
           <t>Умные часы Haylou Solar LS05-1 Black</t>
         </is>
       </c>
       <c r="C1770" s="0" t="inlineStr">
         <is>
-          <t>380 000 сум</t>
+          <t>380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="0">
         <v>12877</v>
       </c>
       <c r="B1771" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit GTS Black</t>
         </is>
       </c>
       <c r="C1771" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="0">
         <v>12878</v>
       </c>
       <c r="B1772" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit GTS Lava Grey</t>
         </is>
       </c>
       <c r="C1772" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="0">
         <v>12879</v>
       </c>
       <c r="B1773" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Verge White</t>
         </is>
       </c>
       <c r="C1773" s="0" t="inlineStr">
         <is>
-          <t>1 194 000 сум</t>
+          <t>1 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="0">
         <v>12880</v>
       </c>
       <c r="B1774" s="0" t="inlineStr">
         <is>
           <t>Фотобарабан HP Neverstop W1104A</t>
         </is>
       </c>
       <c r="C1774" s="0" t="inlineStr">
         <is>
-          <t>814 000 сум</t>
+          <t>814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="0">
         <v>12881</v>
       </c>
       <c r="B1775" s="0" t="inlineStr">
         <is>
           <t>Чернила HP Cyan GT52</t>
         </is>
       </c>
       <c r="C1775" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="0">
         <v>12882</v>
       </c>
       <c r="B1776" s="0" t="inlineStr">
         <is>
           <t>Чернила HP Magenta GT52</t>
         </is>
       </c>
       <c r="C1776" s="0" t="inlineStr">
         <is>
-          <t>130 000 сум</t>
+          <t>130 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="0">
         <v>12883</v>
       </c>
       <c r="B1777" s="0" t="inlineStr">
         <is>
           <t>Чернила Pantum TN-210</t>
         </is>
       </c>
       <c r="C1777" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="0">
         <v>12884</v>
       </c>
       <c r="B1778" s="0" t="inlineStr">
         <is>
           <t>Чернила Pantum TN-420X</t>
         </is>
       </c>
       <c r="C1778" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="0">
         <v>12885</v>
       </c>
       <c r="B1779" s="0" t="inlineStr">
         <is>
           <t>Электросамокат Ninebot Kickscooter Max G30P</t>
         </is>
       </c>
       <c r="C1779" s="0" t="inlineStr">
         <is>
-          <t>7 999 000 сум</t>
+          <t>7 999 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="0">
         <v>12886</v>
       </c>
       <c r="B1780" s="0" t="inlineStr">
         <is>
           <t>Кабель HDMI 5 метров</t>
         </is>
       </c>
       <c r="C1780" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="0">
         <v>12887</v>
       </c>
       <c r="B1781" s="0" t="inlineStr">
         <is>
           <t>Патч корд 3 метра</t>
         </is>
       </c>
       <c r="C1781" s="0" t="inlineStr">
         <is>
-          <t>22 000 сум</t>
+          <t>22 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="0">
         <v>12888</v>
       </c>
       <c r="B1782" s="0" t="inlineStr">
         <is>
           <t>Сетевой тестер</t>
         </is>
       </c>
       <c r="C1782" s="0" t="inlineStr">
         <is>
-          <t>87 000 сум</t>
+          <t>87 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="0">
         <v>12889</v>
       </c>
       <c r="B1783" s="0" t="inlineStr">
         <is>
           <t>Кабель SATA Питания</t>
         </is>
       </c>
       <c r="C1783" s="0" t="inlineStr">
         <is>
-          <t>5 000 сум</t>
+          <t>5 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="0">
         <v>12890</v>
       </c>
       <c r="B1784" s="0" t="inlineStr">
         <is>
           <t>Шлейф SATA</t>
         </is>
       </c>
       <c r="C1784" s="0" t="inlineStr">
         <is>
-          <t>5 000 сум</t>
+          <t>5 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="0">
         <v>12891</v>
       </c>
       <c r="B1785" s="0" t="inlineStr">
         <is>
           <t>Кабель VGA 1,5м</t>
         </is>
       </c>
       <c r="C1785" s="0" t="inlineStr">
         <is>
-          <t>27 000 сум</t>
+          <t>27 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="0">
         <v>12892</v>
       </c>
       <c r="B1786" s="0" t="inlineStr">
         <is>
           <t>Кабель VGA 3м</t>
         </is>
       </c>
       <c r="C1786" s="0" t="inlineStr">
         <is>
-          <t>38 000 сум</t>
+          <t>38 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="0">
         <v>12893</v>
       </c>
       <c r="B1787" s="0" t="inlineStr">
         <is>
           <t>Кабель VGA 5м</t>
         </is>
       </c>
       <c r="C1787" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="0">
         <v>12894</v>
       </c>
       <c r="B1788" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Air 2SE</t>
         </is>
       </c>
       <c r="C1788" s="0" t="inlineStr">
         <is>
-          <t>271 000 сум</t>
+          <t>271 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="0">
         <v>12895</v>
       </c>
       <c r="B1789" s="0" t="inlineStr">
         <is>
           <t>Веб камера AverMedia PW313</t>
         </is>
       </c>
       <c r="C1789" s="0" t="inlineStr">
         <is>
-          <t>597 000 сум</t>
+          <t>597 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="0">
         <v>12896</v>
       </c>
       <c r="B1790" s="0" t="inlineStr">
         <is>
           <t>Веб камера Hikvision DS-U12</t>
         </is>
       </c>
       <c r="C1790" s="0" t="inlineStr">
         <is>
-          <t>564 000 сум</t>
+          <t>564 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="0">
         <v>12897</v>
       </c>
       <c r="B1791" s="0" t="inlineStr">
         <is>
           <t>Веб камера Hikvision DS-U18</t>
         </is>
       </c>
       <c r="C1791" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="0">
         <v>12898</v>
       </c>
       <c r="B1792" s="0" t="inlineStr">
         <is>
           <t>Веб камера Kisonli 720 HD</t>
         </is>
       </c>
       <c r="C1792" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="0">
         <v>12899</v>
       </c>
       <c r="B1793" s="0" t="inlineStr">
         <is>
           <t>Веб камера Logitech C920</t>
         </is>
       </c>
       <c r="C1793" s="0" t="inlineStr">
         <is>
-          <t>1 085 000 сум</t>
+          <t>1 085 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="0">
         <v>12900</v>
       </c>
       <c r="B1794" s="0" t="inlineStr">
         <is>
           <t>Веб камера Logitech C922</t>
         </is>
       </c>
       <c r="C1794" s="0" t="inlineStr">
         <is>
-          <t>1 628 000 сум</t>
+          <t>1 628 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="0">
         <v>12901</v>
       </c>
       <c r="B1795" s="0" t="inlineStr">
         <is>
           <t>Веб камера Rapoo C260</t>
         </is>
       </c>
       <c r="C1795" s="0" t="inlineStr">
         <is>
-          <t>304 000 сум</t>
+          <t>304 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="0">
         <v>12905</v>
       </c>
       <c r="B1796" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ARKTEK GTX 1050 TI 4GB</t>
         </is>
       </c>
       <c r="C1796" s="0" t="inlineStr">
         <is>
-          <t>2 441 000 сум</t>
+          <t>2 441 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="0">
         <v>12906</v>
       </c>
       <c r="B1797" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GeForce GTX 1050 Ti StormX 4gb</t>
         </is>
       </c>
       <c r="C1797" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 сум</t>
+          <t>2 713 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="0">
         <v>12907</v>
       </c>
       <c r="B1798" s="0" t="inlineStr">
         <is>
           <t>Видеокарта ZOTAC GeForce GT 1030 2GB</t>
         </is>
       </c>
       <c r="C1798" s="0" t="inlineStr">
         <is>
-          <t>1 139 000 сум</t>
+          <t>1 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="0">
         <v>12908</v>
       </c>
       <c r="B1799" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Redmi Power Bank 20000mAh</t>
         </is>
       </c>
       <c r="C1799" s="0" t="inlineStr">
         <is>
-          <t>228 000 сум</t>
+          <t>228 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="0">
         <v>12909</v>
       </c>
       <c r="B1800" s="0" t="inlineStr">
         <is>
           <t>Защитная маска-респиратор Xiaomi Smartmi Light Breathing Mask</t>
         </is>
       </c>
       <c r="C1800" s="0" t="inlineStr">
         <is>
-          <t>54 000 сум</t>
+          <t>54 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="0">
         <v>12910</v>
       </c>
       <c r="B1801" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Xtrfy K4 TKL RGB Kailh Red</t>
         </is>
       </c>
       <c r="C1801" s="0" t="inlineStr">
         <is>
-          <t>1 219 000 сум</t>
+          <t>1 219 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="0">
         <v>12911</v>
       </c>
       <c r="B1802" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK120</t>
         </is>
       </c>
       <c r="C1802" s="0" t="inlineStr">
         <is>
-          <t>195 000 сум</t>
+          <t>195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="0">
         <v>12912</v>
       </c>
       <c r="B1803" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Admiral Black</t>
         </is>
       </c>
       <c r="C1803" s="0" t="inlineStr">
         <is>
-          <t>2 268 000 сум</t>
+          <t>2 268 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="0">
         <v>12913</v>
       </c>
       <c r="B1804" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Admiral Black-Blue</t>
         </is>
       </c>
       <c r="C1804" s="0" t="inlineStr">
         <is>
-          <t>2 268 000 сум</t>
+          <t>2 268 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="0">
         <v>12914</v>
       </c>
       <c r="B1805" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Admiral Black-Red</t>
         </is>
       </c>
       <c r="C1805" s="0" t="inlineStr">
         <is>
-          <t>2 268 000 сум</t>
+          <t>2 268 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="0">
         <v>12915</v>
       </c>
       <c r="B1806" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Admiral Black-White</t>
         </is>
       </c>
       <c r="C1806" s="0" t="inlineStr">
         <is>
-          <t>2 268 000 сум</t>
+          <t>2 268 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="0">
         <v>12916</v>
       </c>
       <c r="B1807" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Baron Iron Black</t>
         </is>
       </c>
       <c r="C1807" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="0">
         <v>12917</v>
       </c>
       <c r="B1808" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Baron Steel Blue</t>
         </is>
       </c>
       <c r="C1808" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="0">
         <v>12918</v>
       </c>
       <c r="B1809" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Duke Tan Grey</t>
         </is>
       </c>
       <c r="C1809" s="0" t="inlineStr">
         <is>
-          <t>2 496 000 сум</t>
+          <t>2 496 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="0">
         <v>12919</v>
       </c>
       <c r="B1810" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое AeroCool Knight Steel Blue</t>
         </is>
       </c>
       <c r="C1810" s="0" t="inlineStr">
         <is>
-          <t>2 387 000 сум</t>
+          <t>2 387 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="0">
         <v>12920</v>
       </c>
       <c r="B1811" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Kappa Black</t>
         </is>
       </c>
       <c r="C1811" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="0">
         <v>12921</v>
       </c>
       <c r="B1812" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Kappa Black-Blue</t>
         </is>
       </c>
       <c r="C1812" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="0">
         <v>12922</v>
       </c>
       <c r="B1813" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Kappa Black-Green</t>
         </is>
       </c>
       <c r="C1813" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="0">
         <v>12923</v>
       </c>
       <c r="B1814" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Kappa Black-Red</t>
         </is>
       </c>
       <c r="C1814" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="0">
         <v>12924</v>
       </c>
       <c r="B1815" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Office Black</t>
         </is>
       </c>
       <c r="C1815" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="0">
         <v>12925</v>
       </c>
       <c r="B1816" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Office Black-White</t>
         </is>
       </c>
       <c r="C1816" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="0">
         <v>12926</v>
       </c>
       <c r="B1817" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Office Brown</t>
         </is>
       </c>
       <c r="C1817" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="0">
         <v>12927</v>
       </c>
       <c r="B1818" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Racing Black</t>
         </is>
       </c>
       <c r="C1818" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="0">
         <v>12928</v>
       </c>
       <c r="B1819" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Polaris Racing Black-Green</t>
         </is>
       </c>
       <c r="C1819" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="0">
         <v>12929</v>
       </c>
       <c r="B1820" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Vega Black</t>
         </is>
       </c>
       <c r="C1820" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="0">
         <v>12930</v>
       </c>
       <c r="B1821" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Vega Black-Blue</t>
         </is>
       </c>
       <c r="C1821" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="0">
         <v>12931</v>
       </c>
       <c r="B1822" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Vega Black-Green</t>
         </is>
       </c>
       <c r="C1822" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="0">
         <v>12932</v>
       </c>
       <c r="B1823" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое Alpha Gamer Vega Black-Orange</t>
         </is>
       </c>
       <c r="C1823" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="0">
         <v>12933</v>
       </c>
       <c r="B1824" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое ThunderX3 TC3 All Black</t>
         </is>
       </c>
       <c r="C1824" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="0">
         <v>12934</v>
       </c>
       <c r="B1825" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое ThunderX3 TC3 Arctic White</t>
         </is>
       </c>
       <c r="C1825" s="0" t="inlineStr">
         <is>
-          <t>2 116 000 сум</t>
+          <t>2 116 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="0">
         <v>12935</v>
       </c>
       <c r="B1826" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое ThunderX3 TC5 Jet Black Latex</t>
         </is>
       </c>
       <c r="C1826" s="0" t="inlineStr">
         <is>
-          <t>2 550 000 сум</t>
+          <t>2 550 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="0">
         <v>12936</v>
       </c>
       <c r="B1827" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z490 GAMING X</t>
         </is>
       </c>
       <c r="C1827" s="0" t="inlineStr">
         <is>
-          <t>2 279 000 сум</t>
+          <t>2 279 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="0">
         <v>12937</v>
       </c>
       <c r="B1828" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 TOMAHAWK MAX</t>
         </is>
       </c>
       <c r="C1828" s="0" t="inlineStr">
         <is>
-          <t>1 269 000 сум</t>
+          <t>1 269 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="0">
         <v>12938</v>
       </c>
       <c r="B1829" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI H310M PRO-VDH PLUS</t>
         </is>
       </c>
       <c r="C1829" s="0" t="inlineStr">
         <is>
-          <t>629 000 сум</t>
+          <t>629 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="0">
         <v>12939</v>
       </c>
       <c r="B1830" s="0" t="inlineStr">
         <is>
           <t>Микрофон HyperX Solo Cast</t>
         </is>
       </c>
       <c r="C1830" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="0">
         <v>12940</v>
       </c>
       <c r="B1831" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung LC27T550FDI 27" Curved</t>
         </is>
       </c>
       <c r="C1831" s="0" t="inlineStr">
         <is>
-          <t>3 147 000 сум</t>
+          <t>3 147 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="0">
         <v>12941</v>
       </c>
       <c r="B1832" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Travelmate / Celeron N4120 / 4GB DDR3 / HDD 64GB + SSD 128GB / DVD ROW нет / 11.6 HD LED / Intel UHD Graphics</t>
         </is>
       </c>
       <c r="C1832" s="0" t="inlineStr">
         <is>
-          <t>3 147 000 сум</t>
+          <t>3 147 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="0">
         <v>12942</v>
       </c>
       <c r="B1833" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad 3 15IML05 Intel Core i5-10210U / 8GB DDR4 / HDD 1TB / 15.6 FHD LED / NVIDIA GeForce MX330 2GB</t>
         </is>
       </c>
       <c r="C1833" s="0" t="inlineStr">
         <is>
-          <t>6 619 000 сум</t>
+          <t>6 619 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="0">
         <v>12943</v>
       </c>
       <c r="B1834" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad 3 15IML05 Intel Core i5-10210U / 8GB DDR4 / SSD 256 GB / 15.6 FHD LED / NVIDIA GeForce MX330 2GB</t>
         </is>
       </c>
       <c r="C1834" s="0" t="inlineStr">
         <is>
-          <t>6 673 000 сум</t>
+          <t>6 673 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="0">
         <v>12944</v>
       </c>
       <c r="B1835" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad Gaming 3 15IMH05 Intel Core i5-10300H / 16GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1835" s="0" t="inlineStr">
         <is>
-          <t>9 440 000 сум</t>
+          <t>9 440 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="0">
         <v>12945</v>
       </c>
       <c r="B1836" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad Gaming 3 15IMH05 Intel Core i5-10300H / 8GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1836" s="0" t="inlineStr">
         <is>
-          <t>9 114 000 сум</t>
+          <t>9 114 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="0">
         <v>12946</v>
       </c>
       <c r="B1837" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad Gaming 3 15IMH05 Intel Core i7-10750H / 16GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1837" s="0" t="inlineStr">
         <is>
-          <t>11 230 000 сум</t>
+          <t>11 230 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="0">
         <v>12947</v>
       </c>
       <c r="B1838" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad Gaming 3 15IMH05 Intel Core i7-10750H / 8GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1838" s="0" t="inlineStr">
         <is>
-          <t>10 633 000 сум</t>
+          <t>10 633 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="0">
         <v>12948</v>
       </c>
       <c r="B1839" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo IdeaPad L3 15IML05 Intel Core i7-10510U / 8GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED / NVIDIA GeForce MX130 2GB</t>
         </is>
       </c>
       <c r="C1839" s="0" t="inlineStr">
         <is>
-          <t>8 083 000 сум</t>
+          <t>8 083 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="0">
         <v>12949</v>
       </c>
       <c r="B1840" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Legion 5 15IMH05 Intel Core i5-10300H / 16GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED 144 Hz/ NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1840" s="0" t="inlineStr">
         <is>
-          <t>10 362 000 сум</t>
+          <t>10 362 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="0">
         <v>12950</v>
       </c>
       <c r="B1841" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Legion 5 15IMH05 Intel Core i5-10300H / 8GB DDR4 / HDD 1ТБ + SSD 128GB / 15.6 FHD LED 144 Hz/ NVIDIA GeForce GTX1650Ti 4GB</t>
         </is>
       </c>
       <c r="C1841" s="0" t="inlineStr">
         <is>
-          <t>9 874 000 сум</t>
+          <t>9 874 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="0">
         <v>12951</v>
       </c>
       <c r="B1842" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Lexar DDR4 16gb 2666Mhz</t>
         </is>
       </c>
       <c r="C1842" s="0" t="inlineStr">
         <is>
-          <t>781 000 сум</t>
+          <t>781 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="0">
         <v>12952</v>
       </c>
       <c r="B1843" s="0" t="inlineStr">
         <is>
           <t>Оперативная память TeamGroup T-Force Dark-Z Red DDR4 32gb (2x16gb) 3200Mhz</t>
         </is>
       </c>
       <c r="C1843" s="0" t="inlineStr">
         <is>
-          <t>1 845 000 сум</t>
+          <t>1 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="0">
         <v>12953</v>
       </c>
       <c r="B1844" s="0" t="inlineStr">
         <is>
           <t>Переходник HDMI-DVI</t>
         </is>
       </c>
       <c r="C1844" s="0" t="inlineStr">
         <is>
-          <t>22 000 сум</t>
+          <t>22 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="0">
         <v>12954</v>
       </c>
       <c r="B1845" s="0" t="inlineStr">
         <is>
           <t>МФУ HP Smart Tank 513</t>
         </is>
       </c>
       <c r="C1845" s="0" t="inlineStr">
         <is>
-          <t>2 713 000 сум</t>
+          <t>2 713 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="0">
         <v>12955</v>
       </c>
       <c r="B1846" s="0" t="inlineStr">
         <is>
           <t>Робот пылесос Xiaomi Mijia G1</t>
         </is>
       </c>
       <c r="C1846" s="0" t="inlineStr">
         <is>
-          <t>3 255 000 сум</t>
+          <t>3 255 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="0">
         <v>12956</v>
       </c>
       <c r="B1847" s="0" t="inlineStr">
         <is>
           <t>Удлинитель кабеля питания SATA</t>
         </is>
       </c>
       <c r="C1847" s="0" t="inlineStr">
         <is>
-          <t>5 000 сум</t>
+          <t>5 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="0">
         <v>12957</v>
       </c>
       <c r="B1848" s="0" t="inlineStr">
         <is>
           <t>Электрическая отвертка Xiaomi Electric Screwdriver</t>
         </is>
       </c>
       <c r="C1848" s="0" t="inlineStr">
         <is>
-          <t>423 000 сум</t>
+          <t>423 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="0">
         <v>12958</v>
       </c>
       <c r="B1849" s="0" t="inlineStr">
         <is>
           <t>Обжим RJ45</t>
         </is>
       </c>
       <c r="C1849" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="0">
         <v>13191</v>
       </c>
       <c r="B1850" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler MasterBox 5 White</t>
         </is>
       </c>
       <c r="C1850" s="0" t="inlineStr">
         <is>
-          <t>760 000 сум</t>
+          <t>760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="0">
         <v>13228</v>
       </c>
       <c r="B1851" s="0" t="inlineStr">
         <is>
           <t>Калькулятор Xiaomi Kaco Lemo Desk Electronic</t>
         </is>
       </c>
       <c r="C1851" s="0" t="inlineStr">
         <is>
-          <t>109 000 сум</t>
+          <t>109 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="0">
         <v>14238</v>
       </c>
       <c r="B1852" s="0" t="inlineStr">
         <is>
           <t>Автомобильный прикуриватель-сплиттер Roidmi 2s Splitter 1 to 2 Charging Port</t>
         </is>
       </c>
       <c r="C1852" s="0" t="inlineStr">
         <is>
-          <t>163 000 сум</t>
+          <t>163 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="0">
         <v>14413</v>
       </c>
       <c r="B1853" s="0" t="inlineStr">
         <is>
           <t>Стержень Xiaomi Mi Rollerball Pen Refill</t>
         </is>
       </c>
       <c r="C1853" s="0" t="inlineStr">
         <is>
-          <t>43 000 сум</t>
+          <t>43 000 сўм</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>