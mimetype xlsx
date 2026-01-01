--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -85,11687 +85,11687 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>3785</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Celeron G4900 - 3.1 GHz, 2M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>3786</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G4400 - 2.9 GHz, 3M, oem, LGA1151, Skylake</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>3787</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G4560 - 3.5 GHz, 3M, oem, LGA1151, KabyLake</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>3788</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G5400 - 3.7 GHz, 4M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>3789</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G5420 - 3.8 GHz, 4M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>3790</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 7100,  3.9 GHz, 3M, oem, LGA1151, KabyLake</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>3791</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 8100,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>3792</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 9100F,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>3793</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 9100,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>3794</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 7400, 3.5 GHz, 6M, oem, LGA1151, KabyLake</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>3795</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 8400, 2.8 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>3796</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9400F, 2.9 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>3797</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9400, 2.9 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>3798</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9600K, 3.7 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>3799</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i7 - 8700,  3.2 GHz, 12M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>3802</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i7 - 9700,  3.0 GHz, 12M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>3803</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i7 - 9700К,  3.6 GHz, 12M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>3804</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i9 - 9900,  3.6 GHz, 64M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>3805</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i9 - 9900КF,  3.6 GHz, 64M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>3806</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i9 - 9900К,  3.6 GHz, 64M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>3807</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Athlon™ 200GE-3,2 GHZ, 2 core/4 threads, Radeon™ Vega 3 Graphics, AM4, (YD200GC6M20FB), oem</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>3808</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 3 1200 - 3.1 GHz, 4 core/4 Threads, 2+8Mb, 65W, no GPU, AM4 (YD1200BBM4KAE), oem</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>3810</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 7 1700 - 3.2 GHz, 8 cores/16 threads, 3+16Mb/65W, no GPU, AM4 (YD170BBM88AE), oem</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>3811</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 5 3400G - 3.7 GHz, 4 cores/8 threads, Radeon RX Vega 11, AM4 (YD3400C5M4MFH), oem</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>3813</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 5 3600X - 3.8 GHz, 6 cores/12 threads, No GPU, AM4, oem</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>3814</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 7 3700X - 3.6 GHz, 8 cores/16 threads, No GPU, AM4, oem</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>3815</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 7 3800X - 3.9 GHz, 8 cores/16 threads, No GPU, AM4, oem</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>3816</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 9 3900X - 3.8 GHz, 12 cores/24 threads, No GPU, AM4, oem</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>3817</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 2GB</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>3818</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 4GB</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>3819</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 8GB</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>3821</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR4 8GB</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>3822</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 4GB Для Ноутбука</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>3824</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR4 4GB Для Ноутбука</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>3823</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR3 8GB Для Ноутбука</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>3825</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Kingston DDR4 8GB Для Ноутбука</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0">
         <v>3827</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 16GB HyperX Fury 3200Ghz PC4-25600 (1x16GB) (HX432C16FB3A16) RGB</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0">
         <v>3826</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 16GB HyperX Fury 3200Ghz PC4-25600 (2x8GB) HX432C16FB3K2/16</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0">
         <v>3828</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 32GB HyperX Fury 3200Ghz PC4-25600 (2x16GB) (HX432C16FB3AK2/32) RGB</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0">
         <v>3829</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Оперативная память NCP 8GB DDR3 1600Mhz</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0">
         <v>3830</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Оперативная память NCP 4GB DDR4 2133Mhz</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0">
         <v>3832</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Crucial 8GB DDR4 2400Mhz SODIMM</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0">
         <v>3833</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Оперативная Память Crucial 16GB DDR4 2400Mhz  SODIMM</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0">
         <v>3834</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial 4GB DDR4 2400Mhz SODIMM</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0">
         <v>3835</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial 16GB DDR4 3000Mhz Balistic</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0">
         <v>3836</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial 8GB DDR4 3000Mhz Balistic</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0">
         <v>3837</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Принтер HP Ink Tank 115</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0">
         <v>3838</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Принтер HP Ink Tank Wireless 415</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0">
         <v>3839</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M130a</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="0">
         <v>3840</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M15a</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="0">
         <v>3841</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M15w</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="0">
         <v>3842</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M28a</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="0">
         <v>3843</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Принтер HP Neverstop Laser 1000w</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="0">
         <v>3844</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L120</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="0">
         <v>3845</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L1300</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="0">
         <v>3846</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L1800</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="0">
         <v>3847</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L3050</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="0">
         <v>3848</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L3100</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="0">
         <v>3849</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L3101</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="0">
         <v>3850</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L3150</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="0">
         <v>3851</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L805</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="0">
         <v>3852</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L850</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="0">
         <v>3853</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson M1100</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="0">
         <v>3855</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Принтер KYOCERA ECOSYS P2235dn</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="0">
         <v>3856</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Принтер KYOCERA ECOSYS M2135dn</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="0">
         <v>3857</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF112 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="0">
         <v>3858</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF113w (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="0">
         <v>3859</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF3010 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="0">
         <v>3860</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF421dw (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="0">
         <v>3862</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF631Cx (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="0">
         <v>3863</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF633Cdw (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="0">
         <v>3864</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon ImageClass MF232w</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="0">
         <v>3865</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon ImageCLASS MF249dw (принтер, сканер, копир, факс)</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="0">
         <v>3866</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon ImageRUNNER 2204N (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="0">
         <v>3867</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS LBP2900</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="0">
         <v>3869</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS MF237w</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="0">
         <v>3870</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon Image CLASS LBP6030</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="0">
         <v>3873</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G2411</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="0">
         <v>3874</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G3411</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="0">
         <v>3876</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 250 G5 (054) (1WY08EA)</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="0">
         <v>3877</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 250 G6 (2RR95ES)</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="0">
         <v>3878</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 250 G6 386</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="0">
         <v>3879</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion Gaming 17-Cd0024ur (7MX20EA)</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="0">
         <v>3880</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 330 Celeron N3350 4GB DDR4 1000GB</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="0">
         <v>3881</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer ASPIRE 3</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="0">
         <v>3882</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer ASPIRE 3 (NX.H9JEM.002)</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="0">
         <v>3883</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer ASPIRE 3 A315 (NX.H9JEM.002)</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="0">
         <v>3884</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ACER ASPIRE A315-53G-88SC (NX.H1AEM.023)</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="0">
         <v>3885</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer ASPIRE A517 (NX.GSXER.015)</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="0">
         <v>3886</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Aspire A517-51G (NX.GVPER.016)</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="0">
         <v>3887</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer ASPIRE E5-576G (NX.GTZER.023)</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="0">
         <v>3888</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer ASPIRE E5-576G (NX.GVBER.018)</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="0">
         <v>3889</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ACER EXTENSA 2519 (NX.EFAER.045)</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="0">
         <v>3890</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Extensa 2519 (NX.EFAER.050)</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="0">
         <v>3891</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Extensa EX2519 (NX.EFAER.025)</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="0">
         <v>3893</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer SWIFT 3 (NX.GZXER.002)</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="0">
         <v>3894</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS VivoBook Max X541NA-GO012T</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="0">
         <v>3895</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS X540Y</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="0">
         <v>3896</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS X541S</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="0">
         <v>3897</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Inspiron 15-3567 (DELL272968325)</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="0">
         <v>3898</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Inspiron 15-3567 (DELL273076420)</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="0">
         <v>3899</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Inspiron 15-3581 (DELL273176961)</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="0">
         <v>3900</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Inspiron 15-3584 (DELL273176962)</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="0">
         <v>3901</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 15-Da0236ur</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="0">
         <v>3902</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 15-Ra046ur (3QT60EA)</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="0">
         <v>3904</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 15-Rb028ur (4US49EA)</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="0">
         <v>3906</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 250 G5 (053) (1WY41EA)</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="0">
         <v>3907</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 250 G6 (3QM27EA)</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="0">
         <v>3908</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP EliteBook 1040 G3 (Z2V25EA)</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="0">
         <v>3909</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP EliteBook 1040 G4 (1EP72EA)</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="0">
         <v>3910</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP EliteBook 1040 G4 (4QY60ES)</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="0">
         <v>3911</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP EliteBook 1040 G4 (Y3B80EA)</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="0">
         <v>3912</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP EliteBook 830 G4 (3JW83EA)</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="0">
         <v>3913</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP EliteBook X360 1030 G2 (Z2W63EA)</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="0">
         <v>3914</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ENVY 13-Ah1004ur (5CR99EA)</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="0">
         <v>3915</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ENVY 13-Ah1007ur (5CU77EA)</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="0">
         <v>3916</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ENVY 15-Dr0003ur X360 (7GT30EA)</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="0">
         <v>3918</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ENVY X360 15-Ds0005ur (7PY60EA)</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="0">
         <v>3919</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP OMEN 15-Dc0029ur (4PP02EA)</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="0">
         <v>3920</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 13-an0079ur (7JV02EA)</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="0">
         <v>3921</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 14-Ce0053ur</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="0">
         <v>3922</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 14-Ce0054ur (4RL78EA)</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="0">
         <v>3923</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 14-Cs0052ur (2RQ24EA)</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="0">
         <v>3924</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 15-Cs0050ur</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="0">
         <v>3925</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 17-Ab414ur (4PP05EA)</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="0">
         <v>3926</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 430 G5 (2SX95EA)</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="0">
         <v>3927</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 450 G5 (2RS03EA)</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="0">
         <v>3928</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 450 G5 (2RS05EA)</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="0">
         <v>3929</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 450 G5 (4QW13ES)</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="0">
         <v>3930</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 450 G5 (5PN94ES)</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="0">
         <v>3932</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 640 G3 (Z2W30EA)</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="0">
         <v>3933</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 640 G3 (Z2W48EA)</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="0">
         <v>3934</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Spectre X360 13-Ap0011ur (5MM30EA)</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="0">
         <v>3935</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Spectre X360 13-Ap0031ur (7SC03EA)</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="0">
         <v>3936</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Spectre X360 13-Ap0034ur (7SB43EA)</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="0">
         <v>3937</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 330 (81DE02RTRK)</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="0">
         <v>3938</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 330 Celeron N4000 (81D1002RRK)</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="0">
         <v>3939</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 330 I3 1T 4GB</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="0">
         <v>3940</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 330 I3 500GB 4GB (81DE008CRU)</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="0">
         <v>3941</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 330 I7 1T 8GB (81DE01PBRK)</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="0">
         <v>3942</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 510 (80SV00HDRK)</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="0">
         <v>3943</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad V130 (81HN00SHAK)</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="0">
         <v>3944</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Legion Y530-15ICH GTX1060 (81LB004ERU)</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="0">
         <v>3945</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo ThinkPad T480 SSD 512GB (20L7000URT)</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="0">
         <v>3946</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo ThinkPad T580 (20L9004LRT)</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="0">
         <v>3947</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo ThinkPad X280 (20KF001NRT)</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="0">
         <v>3948</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Yoga 730 (81JR001FRU)</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="0">
         <v>3949</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP EliteOne 800 G3 Touch (1KA83EA)</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="0">
         <v>3950</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP 200 G3 (3VA37EA) 21.5″</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="0">
         <v>3951</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP 200 G3 (3VA38EA)</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="0">
         <v>3952</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Моноблок Hp 200 G3 (3VA40EA)</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="0">
         <v>3953</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Моноблок Hp 200 G3 (9FA75EA)</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="0">
         <v>3954</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP 22-C0068ur (4PN53EA)</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="0">
         <v>3955</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP 24-F0015ur (4GV52EA)</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="0">
         <v>3956</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP EliteOne 1000 G2 (4PD81EA)</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="0">
         <v>3957</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP EliteOne 800 G3 (1KA71EA)</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="0">
         <v>3958</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP EliteOne 800 G3 (1LU41AW)</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="0">
         <v>3959</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP Pavilion All-In-One 27-Xa0045ur (5KP64EA)</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="0">
         <v>3960</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP ProOne 440 G3 (4NU44EA)</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="0">
         <v>3961</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP ProOne 440 G4 (4YV99ES)</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="0">
         <v>3962</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP ProOne 440 G4 (5BM07ES)</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="0">
         <v>3963</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP ProOne 440 G4 (5BM46ES)</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="0">
         <v>3964</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP ProOne 440 G4 (5JP19ES)</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="0">
         <v>3965</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP ProOne 440 G4 [4NT89EA]</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="0">
         <v>3966</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP ProOne 600 G4 Touch (5JF73ES)</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="0">
         <v>3967</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Моноблок Lenovo IdeaCentre 520-27ICB (F0DE004LRK)</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="0">
         <v>3968</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Моноблок Lenovo ThinkCentre M910z</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="0">
         <v>3969</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Моноблок НР Pavilion 24-Xa0001ur (4UD32EA)</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="0">
         <v>3971</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Компьютерный привод LITEON DVD-RW Premium DH-16AFSH-PREMM2</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="0">
         <v>3972</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Компьютерный привод LITEON DVD-RW DH-24AFSH-UL14</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="0">
         <v>3973</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Компьютерный привод LITEON DVD-RW For Notebook DS-8ACSH-01-PLDS, Original</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="0">
         <v>3974</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Оптический Привод ASUS DRW-24D5MT</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="0">
         <v>3976</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek — 2GB GTX750Ti 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="0">
         <v>3977</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek — 4GB GTX1050Ti 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="0">
         <v>3978</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Axle — 2GB GT730 128Bits GDDR3</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="0">
         <v>3979</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Axle — 2GB GTX750Ti 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="0">
         <v>3980</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Axle — 4GB GTX1050Ti 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="0">
         <v>3981</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Axle — 4GB GTX1660Ti 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="0">
         <v>3975</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek — 2GB GT730 128Bits GDDR3</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="0">
         <v>3983</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Axle — 4GB GTX1650 128 BIT DDR5</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="0">
         <v>3984</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce GTX 1650 GV-N1650 GAMING OC 4GD</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="0">
         <v>3985</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE 4GB NP104D5X Mining Card</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="0">
         <v>3986</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE AORUS GeForce RTX 2080 GV-N2080AORUS X 11GC</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="0">
         <v>3987</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce GTX 1060 GV-N1060TWF2OC 3GD</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="0">
         <v>3988</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce GTX 1650 GV-N1650OC 4GD</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="0">
         <v>3989</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce GTX 1660 GV-N1660 GAMING OC 6GD</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="0">
         <v>3990</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce GTX 1660 Ti 6GB GAMING OC 6 GD</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="0">
         <v>3991</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce GTX 1660 Ti GV-N166T AORUS 6GD</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="0">
         <v>3982</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Axle — 6GB GTX1660 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="0">
         <v>3992</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce GTX 1660 GV-N1660OC 6GD</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="0">
         <v>3993</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce GTX 1660 Ti GV-N166T GAMING OC 6GD</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="0">
         <v>3994</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce GTX 1660 Ti 6GB WINDFORCE OC</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="0">
         <v>3995</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 6Gb 192 bit GV-2060 GAMING OC PRO</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="0">
         <v>3996</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 GV-N2060 GAMING OC PRO 8GD</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="0">
         <v>3997</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 OC WINDFORCE GV-N2060WF2OC 8GD</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="0">
         <v>3998</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 SUPER 8GB Gaming OC</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="0">
         <v>3999</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 SUPER 8GB WINDFORCE OC</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="0">
         <v>4000</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2070 GV-N2070 GAMING OC 8GC</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="0">
         <v>4001</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2070 SUPER WINDFORCE OC 3X 8GB</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="0">
         <v>4003</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Видеокарта AFOX PCI-Ex GeForce GTX 1050 2GB</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="0">
         <v>4004</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2080 8GB WINDFORCE</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="0">
         <v>4005</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2070 GV-N2070 AORUS 8GC</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="0">
         <v>4006</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2060 AORUS XTREME GV-N2060 AORUS X 6GC</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="0">
         <v>4007</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Axle — 6GB GeForce RTX 2060 DDR6 192bit</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="0">
         <v>4008</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Axle — 2GB GTX1050 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="0">
         <v>4009</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Arktek — 2GB GTX750 128Bits GDDR5</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="0">
         <v>4011</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2080 AORUS XTREME GV-N2080 AORUS X 8GC</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="0">
         <v>4012</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE GeForce RTX 2080 GV-N2080 GAMING 8GC</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="0">
         <v>4013</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE Radeon RX 580 GV-RX580 AORUS 8GD</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="0">
         <v>4014</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE Radeon RX Vega 56 GV-RXVEGA56 GAMING OC 8GD</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="0">
         <v>4015</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE RTX 2060 GV-N2060OC 6GD 192bits 6GB</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="0">
         <v>4016</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE RTX 2060 SUPER Gaming GV-N2060S AORUS 8GC 192Bit</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="0">
         <v>4017</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE RTX 2080 SUPER GAMING RGB GV-N2080 GAMING 8GC</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="0">
         <v>4018</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE RTX 2080 Ti SUPER WINDFORCE RGB GV-N208TWF3 11GC</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="0">
         <v>4019</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Видеокарта GIGABYTE SUPER AORUS RGB RTX 2080 Ti GV-N208T AORUS X 11GC</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="0">
         <v>4020</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce GTX 1060 TwinX 192Bits GDDR5 3GB</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="0">
         <v>4021</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce GTX 1660 6GB</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="0">
         <v>4022</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce RTX 2070 TwinX2 GDDR6 8GB</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="0">
         <v>4023</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce RTX 2080 GOC X2 OC GDDR6 8GB</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="0">
         <v>4024</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce RTX 2080 Twin X2 OC 8GB</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="0">
         <v>3812</v>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 5 3600 - 3.6 GHz, 6 cores/12 threads, No GPU, AM4, oem</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="0">
         <v>3854</v>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson M2140 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="0">
         <v>3861</v>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF426dw (принтер, сканер, копир, факс)</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="0">
         <v>3872</v>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon ImageCLASS MF244dw</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="0">
         <v>3875</v>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS VivoBook Max X541 1000GB</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="0">
         <v>3892</v>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Extensa EX2519 (NX.EFAER.122)</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="0">
         <v>4025</v>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce GTX 1050 Ti 4GB</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="0">
         <v>4026</v>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce GTX 1650 4GB</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="0">
         <v>4027</v>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce GTX 1660 TI 6GB</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="0">
         <v>4028</v>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce GTX 1060 Gaming OC</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="0">
         <v>4029</v>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce RTX 2060 GAMING OC X2, 6GB GDDR6</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="0">
         <v>4030</v>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce RTX 2060 SUPER TWIN X2 8GB</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="0">
         <v>4031</v>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce RTX 2070 iCHiLL</t>
         </is>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="0">
         <v>4032</v>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce RTX 2070 SUPER 8GB</t>
         </is>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="0">
         <v>4033</v>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D GeForce RTX 2080 ICHILL</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="0">
         <v>4034</v>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
           <t>Видеокарта INNO3D RTX 2080 Super Gaming 8GB GDDR6</t>
         </is>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="0">
         <v>4035</v>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2060 Gaming X 6GB</t>
         </is>
       </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="0">
         <v>4036</v>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2060 Ventus 6GB</t>
         </is>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="0">
         <v>4037</v>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MS GeForce GTX 1660Ti Ventus XS DDR6 192bit 6GB</t>
         </is>
       </c>
       <c r="C240" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="0">
         <v>4038</v>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2080 Ti GAMING X 11GB</t>
         </is>
       </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="0">
         <v>4039</v>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2080 Ti Ventus 11GB</t>
         </is>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="0">
         <v>4040</v>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1050 Ti AERO ITX 4GB</t>
         </is>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="0">
         <v>4041</v>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1060 3G OCV1</t>
         </is>
       </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="0">
         <v>4042</v>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1650 128 bit Ventus XS OC</t>
         </is>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="0">
         <v>4043</v>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1650 Gaming X 4GB</t>
         </is>
       </c>
       <c r="C246" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="0">
         <v>4044</v>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1660 ARMOR OC</t>
         </is>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="0">
         <v>4046</v>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1660 Ti ARMOR OC</t>
         </is>
       </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="0">
         <v>4047</v>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1660 Ventus XS OC</t>
         </is>
       </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="0">
         <v>4048</v>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2060 Ventus 8GB</t>
         </is>
       </c>
       <c r="C250" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="0">
         <v>4049</v>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2070 DUKE OC 256 bit 8Gb</t>
         </is>
       </c>
       <c r="C251" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="0">
         <v>4050</v>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2080 GAMING X TRIO</t>
         </is>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="0">
         <v>4051</v>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1660TI GAMING X</t>
         </is>
       </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="0">
         <v>4052</v>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2060 SUPER ARMOR OC GDDR6 192Bit 8GB</t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="0">
         <v>4053</v>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2080 SUPER GAMING X TRIO 256 bit 8GB</t>
         </is>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="0">
         <v>4054</v>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce RTX 2080 SUPER VENTUS OC DDR6 256Bit 8GB</t>
         </is>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="0">
         <v>4055</v>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GeForce 8GB RTX 2080 Super JetStream</t>
         </is>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="0">
         <v>4056</v>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GeForce GTX 1050 Ti</t>
         </is>
       </c>
       <c r="C258" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="0">
         <v>4057</v>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GeForce GTX 1060</t>
         </is>
       </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="0">
         <v>4058</v>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GeForce RTX 2060 GamingPro</t>
         </is>
       </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="0">
         <v>4059</v>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GeForce RTX 2070 GAMEROCK</t>
         </is>
       </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="0">
         <v>4060</v>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Palit GeForce RTX 2080 GAMEROCK</t>
         </is>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="0">
         <v>4061</v>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Sapphire Nitro+ Radeon RX 590 8GB</t>
         </is>
       </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="0">
         <v>4062</v>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Sapphire Nitro+ Radeon RX 590 8GB</t>
         </is>
       </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="0">
         <v>4063</v>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Sapphire Pulse Radeon RX 550</t>
         </is>
       </c>
       <c r="C265" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="0">
         <v>4064</v>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Sapphire Pulse Radeon RX 550</t>
         </is>
       </c>
       <c r="C266" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="0">
         <v>3903</v>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 15-Da0328ur</t>
         </is>
       </c>
       <c r="C267" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="0">
         <v>3905</v>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP 15-Rb047ur (3QT61EA)</t>
         </is>
       </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="0">
         <v>3917</v>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ENVY X360 15-Dr0004ur (7SC09EA)</t>
         </is>
       </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="0">
         <v>3931</v>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ProBook 470 G5 (3VJ32ES)</t>
         </is>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="0">
         <v>3970</v>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
           <t>DVD-RW Ext, USB, BOX</t>
         </is>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="0">
         <v>4066</v>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Sapphire Pulse Radeon RX Vega 8GB</t>
         </is>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="0">
         <v>4067</v>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Sapphire Nitro Radeon RX 470 OEM 8GB</t>
         </is>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="0">
         <v>4068</v>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Sapphire Nitro+ Radeon RX 5700 XT 8GB</t>
         </is>
       </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="0">
         <v>4069</v>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Sapphire Nitro Radeon RX 470 OC GDDR5 4GB</t>
         </is>
       </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="0">
         <v>4070</v>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Sapphire Pulse Radeon RX 5700 DDR5 8GB</t>
         </is>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="0">
         <v>4071</v>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Zotac — 4GB GF P104-100 GDDR5 (Mining card)</t>
         </is>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="0">
         <v>4072</v>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS B150 PRO</t>
         </is>
       </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="0">
         <v>4073</v>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar B360M D2V</t>
         </is>
       </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="0">
         <v>4074</v>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar H110MDE Ver. 7.x</t>
         </is>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="0">
         <v>4075</v>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar H310MHD PRO</t>
         </is>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="0">
         <v>4076</v>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Colorful C.H110M-K D3 PLUS V20</t>
         </is>
       </c>
       <c r="C282" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="0">
         <v>4077</v>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Colorful C.H110M-T plus V20</t>
         </is>
       </c>
       <c r="C283" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="0">
         <v>4078</v>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Esonic G41 DDR3</t>
         </is>
       </c>
       <c r="C284" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="0">
         <v>4079</v>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Esonic H61 DDR3 CPU G2120</t>
         </is>
       </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="0">
         <v>4080</v>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Esonic H61 DDR3 CPU G2020</t>
         </is>
       </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="0">
         <v>4081</v>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Esonic H81JAK-U</t>
         </is>
       </c>
       <c r="C287" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="0">
         <v>4082</v>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE AMD B450 Gaming X</t>
         </is>
       </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="0">
         <v>4083</v>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE X570 AORUS ULTRA</t>
         </is>
       </c>
       <c r="C289" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="0">
         <v>4084</v>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE X570 UD</t>
         </is>
       </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="0">
         <v>4085</v>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B360 AORUS GAMING 3 WIFI</t>
         </is>
       </c>
       <c r="C291" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="0">
         <v>4086</v>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B360 HD3</t>
         </is>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="0">
         <v>4087</v>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365 HD3</t>
         </is>
       </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="0">
         <v>4088</v>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365H</t>
         </is>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="0">
         <v>4089</v>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B365M DS3H</t>
         </is>
       </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="0">
         <v>4090</v>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B450 AORUS ELITE</t>
         </is>
       </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="0">
         <v>4091</v>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B450 AORUS PRO</t>
         </is>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="0">
         <v>4092</v>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE B450M DS3H</t>
         </is>
       </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="0">
         <v>4093</v>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE GA-A320M-H</t>
         </is>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="0">
         <v>4094</v>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE GA-B250-HD3</t>
         </is>
       </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="0">
         <v>4095</v>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE GA-E3800N</t>
         </is>
       </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="0">
         <v>4096</v>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE GA-H110M-H</t>
         </is>
       </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="0">
         <v>4097</v>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE GA-Z270P-D3</t>
         </is>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="0">
         <v>4098</v>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H310M DS2</t>
         </is>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="0">
         <v>4099</v>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H310M H</t>
         </is>
       </c>
       <c r="C305" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="0">
         <v>4100</v>
       </c>
       <c r="B306" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H310M S2</t>
         </is>
       </c>
       <c r="C306" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="0">
         <v>4101</v>
       </c>
       <c r="B307" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H370 AORUS Gaming 3 WIFI</t>
         </is>
       </c>
       <c r="C307" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="0">
         <v>4102</v>
       </c>
       <c r="B308" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE H370 HD3</t>
         </is>
       </c>
       <c r="C308" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="0">
         <v>4103</v>
       </c>
       <c r="B309" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE X299 AORUS Gaming</t>
         </is>
       </c>
       <c r="C309" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="0">
         <v>4104</v>
       </c>
       <c r="B310" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE X470 AORUS ULTRA GAMING</t>
         </is>
       </c>
       <c r="C310" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="0">
         <v>4105</v>
       </c>
       <c r="B311" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE X570 AORUS ELITE</t>
         </is>
       </c>
       <c r="C311" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="0">
         <v>4106</v>
       </c>
       <c r="B312" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE X570 AORUS PRO</t>
         </is>
       </c>
       <c r="C312" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="0">
         <v>4107</v>
       </c>
       <c r="B313" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE X570 GAMING X</t>
         </is>
       </c>
       <c r="C313" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="0">
         <v>4108</v>
       </c>
       <c r="B314" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z370P D3</t>
         </is>
       </c>
       <c r="C314" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="0">
         <v>4109</v>
       </c>
       <c r="B315" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 AORUS ELITE</t>
         </is>
       </c>
       <c r="C315" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="0">
         <v>4110</v>
       </c>
       <c r="B316" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 AORUS MASTER</t>
         </is>
       </c>
       <c r="C316" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="0">
         <v>4111</v>
       </c>
       <c r="B317" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 AORUS PRO</t>
         </is>
       </c>
       <c r="C317" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="0">
         <v>4112</v>
       </c>
       <c r="B318" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 AORUS PRO WIFI</t>
         </is>
       </c>
       <c r="C318" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="0">
         <v>4113</v>
       </c>
       <c r="B319" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 AORUS ULTRA</t>
         </is>
       </c>
       <c r="C319" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="0">
         <v>4114</v>
       </c>
       <c r="B320" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 DESIGNARE</t>
         </is>
       </c>
       <c r="C320" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="0">
         <v>4115</v>
       </c>
       <c r="B321" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 GAMING X</t>
         </is>
       </c>
       <c r="C321" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="0">
         <v>4116</v>
       </c>
       <c r="B322" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 UD</t>
         </is>
       </c>
       <c r="C322" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="0">
         <v>4117</v>
       </c>
       <c r="B323" s="0" t="inlineStr">
         <is>
           <t>Материнская плата GIGABYTE Z390 D</t>
         </is>
       </c>
       <c r="C323" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="0">
         <v>4118</v>
       </c>
       <c r="B324" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Esonic H110NAL</t>
         </is>
       </c>
       <c r="C324" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="0">
         <v>4119</v>
       </c>
       <c r="B325" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B360 GAMING PLUS</t>
         </is>
       </c>
       <c r="C325" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="0">
         <v>4120</v>
       </c>
       <c r="B326" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B360 GAMING PRO CARBON</t>
         </is>
       </c>
       <c r="C326" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="0">
         <v>4121</v>
       </c>
       <c r="B327" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B360-A PRO</t>
         </is>
       </c>
       <c r="C327" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="0">
         <v>4122</v>
       </c>
       <c r="B328" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B360M GAMING PLUS</t>
         </is>
       </c>
       <c r="C328" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="0">
         <v>4123</v>
       </c>
       <c r="B329" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B360M PRO-VH</t>
         </is>
       </c>
       <c r="C329" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="0">
         <v>4124</v>
       </c>
       <c r="B330" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 GAMING PLUS</t>
         </is>
       </c>
       <c r="C330" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="0">
         <v>4125</v>
       </c>
       <c r="B331" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 GAMING PRO CARBON AC</t>
         </is>
       </c>
       <c r="C331" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="0">
         <v>4126</v>
       </c>
       <c r="B332" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450 TOMAHAWK</t>
         </is>
       </c>
       <c r="C332" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="0">
         <v>4127</v>
       </c>
       <c r="B333" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450-A PRO</t>
         </is>
       </c>
       <c r="C333" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="0">
         <v>4128</v>
       </c>
       <c r="B334" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI H110M PRO-VD PLUS</t>
         </is>
       </c>
       <c r="C334" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="0">
         <v>4129</v>
       </c>
       <c r="B335" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI H310M PRO-VD</t>
         </is>
       </c>
       <c r="C335" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="0">
         <v>4130</v>
       </c>
       <c r="B336" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI H310M GAMING PLUS</t>
         </is>
       </c>
       <c r="C336" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="0">
         <v>4131</v>
       </c>
       <c r="B337" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PLUS</t>
         </is>
       </c>
       <c r="C337" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="0">
         <v>4132</v>
       </c>
       <c r="B338" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PRO</t>
         </is>
       </c>
       <c r="C338" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="0">
         <v>4133</v>
       </c>
       <c r="B339" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PRO CARBON AC</t>
         </is>
       </c>
       <c r="C339" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="0">
         <v>4134</v>
       </c>
       <c r="B340" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI Z370-A PRO</t>
         </is>
       </c>
       <c r="C340" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="0">
         <v>4135</v>
       </c>
       <c r="B341" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z390 GAMING EDGE AC</t>
         </is>
       </c>
       <c r="C341" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="0">
         <v>4136</v>
       </c>
       <c r="B342" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z390M GAMING EDGE AC</t>
         </is>
       </c>
       <c r="C342" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="0">
         <v>4137</v>
       </c>
       <c r="B343" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z390 GAMING PLUS</t>
         </is>
       </c>
       <c r="C343" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="0">
         <v>4138</v>
       </c>
       <c r="B344" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI Z390-A PRO</t>
         </is>
       </c>
       <c r="C344" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="0">
         <v>4139</v>
       </c>
       <c r="B345" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Western Digital WD Blue 1TB (WD10EZEX)</t>
         </is>
       </c>
       <c r="C345" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="0">
         <v>4140</v>
       </c>
       <c r="B346" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Western Digital WD Blue 320GB (WD3200AAKS)</t>
         </is>
       </c>
       <c r="C346" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="0">
         <v>4141</v>
       </c>
       <c r="B347" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Seagate 3TB ST33000650NS</t>
         </is>
       </c>
       <c r="C347" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="0">
         <v>4142</v>
       </c>
       <c r="B348" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Toshiba 3TB DT01ACA300</t>
         </is>
       </c>
       <c r="C348" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="0">
         <v>4143</v>
       </c>
       <c r="B349" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Western Digital WD Blue Desktop 500GB (WD5000AZRZ)</t>
         </is>
       </c>
       <c r="C349" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="0">
         <v>4144</v>
       </c>
       <c r="B350" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Toshiba 2TB DT01ACA200</t>
         </is>
       </c>
       <c r="C350" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="0">
         <v>4145</v>
       </c>
       <c r="B351" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Western Digital WD Purple 2TB (WD20PURZ)</t>
         </is>
       </c>
       <c r="C351" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="0">
         <v>4146</v>
       </c>
       <c r="B352" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Seagate 500GB ST500DM009</t>
         </is>
       </c>
       <c r="C352" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="0">
         <v>4147</v>
       </c>
       <c r="B353" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Toshiba 500GB DT01ACA050</t>
         </is>
       </c>
       <c r="C353" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="0">
         <v>4148</v>
       </c>
       <c r="B354" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Seagate 10TB ST10000DM0004</t>
         </is>
       </c>
       <c r="C354" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="0">
         <v>4010</v>
       </c>
       <c r="B355" s="0" t="inlineStr">
         <is>
           <t>Видеокарта Afox — 2GB GTX750Ti 128bit GDDR5</t>
         </is>
       </c>
       <c r="C355" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="0">
         <v>4045</v>
       </c>
       <c r="B356" s="0" t="inlineStr">
         <is>
           <t>Видеокарта MSI GeForce GTX 1660 Super GAMING X</t>
         </is>
       </c>
       <c r="C356" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="0">
         <v>4443</v>
       </c>
       <c r="B357" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen 5 1400 - 3,2 GHz YD1400BBM4KAE</t>
         </is>
       </c>
       <c r="C357" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="0">
         <v>4403</v>
       </c>
       <c r="B358" s="0" t="inlineStr">
         <is>
           <t>Компьютер HP 460-a210ur (4XJ29EA)</t>
         </is>
       </c>
       <c r="C358" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="0">
         <v>9764</v>
       </c>
       <c r="B359" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link TL-WN881ND</t>
         </is>
       </c>
       <c r="C359" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="0">
         <v>9765</v>
       </c>
       <c r="B360" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link TL-WN951N</t>
         </is>
       </c>
       <c r="C360" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="0">
         <v>9766</v>
       </c>
       <c r="B361" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Netis DL4312</t>
         </is>
       </c>
       <c r="C361" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="0">
         <v>9768</v>
       </c>
       <c r="B362" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C20</t>
         </is>
       </c>
       <c r="C362" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="0">
         <v>9770</v>
       </c>
       <c r="B363" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C3150</t>
         </is>
       </c>
       <c r="C363" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="0">
         <v>9771</v>
       </c>
       <c r="B364" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C4000</t>
         </is>
       </c>
       <c r="C364" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="0">
         <v>9772</v>
       </c>
       <c r="B365" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C50</t>
         </is>
       </c>
       <c r="C365" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="0">
         <v>9773</v>
       </c>
       <c r="B366" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C5400X</t>
         </is>
       </c>
       <c r="C366" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="0">
         <v>9774</v>
       </c>
       <c r="B367" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C6</t>
         </is>
       </c>
       <c r="C367" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="0">
         <v>9775</v>
       </c>
       <c r="B368" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C60</t>
         </is>
       </c>
       <c r="C368" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="0">
         <v>9776</v>
       </c>
       <c r="B369" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C7</t>
         </is>
       </c>
       <c r="C369" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="0">
         <v>9777</v>
       </c>
       <c r="B370" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer C9</t>
         </is>
       </c>
       <c r="C370" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="0">
         <v>9778</v>
       </c>
       <c r="B371" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer D7</t>
         </is>
       </c>
       <c r="C371" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="0">
         <v>9779</v>
       </c>
       <c r="B372" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer MR200</t>
         </is>
       </c>
       <c r="C372" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="0">
         <v>9780</v>
       </c>
       <c r="B373" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer MR400</t>
         </is>
       </c>
       <c r="C373" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="0">
         <v>9781</v>
       </c>
       <c r="B374" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer VR2800</t>
         </is>
       </c>
       <c r="C374" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="0">
         <v>9782</v>
       </c>
       <c r="B375" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer VR400</t>
         </is>
       </c>
       <c r="C375" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="0">
         <v>9783</v>
       </c>
       <c r="B376" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer VR600</t>
         </is>
       </c>
       <c r="C376" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="0">
         <v>9784</v>
       </c>
       <c r="B377" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer VR900</t>
         </is>
       </c>
       <c r="C377" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="0">
         <v>9785</v>
       </c>
       <c r="B378" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Deco M9 Plus 3-pack</t>
         </is>
       </c>
       <c r="C378" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="0">
         <v>9786</v>
       </c>
       <c r="B379" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link M5350</t>
         </is>
       </c>
       <c r="C379" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="0">
         <v>9787</v>
       </c>
       <c r="B380" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TD-W8901N</t>
         </is>
       </c>
       <c r="C380" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="0">
         <v>9788</v>
       </c>
       <c r="B381" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TD-W8960N</t>
         </is>
       </c>
       <c r="C381" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="0">
         <v>9789</v>
       </c>
       <c r="B382" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TD-W8961N</t>
         </is>
       </c>
       <c r="C382" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="0">
         <v>9790</v>
       </c>
       <c r="B383" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TD-W8968</t>
         </is>
       </c>
       <c r="C383" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="0">
         <v>9791</v>
       </c>
       <c r="B384" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TD-W9960</t>
         </is>
       </c>
       <c r="C384" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="0">
         <v>9792</v>
       </c>
       <c r="B385" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TD-W9970</t>
         </is>
       </c>
       <c r="C385" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="0">
         <v>9793</v>
       </c>
       <c r="B386" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-ER604W</t>
         </is>
       </c>
       <c r="C386" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="0">
         <v>9794</v>
       </c>
       <c r="B387" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-MR3020</t>
         </is>
       </c>
       <c r="C387" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="0">
         <v>9795</v>
       </c>
       <c r="B388" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-MR3040</t>
         </is>
       </c>
       <c r="C388" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="0">
         <v>9796</v>
       </c>
       <c r="B389" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-MR3420</t>
         </is>
       </c>
       <c r="C389" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="0">
         <v>9797</v>
       </c>
       <c r="B390" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-MR6400</t>
         </is>
       </c>
       <c r="C390" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="0">
         <v>9798</v>
       </c>
       <c r="B391" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WA5110G</t>
         </is>
       </c>
       <c r="C391" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="0">
         <v>9799</v>
       </c>
       <c r="B392" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WA701ND</t>
         </is>
       </c>
       <c r="C392" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="0">
         <v>9800</v>
       </c>
       <c r="B393" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WDR4300</t>
         </is>
       </c>
       <c r="C393" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="0">
         <v>9801</v>
       </c>
       <c r="B394" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WR1043N</t>
         </is>
       </c>
       <c r="C394" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="0">
         <v>9802</v>
       </c>
       <c r="B395" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WR802N</t>
         </is>
       </c>
       <c r="C395" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="0">
         <v>9803</v>
       </c>
       <c r="B396" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WR820N</t>
         </is>
       </c>
       <c r="C396" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="0">
         <v>9804</v>
       </c>
       <c r="B397" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WR840N</t>
         </is>
       </c>
       <c r="C397" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="0">
         <v>9805</v>
       </c>
       <c r="B398" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WR842N</t>
         </is>
       </c>
       <c r="C398" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="0">
         <v>9806</v>
       </c>
       <c r="B399" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WR845N</t>
         </is>
       </c>
       <c r="C399" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="0">
         <v>9807</v>
       </c>
       <c r="B400" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WR902AC</t>
         </is>
       </c>
       <c r="C400" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="0">
         <v>9808</v>
       </c>
       <c r="B401" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link TL-WR940N</t>
         </is>
       </c>
       <c r="C401" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="0">
         <v>9809</v>
       </c>
       <c r="B402" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi система TP-Link Deco E4 2-pack</t>
         </is>
       </c>
       <c r="C402" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="0">
         <v>9810</v>
       </c>
       <c r="B403" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi система TP-Link Deco M4 3-pack</t>
         </is>
       </c>
       <c r="C403" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="0">
         <v>9811</v>
       </c>
       <c r="B404" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi система TP-Link Deco M5 3-pack</t>
         </is>
       </c>
       <c r="C404" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="0">
         <v>9812</v>
       </c>
       <c r="B405" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link CAP1200</t>
         </is>
       </c>
       <c r="C405" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="0">
         <v>9813</v>
       </c>
       <c r="B406" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link CAP1750</t>
         </is>
       </c>
       <c r="C406" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="0">
         <v>9814</v>
       </c>
       <c r="B407" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link CAP300</t>
         </is>
       </c>
       <c r="C407" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="0">
         <v>9815</v>
       </c>
       <c r="B408" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link EAP110</t>
         </is>
       </c>
       <c r="C408" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="0">
         <v>9816</v>
       </c>
       <c r="B409" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link EAP110-Outdoor</t>
         </is>
       </c>
       <c r="C409" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="0">
         <v>9817</v>
       </c>
       <c r="B410" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link EAP115</t>
         </is>
       </c>
       <c r="C410" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="0">
         <v>9818</v>
       </c>
       <c r="B411" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link EAP225</t>
         </is>
       </c>
       <c r="C411" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="0">
         <v>9819</v>
       </c>
       <c r="B412" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link EAP225-Outdoor</t>
         </is>
       </c>
       <c r="C412" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="0">
         <v>9820</v>
       </c>
       <c r="B413" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link EAP245</t>
         </is>
       </c>
       <c r="C413" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="0">
         <v>9821</v>
       </c>
       <c r="B414" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link EAP320</t>
         </is>
       </c>
       <c r="C414" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="0">
         <v>9822</v>
       </c>
       <c r="B415" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link TL-WA801ND</t>
         </is>
       </c>
       <c r="C415" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="0">
         <v>9823</v>
       </c>
       <c r="B416" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа TP-Link TL-WA901ND</t>
         </is>
       </c>
       <c r="C416" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="0">
         <v>9824</v>
       </c>
       <c r="B417" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала TP-Link RE200</t>
         </is>
       </c>
       <c r="C417" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="0">
         <v>9825</v>
       </c>
       <c r="B418" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала TP-Link RE205</t>
         </is>
       </c>
       <c r="C418" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="0">
         <v>9826</v>
       </c>
       <c r="B419" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала TP-Link RE270K</t>
         </is>
       </c>
       <c r="C419" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="0">
         <v>9827</v>
       </c>
       <c r="B420" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi усилитель сигнала TP-Link TL-WA860RE</t>
         </is>
       </c>
       <c r="C420" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="0">
         <v>9828</v>
       </c>
       <c r="B421" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T1500-28PCT</t>
         </is>
       </c>
       <c r="C421" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="0">
         <v>9829</v>
       </c>
       <c r="B422" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T1500G-10MPS</t>
         </is>
       </c>
       <c r="C422" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="0">
         <v>9830</v>
       </c>
       <c r="B423" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T1500G-10PS</t>
         </is>
       </c>
       <c r="C423" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="0">
         <v>9831</v>
       </c>
       <c r="B424" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T1600G 28PS</t>
         </is>
       </c>
       <c r="C424" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="0">
         <v>9832</v>
       </c>
       <c r="B425" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T1600G-52PS</t>
         </is>
       </c>
       <c r="C425" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="0">
         <v>9833</v>
       </c>
       <c r="B426" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T1700G-28TQ</t>
         </is>
       </c>
       <c r="C426" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="0">
         <v>9834</v>
       </c>
       <c r="B427" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T2500-28TC</t>
         </is>
       </c>
       <c r="C427" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="0">
         <v>9835</v>
       </c>
       <c r="B428" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T2500G 10MPS</t>
         </is>
       </c>
       <c r="C428" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="0">
         <v>9836</v>
       </c>
       <c r="B429" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T2500G-10TS</t>
         </is>
       </c>
       <c r="C429" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="0">
         <v>9837</v>
       </c>
       <c r="B430" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T2600G 28MPS</t>
         </is>
       </c>
       <c r="C430" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="0">
         <v>9838</v>
       </c>
       <c r="B431" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T2600G-18TS</t>
         </is>
       </c>
       <c r="C431" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="0">
         <v>9839</v>
       </c>
       <c r="B432" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T2600G-28SQ</t>
         </is>
       </c>
       <c r="C432" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="0">
         <v>9840</v>
       </c>
       <c r="B433" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T2600G-28TS</t>
         </is>
       </c>
       <c r="C433" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="0">
         <v>9841</v>
       </c>
       <c r="B434" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T2600G-52TS</t>
         </is>
       </c>
       <c r="C434" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="0">
         <v>9842</v>
       </c>
       <c r="B435" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1005P</t>
         </is>
       </c>
       <c r="C435" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="0">
         <v>9843</v>
       </c>
       <c r="B436" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1008P</t>
         </is>
       </c>
       <c r="C436" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="0">
         <v>9844</v>
       </c>
       <c r="B437" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1016DS</t>
         </is>
       </c>
       <c r="C437" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="0">
         <v>9845</v>
       </c>
       <c r="B438" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1005D</t>
         </is>
       </c>
       <c r="C438" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="0">
         <v>9846</v>
       </c>
       <c r="B439" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1005P</t>
         </is>
       </c>
       <c r="C439" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="0">
         <v>9847</v>
       </c>
       <c r="B440" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1008</t>
         </is>
       </c>
       <c r="C440" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="0">
         <v>9848</v>
       </c>
       <c r="B441" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1008D</t>
         </is>
       </c>
       <c r="C441" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="0">
         <v>9849</v>
       </c>
       <c r="B442" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1008P</t>
         </is>
       </c>
       <c r="C442" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="0">
         <v>9850</v>
       </c>
       <c r="B443" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1008MP</t>
         </is>
       </c>
       <c r="C443" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="0">
         <v>9851</v>
       </c>
       <c r="B444" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1016</t>
         </is>
       </c>
       <c r="C444" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="0">
         <v>9852</v>
       </c>
       <c r="B445" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1016D</t>
         </is>
       </c>
       <c r="C445" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="0">
         <v>9853</v>
       </c>
       <c r="B446" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1016DE</t>
         </is>
       </c>
       <c r="C446" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="0">
         <v>9854</v>
       </c>
       <c r="B447" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1016PE</t>
         </is>
       </c>
       <c r="C447" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="0">
         <v>9855</v>
       </c>
       <c r="B448" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1016S</t>
         </is>
       </c>
       <c r="C448" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="0">
         <v>9856</v>
       </c>
       <c r="B449" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1024DE</t>
         </is>
       </c>
       <c r="C449" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="0">
         <v>9857</v>
       </c>
       <c r="B450" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1048</t>
         </is>
       </c>
       <c r="C450" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="0">
         <v>9858</v>
       </c>
       <c r="B451" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG105</t>
         </is>
       </c>
       <c r="C451" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="0">
         <v>9859</v>
       </c>
       <c r="B452" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG105E</t>
         </is>
       </c>
       <c r="C452" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="0">
         <v>9860</v>
       </c>
       <c r="B453" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG108</t>
         </is>
       </c>
       <c r="C453" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="0">
         <v>9861</v>
       </c>
       <c r="B454" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG108E</t>
         </is>
       </c>
       <c r="C454" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="0">
         <v>9862</v>
       </c>
       <c r="B455" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG108S</t>
         </is>
       </c>
       <c r="C455" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="0">
         <v>9863</v>
       </c>
       <c r="B456" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG116</t>
         </is>
       </c>
       <c r="C456" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="0">
         <v>9864</v>
       </c>
       <c r="B457" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG116E</t>
         </is>
       </c>
       <c r="C457" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="0">
         <v>9865</v>
       </c>
       <c r="B458" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG2008</t>
         </is>
       </c>
       <c r="C458" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="0">
         <v>9866</v>
       </c>
       <c r="B459" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG2216</t>
         </is>
       </c>
       <c r="C459" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="0">
         <v>9867</v>
       </c>
       <c r="B460" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG2452</t>
         </is>
       </c>
       <c r="C460" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="0">
         <v>9868</v>
       </c>
       <c r="B461" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SL1218MP</t>
         </is>
       </c>
       <c r="C461" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="0">
         <v>9869</v>
       </c>
       <c r="B462" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SL2218</t>
         </is>
       </c>
       <c r="C462" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="0">
         <v>9870</v>
       </c>
       <c r="B463" s="0" t="inlineStr">
         <is>
           <t>Контроллер TP-Link AC500</t>
         </is>
       </c>
       <c r="C463" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="0">
         <v>9871</v>
       </c>
       <c r="B464" s="0" t="inlineStr">
         <is>
           <t>Контроллер TP-Link Omada OC200</t>
         </is>
       </c>
       <c r="C464" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="0">
         <v>9873</v>
       </c>
       <c r="B465" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор TP-Link SafeStream TL-ER6020</t>
         </is>
       </c>
       <c r="C465" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="0">
         <v>9874</v>
       </c>
       <c r="B466" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор TP-Link SafeStream TL-ER6120</t>
         </is>
       </c>
       <c r="C466" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="0">
         <v>9875</v>
       </c>
       <c r="B467" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор TP-Link TL-ER5120</t>
         </is>
       </c>
       <c r="C467" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="0">
         <v>9876</v>
       </c>
       <c r="B468" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор TP-Link TL-R470T+</t>
         </is>
       </c>
       <c r="C468" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="0">
         <v>9877</v>
       </c>
       <c r="B469" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор TP-Link TL-R480T+</t>
         </is>
       </c>
       <c r="C469" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="0">
         <v>9878</v>
       </c>
       <c r="B470" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор TP-Link TL-R600VPN</t>
         </is>
       </c>
       <c r="C470" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="0">
         <v>9879</v>
       </c>
       <c r="B471" s="0" t="inlineStr">
         <is>
           <t>Медиаконвертер TP-Link MC110CS</t>
         </is>
       </c>
       <c r="C471" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="0">
         <v>9880</v>
       </c>
       <c r="B472" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор TP-Link SafeStream TL-ER6020</t>
         </is>
       </c>
       <c r="C472" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="0">
         <v>9881</v>
       </c>
       <c r="B473" s="0" t="inlineStr">
         <is>
           <t>Медиаконвертер TP-Link MC111CS</t>
         </is>
       </c>
       <c r="C473" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="0">
         <v>9882</v>
       </c>
       <c r="B474" s="0" t="inlineStr">
         <is>
           <t>Медиаконвертер TP-Link MC112CS</t>
         </is>
       </c>
       <c r="C474" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="0">
         <v>9883</v>
       </c>
       <c r="B475" s="0" t="inlineStr">
         <is>
           <t>Медиаконвертер TP-Link MC210CS</t>
         </is>
       </c>
       <c r="C475" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="0">
         <v>9884</v>
       </c>
       <c r="B476" s="0" t="inlineStr">
         <is>
           <t>Модем TP-Link TD-8817</t>
         </is>
       </c>
       <c r="C476" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="0">
         <v>9885</v>
       </c>
       <c r="B477" s="0" t="inlineStr">
         <is>
           <t>Принт-сервер TP-Link TL-PS110P</t>
         </is>
       </c>
       <c r="C477" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="0">
         <v>9886</v>
       </c>
       <c r="B478" s="0" t="inlineStr">
         <is>
           <t>Принт-сервер TP-Link TL-PS310U</t>
         </is>
       </c>
       <c r="C478" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="0">
         <v>9887</v>
       </c>
       <c r="B479" s="0" t="inlineStr">
         <is>
           <t>Принт-сервер TP-Link TL-WPS510U</t>
         </is>
       </c>
       <c r="C479" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="0">
         <v>9888</v>
       </c>
       <c r="B480" s="0" t="inlineStr">
         <is>
           <t>PoE-инжектор TP-Link TL-POE150S</t>
         </is>
       </c>
       <c r="C480" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="0">
         <v>9889</v>
       </c>
       <c r="B481" s="0" t="inlineStr">
         <is>
           <t>PoE-сплиттер TP-Link TL-POE10R</t>
         </is>
       </c>
       <c r="C481" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="0">
         <v>9890</v>
       </c>
       <c r="B482" s="0" t="inlineStr">
         <is>
           <t>Powerline-адаптер TP-Link TL-PA4020PKIT</t>
         </is>
       </c>
       <c r="C482" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="0">
         <v>9891</v>
       </c>
       <c r="B483" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi антенна TP-Link TL-ANT2405C</t>
         </is>
       </c>
       <c r="C483" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="0">
         <v>9892</v>
       </c>
       <c r="B484" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer XR500V</t>
         </is>
       </c>
       <c r="C484" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="0">
         <v>9893</v>
       </c>
       <c r="B485" s="0" t="inlineStr">
         <is>
           <t>GPON-терминал TP-Link TX-6610</t>
         </is>
       </c>
       <c r="C485" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="0">
         <v>9894</v>
       </c>
       <c r="B486" s="0" t="inlineStr">
         <is>
           <t>Умная Wi-Fi розетка TP-Link HS110</t>
         </is>
       </c>
       <c r="C486" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="0">
         <v>9895</v>
       </c>
       <c r="B487" s="0" t="inlineStr">
         <is>
           <t>PoE инжектор TP-Link TL-POE4824G</t>
         </is>
       </c>
       <c r="C487" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="0">
         <v>9896</v>
       </c>
       <c r="B488" s="0" t="inlineStr">
         <is>
           <t>USB Hub TP-Link UC430</t>
         </is>
       </c>
       <c r="C488" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="0">
         <v>9897</v>
       </c>
       <c r="B489" s="0" t="inlineStr">
         <is>
           <t>USB адаптер TP-Link UC400</t>
         </is>
       </c>
       <c r="C489" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="0">
         <v>9898</v>
       </c>
       <c r="B490" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер TP-Link Archer A9</t>
         </is>
       </c>
       <c r="C490" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="0">
         <v>9899</v>
       </c>
       <c r="B491" s="0" t="inlineStr">
         <is>
           <t>Модуль SFP TP-Link TL-SM321A</t>
         </is>
       </c>
       <c r="C491" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="0">
         <v>9900</v>
       </c>
       <c r="B492" s="0" t="inlineStr">
         <is>
           <t>Модуль SFP TP-Link TL-SM311LS</t>
         </is>
       </c>
       <c r="C492" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="0">
         <v>9901</v>
       </c>
       <c r="B493" s="0" t="inlineStr">
         <is>
           <t>USB удлинитель TP-Link UC-100</t>
         </is>
       </c>
       <c r="C493" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="0">
         <v>9902</v>
       </c>
       <c r="B494" s="0" t="inlineStr">
         <is>
           <t>Умная Wi-Fi розетка TP-Link HS100 EOL</t>
         </is>
       </c>
       <c r="C494" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="0">
         <v>9903</v>
       </c>
       <c r="B495" s="0" t="inlineStr">
         <is>
           <t>Mодуль SFP TP-Link TL-SM321B</t>
         </is>
       </c>
       <c r="C495" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="0">
         <v>9904</v>
       </c>
       <c r="B496" s="0" t="inlineStr">
         <is>
           <t>USB модемы Netis 3G</t>
         </is>
       </c>
       <c r="C496" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="0">
         <v>9905</v>
       </c>
       <c r="B497" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link AC1200</t>
         </is>
       </c>
       <c r="C497" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="0">
         <v>9906</v>
       </c>
       <c r="B498" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier W675BT Bluetooth</t>
         </is>
       </c>
       <c r="C498" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="0">
         <v>9907</v>
       </c>
       <c r="B499" s="0" t="inlineStr">
         <is>
           <t>Подствака для наушников Razer Headphone Stand</t>
         </is>
       </c>
       <c r="C499" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="0">
         <v>9908</v>
       </c>
       <c r="B500" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier G20</t>
         </is>
       </c>
       <c r="C500" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="0">
         <v>9909</v>
       </c>
       <c r="B501" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 15-cs2051ur 7WB91EA</t>
         </is>
       </c>
       <c r="C501" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="0">
         <v>9910</v>
       </c>
       <c r="B502" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 15-dc0029ur 7PW90EA</t>
         </is>
       </c>
       <c r="C502" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="0">
         <v>9911</v>
       </c>
       <c r="B503" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 15-dp0092ur 5AS61EA</t>
         </is>
       </c>
       <c r="C503" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="0">
         <v>9912</v>
       </c>
       <c r="B504" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 15-dp0093ur 5AS62EA</t>
         </is>
       </c>
       <c r="C504" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="0">
         <v>9913</v>
       </c>
       <c r="B505" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 15-dq0003ur x360 6PS42EA</t>
         </is>
       </c>
       <c r="C505" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="0">
         <v>9914</v>
       </c>
       <c r="B506" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 15-dw0028ur 6RL64EA</t>
         </is>
       </c>
       <c r="C506" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="0">
         <v>9915</v>
       </c>
       <c r="B507" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion Gaming 15 7QC62EA Dark Grey</t>
         </is>
       </c>
       <c r="C507" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="0">
         <v>9916</v>
       </c>
       <c r="B508" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 330 i5 8GB 1TB 2GB NVIDIA GeForce MX110</t>
         </is>
       </c>
       <c r="C508" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="0">
         <v>9917</v>
       </c>
       <c r="B509" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 710S Plus 80VU001TRK</t>
         </is>
       </c>
       <c r="C509" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="0">
         <v>9918</v>
       </c>
       <c r="B510" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad 130 81H700AXAK</t>
         </is>
       </c>
       <c r="C510" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="0">
         <v>9919</v>
       </c>
       <c r="B511" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo ThinkPad T480 SSD 256GB 20L50000RT</t>
         </is>
       </c>
       <c r="C511" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="0">
         <v>9920</v>
       </c>
       <c r="B512" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Yoga 710 80V4004ERK</t>
         </is>
       </c>
       <c r="C512" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="0">
         <v>9921</v>
       </c>
       <c r="B513" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Yoga 920</t>
         </is>
       </c>
       <c r="C513" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="0">
         <v>9922</v>
       </c>
       <c r="B514" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Pavilion Wayfarer Black 15.6</t>
         </is>
       </c>
       <c r="C514" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="0">
         <v>9923</v>
       </c>
       <c r="B515" s="0" t="inlineStr">
         <is>
           <t>Мини компьютер GIGABYTE Brix GB-BLCE-4105C</t>
         </is>
       </c>
       <c r="C515" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="0">
         <v>9924</v>
       </c>
       <c r="B516" s="0" t="inlineStr">
         <is>
           <t>Компьютер HP OMEN 880-192ur 3QZ80EA</t>
         </is>
       </c>
       <c r="C516" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="0">
         <v>9925</v>
       </c>
       <c r="B517" s="0" t="inlineStr">
         <is>
           <t>Компьютер HP OMEN Obelisk 875-0011ur 4UE94EA</t>
         </is>
       </c>
       <c r="C517" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="0">
         <v>9926</v>
       </c>
       <c r="B518" s="0" t="inlineStr">
         <is>
           <t>Компьютер HP Desktop Pro G2 MT 5QL16EA</t>
         </is>
       </c>
       <c r="C518" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="0">
         <v>9927</v>
       </c>
       <c r="B519" s="0" t="inlineStr">
         <is>
           <t>Компьютер Lenovo Legion C530-19ICB</t>
         </is>
       </c>
       <c r="C519" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="0">
         <v>9928</v>
       </c>
       <c r="B520" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельные накопители SSD Apacer AS340 PANTHER 120GB</t>
         </is>
       </c>
       <c r="C520" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="0">
         <v>9929</v>
       </c>
       <c r="B521" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельные накопители SSD Apacer AS340 PANTHER SSD 240GB</t>
         </is>
       </c>
       <c r="C521" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="0">
         <v>9930</v>
       </c>
       <c r="B522" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск HDD Seagate 6TB BarraCuda ST6000DM003</t>
         </is>
       </c>
       <c r="C522" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="0">
         <v>9931</v>
       </c>
       <c r="B523" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск HDD Seagate 8TB BarraCuda ST8000DM004</t>
         </is>
       </c>
       <c r="C523" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="0">
         <v>9932</v>
       </c>
       <c r="B524" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск HDD Toshiba 1TB для ноутбука</t>
         </is>
       </c>
       <c r="C524" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="0">
         <v>9933</v>
       </c>
       <c r="B525" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск HDD Toshiba 4TB MD04ACA400</t>
         </is>
       </c>
       <c r="C525" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="0">
         <v>9934</v>
       </c>
       <c r="B526" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск HDD Toshiba 1TB DT01ACA100</t>
         </is>
       </c>
       <c r="C526" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="0">
         <v>9935</v>
       </c>
       <c r="B527" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск HDD Toshiba 8TB MD08ACA400</t>
         </is>
       </c>
       <c r="C527" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="0">
         <v>9936</v>
       </c>
       <c r="B528" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск Western Digital 2TB</t>
         </is>
       </c>
       <c r="C528" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="0">
         <v>9937</v>
       </c>
       <c r="B529" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск Western Digital Purple 4TB WD40PURZ</t>
         </is>
       </c>
       <c r="C529" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="0">
         <v>9938</v>
       </c>
       <c r="B530" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск Western Digital Purple 6TB WD60PURZ</t>
         </is>
       </c>
       <c r="C530" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="0">
         <v>9939</v>
       </c>
       <c r="B531" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск Western Digital Purple 8TB WD82PURZ</t>
         </is>
       </c>
       <c r="C531" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="0">
         <v>9940</v>
       </c>
       <c r="B532" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск Western Digital Red 2TB WD20EFAX</t>
         </is>
       </c>
       <c r="C532" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="0">
         <v>9941</v>
       </c>
       <c r="B533" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск Western Digital Red 4TB WD40EFRX</t>
         </is>
       </c>
       <c r="C533" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="0">
         <v>9942</v>
       </c>
       <c r="B534" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston A2000 SA2000M8 250GB</t>
         </is>
       </c>
       <c r="C534" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="0">
         <v>9943</v>
       </c>
       <c r="B535" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston A2000 SA2000M8 500GB</t>
         </is>
       </c>
       <c r="C535" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="0">
         <v>9944</v>
       </c>
       <c r="B536" s="0" t="inlineStr">
         <is>
           <t>Внешний твердотельный накопитель SSD Foxline 256GB</t>
         </is>
       </c>
       <c r="C536" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="0">
         <v>9945</v>
       </c>
       <c r="B537" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD FOXLINE M.2 SATA 2280 3D TLC 240GB </t>
         </is>
       </c>
       <c r="C537" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="0">
         <v>9946</v>
       </c>
       <c r="B538" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Crucial BX500 120GB </t>
         </is>
       </c>
       <c r="C538" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="0">
         <v>9947</v>
       </c>
       <c r="B539" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Foxline 120GB 3D TLC</t>
         </is>
       </c>
       <c r="C539" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="0">
         <v>9948</v>
       </c>
       <c r="B540" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD GIGABYTE GP-GSTFS31120GNTD</t>
         </is>
       </c>
       <c r="C540" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="0">
         <v>9949</v>
       </c>
       <c r="B541" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD GIGABYTE GP-GSTFS31240GNTD</t>
         </is>
       </c>
       <c r="C541" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="0">
         <v>9950</v>
       </c>
       <c r="B542" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD GIGABYTE GP-GSM2NE8128GNTD 128GB</t>
         </is>
       </c>
       <c r="C542" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="0">
         <v>9951</v>
       </c>
       <c r="B543" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD GIGABYTE GP-GSM2NE8256GNTD 256GB</t>
         </is>
       </c>
       <c r="C543" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="0">
         <v>9952</v>
       </c>
       <c r="B544" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD GIGABYTE GP-GSM2NE8512GND 512GB</t>
         </is>
       </c>
       <c r="C544" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="0">
         <v>9953</v>
       </c>
       <c r="B545" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SA1000M8 240GB</t>
         </is>
       </c>
       <c r="C545" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="0">
         <v>9954</v>
       </c>
       <c r="B546" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SA1000M8 480GB</t>
         </is>
       </c>
       <c r="C546" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="0">
         <v>9955</v>
       </c>
       <c r="B547" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SA400 120GB</t>
         </is>
       </c>
       <c r="C547" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="0">
         <v>9956</v>
       </c>
       <c r="B548" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SA400 240GB</t>
         </is>
       </c>
       <c r="C548" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="0">
         <v>9957</v>
       </c>
       <c r="B549" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SA400 480GB</t>
         </is>
       </c>
       <c r="C549" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="0">
         <v>9958</v>
       </c>
       <c r="B550" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SA400 960GB</t>
         </is>
       </c>
       <c r="C550" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="0">
         <v>9959</v>
       </c>
       <c r="B551" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SUV500M8 120GB</t>
         </is>
       </c>
       <c r="C551" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="0">
         <v>9960</v>
       </c>
       <c r="B552" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SUV500M8 480GB</t>
         </is>
       </c>
       <c r="C552" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="0">
         <v>9961</v>
       </c>
       <c r="B553" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SUV500M8 960GB</t>
         </is>
       </c>
       <c r="C553" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="0">
         <v>9962</v>
       </c>
       <c r="B554" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SUV500MS 240GB</t>
         </is>
       </c>
       <c r="C554" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="0">
         <v>9963</v>
       </c>
       <c r="B555" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-76E1T0BW</t>
         </is>
       </c>
       <c r="C555" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="0">
         <v>9964</v>
       </c>
       <c r="B556" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-76E250B KR 250GB</t>
         </is>
       </c>
       <c r="C556" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="0">
         <v>9965</v>
       </c>
       <c r="B557" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-76E500BW</t>
         </is>
       </c>
       <c r="C557" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="0">
         <v>9966</v>
       </c>
       <c r="B558" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-76Q1T0BW</t>
         </is>
       </c>
       <c r="C558" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="0">
         <v>9967</v>
       </c>
       <c r="B559" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-76Q2T0BW</t>
         </is>
       </c>
       <c r="C559" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="0">
         <v>9968</v>
       </c>
       <c r="B560" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-76Q4T0BW</t>
         </is>
       </c>
       <c r="C560" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="0">
         <v>9969</v>
       </c>
       <c r="B561" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-N6E1T0BW</t>
         </is>
       </c>
       <c r="C561" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="0">
         <v>9970</v>
       </c>
       <c r="B562" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-N6E250BW</t>
         </is>
       </c>
       <c r="C562" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="0">
         <v>9971</v>
       </c>
       <c r="B563" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-N6E500BW</t>
         </is>
       </c>
       <c r="C563" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="0">
         <v>9972</v>
       </c>
       <c r="B564" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-V7P1T0BW</t>
         </is>
       </c>
       <c r="C564" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="0">
         <v>9973</v>
       </c>
       <c r="B565" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-V7P512BW</t>
         </is>
       </c>
       <c r="C565" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="0">
         <v>9974</v>
       </c>
       <c r="B566" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-V7S250BW</t>
         </is>
       </c>
       <c r="C566" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="0">
         <v>9975</v>
       </c>
       <c r="B567" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Samsung MZ-V7S500BW</t>
         </is>
       </c>
       <c r="C567" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="0">
         <v>9976</v>
       </c>
       <c r="B568" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD AddLink S68 256GB</t>
         </is>
       </c>
       <c r="C568" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="0">
         <v>9977</v>
       </c>
       <c r="B569" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD AddLink S70 256GB</t>
         </is>
       </c>
       <c r="C569" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="0">
         <v>9978</v>
       </c>
       <c r="B570" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Apacer 120GB</t>
         </is>
       </c>
       <c r="C570" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="0">
         <v>9979</v>
       </c>
       <c r="B571" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Apacer 240GB</t>
         </is>
       </c>
       <c r="C571" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="0">
         <v>9980</v>
       </c>
       <c r="B572" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Foxline 1024GB</t>
         </is>
       </c>
       <c r="C572" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="0">
         <v>9981</v>
       </c>
       <c r="B573" s="0" t="inlineStr">
         <is>
           <t>Внешний твердотельный накопитель SSD Foxline 128GB</t>
         </is>
       </c>
       <c r="C573" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="0">
         <v>9982</v>
       </c>
       <c r="B574" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Foxline 256GB</t>
         </is>
       </c>
       <c r="C574" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="0">
         <v>9983</v>
       </c>
       <c r="B575" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Foxline 512GB</t>
         </is>
       </c>
       <c r="C575" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="0">
         <v>9990</v>
       </c>
       <c r="B576" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SA400M8 120GB</t>
         </is>
       </c>
       <c r="C576" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="0">
         <v>9991</v>
       </c>
       <c r="B577" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Lexar NS100 SATA 128GB</t>
         </is>
       </c>
       <c r="C577" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="0">
         <v>9992</v>
       </c>
       <c r="B578" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Kingston SA400M8 240GB</t>
         </is>
       </c>
       <c r="C578" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="0">
         <v>9993</v>
       </c>
       <c r="B579" s="0" t="inlineStr">
         <is>
           <t>Внутренний SSD-накопитель 240Gb Lexar NS200 SATA</t>
         </is>
       </c>
       <c r="C579" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="0">
         <v>9994</v>
       </c>
       <c r="B580" s="0" t="inlineStr">
         <is>
           <t>Внутренний SSD-накопитель 256Gb Lexar NS100 SATA</t>
         </is>
       </c>
       <c r="C580" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="0">
         <v>9995</v>
       </c>
       <c r="B581" s="0" t="inlineStr">
         <is>
           <t>Внутренний SSD-накопитель 480Gb Lexar NS200 SATA</t>
         </is>
       </c>
       <c r="C581" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="0">
         <v>9996</v>
       </c>
       <c r="B582" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск Western Digital 3TB</t>
         </is>
       </c>
       <c r="C582" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="0">
         <v>9997</v>
       </c>
       <c r="B583" s="0" t="inlineStr">
         <is>
           <t>Внутренний жесткий диск HDD Seagate 2TB</t>
         </is>
       </c>
       <c r="C583" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="0">
         <v>9998</v>
       </c>
       <c r="B584" s="0" t="inlineStr">
         <is>
           <t>Факс Panasonic KX-FP207RU</t>
         </is>
       </c>
       <c r="C584" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="0">
         <v>9999</v>
       </c>
       <c r="B585" s="0" t="inlineStr">
         <is>
           <t>Факс Panasonic KX-FT981</t>
         </is>
       </c>
       <c r="C585" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="0">
         <v>10000</v>
       </c>
       <c r="B586" s="0" t="inlineStr">
         <is>
           <t>Факс Panasonic KX-FT984UA</t>
         </is>
       </c>
       <c r="C586" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="0">
         <v>10001</v>
       </c>
       <c r="B587" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-S400</t>
         </is>
       </c>
       <c r="C587" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="0">
         <v>10002</v>
       </c>
       <c r="B588" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-U05</t>
         </is>
       </c>
       <c r="C588" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="0">
         <v>10003</v>
       </c>
       <c r="B589" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-W41</t>
         </is>
       </c>
       <c r="C589" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="0">
         <v>10004</v>
       </c>
       <c r="B590" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-X400</t>
         </is>
       </c>
       <c r="C590" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="0">
         <v>10005</v>
       </c>
       <c r="B591" s="0" t="inlineStr">
         <is>
           <t>Проектор Optoma S331</t>
         </is>
       </c>
       <c r="C591" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="0">
         <v>10006</v>
       </c>
       <c r="B592" s="0" t="inlineStr">
         <is>
           <t>Проектор Optoma S341</t>
         </is>
       </c>
       <c r="C592" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="0">
         <v>10008</v>
       </c>
       <c r="B593" s="0" t="inlineStr">
         <is>
           <t>Экран для проектора Meki MWM-AV-84</t>
         </is>
       </c>
       <c r="C593" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="0">
         <v>10009</v>
       </c>
       <c r="B594" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool Cylon 600W</t>
         </is>
       </c>
       <c r="C594" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="0">
         <v>10010</v>
       </c>
       <c r="B595" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool Eco 400W</t>
         </is>
       </c>
       <c r="C595" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="0">
         <v>10011</v>
       </c>
       <c r="B596" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool Eco 450W</t>
         </is>
       </c>
       <c r="C596" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="0">
         <v>10012</v>
       </c>
       <c r="B597" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool KCAS PLUS 500W</t>
         </is>
       </c>
       <c r="C597" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="0">
         <v>10013</v>
       </c>
       <c r="B598" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool KCAS PLUS 600W</t>
         </is>
       </c>
       <c r="C598" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="0">
         <v>10014</v>
       </c>
       <c r="B599" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool KCAS PLUS 700W</t>
         </is>
       </c>
       <c r="C599" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="0">
         <v>10015</v>
       </c>
       <c r="B600" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool KCAS PLUS 750M</t>
         </is>
       </c>
       <c r="C600" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="0">
         <v>10016</v>
       </c>
       <c r="B601" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool KCAS PLUS 800W</t>
         </is>
       </c>
       <c r="C601" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="0">
         <v>10017</v>
       </c>
       <c r="B602" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool KCAS-1000M</t>
         </is>
       </c>
       <c r="C602" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="0">
         <v>10018</v>
       </c>
       <c r="B603" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Team Group L5 LITE 120GB</t>
         </is>
       </c>
       <c r="C603" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="0">
         <v>10019</v>
       </c>
       <c r="B604" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Team Group L5 LITE 1TB</t>
         </is>
       </c>
       <c r="C604" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="0">
         <v>10020</v>
       </c>
       <c r="B605" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Team Group L5 LITE 240GB</t>
         </is>
       </c>
       <c r="C605" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="0">
         <v>10021</v>
       </c>
       <c r="B606" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Team Group L5 LITE 480GB</t>
         </is>
       </c>
       <c r="C606" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="0">
         <v>10022</v>
       </c>
       <c r="B607" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Hikvision 128 GB</t>
         </is>
       </c>
       <c r="C607" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="0">
         <v>10023</v>
       </c>
       <c r="B608" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Hikvision 512 GB</t>
         </is>
       </c>
       <c r="C608" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="0">
         <v>10024</v>
       </c>
       <c r="B609" s="0" t="inlineStr">
         <is>
           <t>Внутренний твердотельный накопитель SSD Foxline 128GB</t>
         </is>
       </c>
       <c r="C609" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="0">
         <v>10025</v>
       </c>
       <c r="B610" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool KCAS-1200M</t>
         </is>
       </c>
       <c r="C610" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="0">
         <v>10026</v>
       </c>
       <c r="B611" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool VX Plus 400W</t>
         </is>
       </c>
       <c r="C611" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="0">
         <v>10027</v>
       </c>
       <c r="B612" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool VX Plus 450W</t>
         </is>
       </c>
       <c r="C612" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="0">
         <v>10028</v>
       </c>
       <c r="B613" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool VX Plus 500W</t>
         </is>
       </c>
       <c r="C613" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="0">
         <v>10029</v>
       </c>
       <c r="B614" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool VX Plus 550W</t>
         </is>
       </c>
       <c r="C614" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="0">
         <v>10030</v>
       </c>
       <c r="B615" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool VX Plus 600W</t>
         </is>
       </c>
       <c r="C615" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="0">
         <v>10031</v>
       </c>
       <c r="B616" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера AeroCool VX-750 700W</t>
         </is>
       </c>
       <c r="C616" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="0">
         <v>10032</v>
       </c>
       <c r="B617" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера Cooler Master MWE Gold Full Modular 750W</t>
         </is>
       </c>
       <c r="C617" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="0">
         <v>10033</v>
       </c>
       <c r="B618" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера Cooler Master V1200 Platinum BOX</t>
         </is>
       </c>
       <c r="C618" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="0">
         <v>10034</v>
       </c>
       <c r="B619" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера Cooler Master Vanguard 1200W</t>
         </is>
       </c>
       <c r="C619" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="0">
         <v>10035</v>
       </c>
       <c r="B620" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера GIGABYTE ATX-P350K</t>
         </is>
       </c>
       <c r="C620" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="0">
         <v>10036</v>
       </c>
       <c r="B621" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера Cooler Master MasterWatt Lite 500W</t>
         </is>
       </c>
       <c r="C621" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="0">
         <v>10037</v>
       </c>
       <c r="B622" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера Spire SP-ATX-1300W-ETH</t>
         </is>
       </c>
       <c r="C622" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="0">
         <v>10038</v>
       </c>
       <c r="B623" s="0" t="inlineStr">
         <is>
           <t>Блок питания для компьютера Spire SP-ATX-1600W-ETH</t>
         </is>
       </c>
       <c r="C623" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="0">
         <v>10039</v>
       </c>
       <c r="B624" s="0" t="inlineStr">
         <is>
           <t>Блок питания для ноутбука CoolerMaster NA65</t>
         </is>
       </c>
       <c r="C624" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="0">
         <v>10040</v>
       </c>
       <c r="B625" s="0" t="inlineStr">
         <is>
           <t>Блок питания для ноутбука HuntKey 65W ES Ultra Edition</t>
         </is>
       </c>
       <c r="C625" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="0">
         <v>10041</v>
       </c>
       <c r="B626" s="0" t="inlineStr">
         <is>
           <t>Блок питания для ноутбука CoolerMaster NA90</t>
         </is>
       </c>
       <c r="C626" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="0">
         <v>10042</v>
       </c>
       <c r="B627" s="0" t="inlineStr">
         <is>
           <t>Блок питания для ноутбука Gembird</t>
         </is>
       </c>
       <c r="C627" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="0">
         <v>10043</v>
       </c>
       <c r="B628" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Edifier C2V</t>
         </is>
       </c>
       <c r="C628" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="0">
         <v>10818</v>
       </c>
       <c r="B629" s="0" t="inlineStr">
         <is>
           <t>Охлаждающая подставка для ноутбука Cooler Master NotePal U2 PLUS</t>
         </is>
       </c>
       <c r="C629" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="0">
         <v>10819</v>
       </c>
       <c r="B630" s="0" t="inlineStr">
         <is>
           <t>Охлаждающая подставка для ноутбука Cooler Master NotePal L1</t>
         </is>
       </c>
       <c r="C630" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="0">
         <v>10820</v>
       </c>
       <c r="B631" s="0" t="inlineStr">
         <is>
           <t>Охлаждающая подставка для ноутбука Cooler Master NotePal CMC3</t>
         </is>
       </c>
       <c r="C631" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="0">
         <v>10821</v>
       </c>
       <c r="B632" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper 103</t>
         </is>
       </c>
       <c r="C632" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="0">
         <v>10822</v>
       </c>
       <c r="B633" s="0" t="inlineStr">
         <is>
           <t>Охлаждающая подставка для ноутбука Deepcool N400 Special Designed Cooler with 140mm Fan</t>
         </is>
       </c>
       <c r="C633" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="0">
         <v>10856</v>
       </c>
       <c r="B634" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool Theta 115</t>
         </is>
       </c>
       <c r="C634" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="0">
         <v>10878</v>
       </c>
       <c r="B635" s="0" t="inlineStr">
         <is>
           <t>Микрофон Razer Seiren X</t>
         </is>
       </c>
       <c r="C635" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="0">
         <v>10887</v>
       </c>
       <c r="B636" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox K500L</t>
         </is>
       </c>
       <c r="C636" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="0">
         <v>10888</v>
       </c>
       <c r="B637" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterCase SL600M</t>
         </is>
       </c>
       <c r="C637" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="0">
         <v>10889</v>
       </c>
       <c r="B638" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper H411R</t>
         </is>
       </c>
       <c r="C638" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="0">
         <v>10890</v>
       </c>
       <c r="B639" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper H412R</t>
         </is>
       </c>
       <c r="C639" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="0">
         <v>10891</v>
       </c>
       <c r="B640" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master Hyper TX3 EVO</t>
         </is>
       </c>
       <c r="C640" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="0">
         <v>10892</v>
       </c>
       <c r="B641" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master MasterLiquid ML120L RGB</t>
         </is>
       </c>
       <c r="C641" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="0">
         <v>10893</v>
       </c>
       <c r="B642" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cooler Master Elite 500W V3</t>
         </is>
       </c>
       <c r="C642" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="0">
         <v>10895</v>
       </c>
       <c r="B643" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cooler Master MasterBox E500L</t>
         </is>
       </c>
       <c r="C643" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="0">
         <v>10985</v>
       </c>
       <c r="B644" s="0" t="inlineStr">
         <is>
           <t>МФУ RICOH SP 210SU</t>
         </is>
       </c>
       <c r="C644" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="0">
         <v>11045</v>
       </c>
       <c r="B645" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 YC1 Black Cyan</t>
         </is>
       </c>
       <c r="C645" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="0">
         <v>11061</v>
       </c>
       <c r="B646" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 UC5 Black</t>
         </is>
       </c>
       <c r="C646" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="0">
         <v>11082</v>
       </c>
       <c r="B647" s="0" t="inlineStr">
         <is>
           <t>Наушники Razer Electra V2</t>
         </is>
       </c>
       <c r="C647" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="0">
         <v>11083</v>
       </c>
       <c r="B648" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1024D</t>
         </is>
       </c>
       <c r="C648" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="0">
         <v>11087</v>
       </c>
       <c r="B649" s="0" t="inlineStr">
         <is>
           <t>Наушники Razer Electra V2 USB</t>
         </is>
       </c>
       <c r="C649" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="0">
         <v>11088</v>
       </c>
       <c r="B650" s="0" t="inlineStr">
         <is>
           <t>Наушники Razer Kraken Green</t>
         </is>
       </c>
       <c r="C650" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="0">
         <v>11089</v>
       </c>
       <c r="B651" s="0" t="inlineStr">
         <is>
           <t>Наушники Razer Kraken</t>
         </is>
       </c>
       <c r="C651" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="0">
         <v>11091</v>
       </c>
       <c r="B652" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling SE-214L-R</t>
         </is>
       </c>
       <c r="C652" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="0">
         <v>11093</v>
       </c>
       <c r="B653" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool CK-11509</t>
         </is>
       </c>
       <c r="C653" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="0">
         <v>11094</v>
       </c>
       <c r="B654" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool CK-11508</t>
         </is>
       </c>
       <c r="C654" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="0">
         <v>11096</v>
       </c>
       <c r="B655" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling SE-812i</t>
         </is>
       </c>
       <c r="C655" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="0">
         <v>11097</v>
       </c>
       <c r="B656" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора ID-Cooling SE-912i</t>
         </is>
       </c>
       <c r="C656" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="0">
         <v>11098</v>
       </c>
       <c r="B657" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master R1I70C</t>
         </is>
       </c>
       <c r="C657" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="0">
         <v>11134</v>
       </c>
       <c r="B658" s="0" t="inlineStr">
         <is>
           <t>Наушники Gamdias Hephaestus P1</t>
         </is>
       </c>
       <c r="C658" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="0">
         <v>11135</v>
       </c>
       <c r="B659" s="0" t="inlineStr">
         <is>
           <t>Наушники Gamdias Hephaestus E1</t>
         </is>
       </c>
       <c r="C659" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="0">
         <v>11136</v>
       </c>
       <c r="B660" s="0" t="inlineStr">
         <is>
           <t>Наушники Gamdias Hebe M1</t>
         </is>
       </c>
       <c r="C660" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="0">
         <v>11137</v>
       </c>
       <c r="B661" s="0" t="inlineStr">
         <is>
           <t>Наушники Gamdias Hebe Е1</t>
         </is>
       </c>
       <c r="C661" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="0">
         <v>11151</v>
       </c>
       <c r="B662" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Active Backpack 15.6 Blue Yellow</t>
         </is>
       </c>
       <c r="C662" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="0">
         <v>11152</v>
       </c>
       <c r="B663" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Classic Backpack</t>
         </is>
       </c>
       <c r="C663" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="0">
         <v>11153</v>
       </c>
       <c r="B664" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Envy Urban 15.6 3KJ72AA</t>
         </is>
       </c>
       <c r="C664" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="0">
         <v>11154</v>
       </c>
       <c r="B665" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Duotone Backpack 15.6</t>
         </is>
       </c>
       <c r="C665" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="0">
         <v>11155</v>
       </c>
       <c r="B666" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Essential Backpack 15.6</t>
         </is>
       </c>
       <c r="C666" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="0">
         <v>11156</v>
       </c>
       <c r="B667" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Odyssey Backpack 15.6 X0R83AA</t>
         </is>
       </c>
       <c r="C667" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="0">
         <v>11157</v>
       </c>
       <c r="B668" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Omen Gaming Backpack 17.3</t>
         </is>
       </c>
       <c r="C668" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="0">
         <v>11158</v>
       </c>
       <c r="B669" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Pavilion Gaming Backpack 400</t>
         </is>
       </c>
       <c r="C669" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="0">
         <v>11159</v>
       </c>
       <c r="B670" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Pavilion Gaming Backpack 500</t>
         </is>
       </c>
       <c r="C670" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="0">
         <v>11160</v>
       </c>
       <c r="B671" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Prelude Backpack 15.6</t>
         </is>
       </c>
       <c r="C671" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="0">
         <v>11161</v>
       </c>
       <c r="B672" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Signature Backpack 15.6 L6V66AA</t>
         </is>
       </c>
       <c r="C672" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="0">
         <v>11162</v>
       </c>
       <c r="B673" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Value Backpack 15.6 K0B39AA</t>
         </is>
       </c>
       <c r="C673" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="0">
         <v>11163</v>
       </c>
       <c r="B674" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука Razer Rogue Backpack 13.3</t>
         </is>
       </c>
       <c r="C674" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="0">
         <v>11164</v>
       </c>
       <c r="B675" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука Razer Rogue Backpack 15.6</t>
         </is>
       </c>
       <c r="C675" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="0">
         <v>11165</v>
       </c>
       <c r="B676" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука Razer Rogue Backpack 17.3</t>
         </is>
       </c>
       <c r="C676" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="0">
         <v>11166</v>
       </c>
       <c r="B677" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Legend Backpack 15.6</t>
         </is>
       </c>
       <c r="C677" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="0">
         <v>11167</v>
       </c>
       <c r="B678" s="0" t="inlineStr">
         <is>
           <t>Сумка для ноутбука HP Spectre Slim Topload 14 W5T45AA</t>
         </is>
       </c>
       <c r="C678" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="0">
         <v>11168</v>
       </c>
       <c r="B679" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука Razer Tactical Pro Backpack 14</t>
         </is>
       </c>
       <c r="C679" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="0">
         <v>11169</v>
       </c>
       <c r="B680" s="0" t="inlineStr">
         <is>
           <t>Чехол для ноутбука HP Spectre Zip Sleeve 13.3</t>
         </is>
       </c>
       <c r="C680" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="0">
         <v>11170</v>
       </c>
       <c r="B681" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло AeroCool AC220 AIR RGB Black</t>
         </is>
       </c>
       <c r="C681" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="0">
         <v>11171</v>
       </c>
       <c r="B682" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 EC3 Black Red</t>
         </is>
       </c>
       <c r="C682" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="0">
         <v>11172</v>
       </c>
       <c r="B683" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Seagate Expansion Portable Drive 1 ТБ</t>
         </is>
       </c>
       <c r="C683" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="0">
         <v>11173</v>
       </c>
       <c r="B684" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Seagate Expansion Portable Drive 2 ТБ</t>
         </is>
       </c>
       <c r="C684" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="0">
         <v>11174</v>
       </c>
       <c r="B685" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Seagate Expansion Portable Drive 4 ТБ</t>
         </is>
       </c>
       <c r="C685" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="0">
         <v>11175</v>
       </c>
       <c r="B686" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Seagate Expansion Portable Drive 5 ТБ</t>
         </is>
       </c>
       <c r="C686" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="0">
         <v>11176</v>
       </c>
       <c r="B687" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Toshiba Canvio Basics 1ТБ USB</t>
         </is>
       </c>
       <c r="C687" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="0">
         <v>11177</v>
       </c>
       <c r="B688" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Toshiba Canvio Basics 2ТБ</t>
         </is>
       </c>
       <c r="C688" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="0">
         <v>11178</v>
       </c>
       <c r="B689" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Transcend StoreJet 25H3P 4ТБ</t>
         </is>
       </c>
       <c r="C689" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="0">
         <v>11179</v>
       </c>
       <c r="B690" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Transcend StoreJet 25M3 1ТБ</t>
         </is>
       </c>
       <c r="C690" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="0">
         <v>11180</v>
       </c>
       <c r="B691" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Transcend StoreJet 25M3 2ТБ</t>
         </is>
       </c>
       <c r="C691" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="0">
         <v>11181</v>
       </c>
       <c r="B692" s="0" t="inlineStr">
         <is>
           <t>Акустическая система F&amp;D F3800X 5.1</t>
         </is>
       </c>
       <c r="C692" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="0">
         <v>11182</v>
       </c>
       <c r="B693" s="0" t="inlineStr">
         <is>
           <t>Акустическая система F&amp;D R60BT</t>
         </is>
       </c>
       <c r="C693" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="0">
         <v>11183</v>
       </c>
       <c r="B694" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier r980T</t>
         </is>
       </c>
       <c r="C694" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="0">
         <v>11184</v>
       </c>
       <c r="B695" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier C2XD</t>
         </is>
       </c>
       <c r="C695" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="0">
         <v>11185</v>
       </c>
       <c r="B696" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier C3X</t>
         </is>
       </c>
       <c r="C696" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="0">
         <v>11186</v>
       </c>
       <c r="B697" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier E235 2.1</t>
         </is>
       </c>
       <c r="C697" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="0">
         <v>11187</v>
       </c>
       <c r="B698" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier E25HD Luna Eclipse</t>
         </is>
       </c>
       <c r="C698" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="0">
         <v>11188</v>
       </c>
       <c r="B699" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier E3360BT</t>
         </is>
       </c>
       <c r="C699" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="0">
         <v>11189</v>
       </c>
       <c r="B700" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier M1250</t>
         </is>
       </c>
       <c r="C700" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="0">
         <v>11190</v>
       </c>
       <c r="B701" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier M1360</t>
         </is>
       </c>
       <c r="C701" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="0">
         <v>11191</v>
       </c>
       <c r="B702" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier M1390</t>
         </is>
       </c>
       <c r="C702" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="0">
         <v>11192</v>
       </c>
       <c r="B703" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier M2280</t>
         </is>
       </c>
       <c r="C703" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="0">
         <v>11193</v>
       </c>
       <c r="B704" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier P3080M</t>
         </is>
       </c>
       <c r="C704" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="0">
         <v>11194</v>
       </c>
       <c r="B705" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R1010BT</t>
         </is>
       </c>
       <c r="C705" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="0">
         <v>11195</v>
       </c>
       <c r="B706" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R1280T</t>
         </is>
       </c>
       <c r="C706" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="0">
         <v>11196</v>
       </c>
       <c r="B707" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R12U</t>
         </is>
       </c>
       <c r="C707" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="0">
         <v>11197</v>
       </c>
       <c r="B708" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R1580MB</t>
         </is>
       </c>
       <c r="C708" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="0">
         <v>11198</v>
       </c>
       <c r="B709" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R1850DB</t>
         </is>
       </c>
       <c r="C709" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="0">
         <v>11199</v>
       </c>
       <c r="B710" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R19U</t>
         </is>
       </c>
       <c r="C710" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="0">
         <v>11200</v>
       </c>
       <c r="B711" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R2700</t>
         </is>
       </c>
       <c r="C711" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="0">
         <v>11201</v>
       </c>
       <c r="B712" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R2750DB</t>
         </is>
       </c>
       <c r="C712" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="0">
         <v>11202</v>
       </c>
       <c r="B713" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R2800</t>
         </is>
       </c>
       <c r="C713" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="0">
         <v>11225</v>
       </c>
       <c r="B714" s="0" t="inlineStr">
         <is>
           <t>Проектор Epson EB-X41</t>
         </is>
       </c>
       <c r="C714" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="0">
         <v>11279</v>
       </c>
       <c r="B715" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha S Black</t>
         </is>
       </c>
       <c r="C715" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="0">
         <v>11429</v>
       </c>
       <c r="B716" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Flight PC PS4</t>
         </is>
       </c>
       <c r="C716" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="0">
         <v>11433</v>
       </c>
       <c r="B717" s="0" t="inlineStr">
         <is>
           <t>Наушники HyperX Cloud Alpha Gold</t>
         </is>
       </c>
       <c r="C717" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="0">
         <v>11473</v>
       </c>
       <c r="B718" s="0" t="inlineStr">
         <is>
           <t>Проектор Acer X118H</t>
         </is>
       </c>
       <c r="C718" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="0">
         <v>11574</v>
       </c>
       <c r="B719" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier P841</t>
         </is>
       </c>
       <c r="C719" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="0">
         <v>11575</v>
       </c>
       <c r="B720" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier K830</t>
         </is>
       </c>
       <c r="C720" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="0">
         <v>11576</v>
       </c>
       <c r="B721" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier K550</t>
         </is>
       </c>
       <c r="C721" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="0">
         <v>12314</v>
       </c>
       <c r="B722" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер TP-Link Archer T4U</t>
         </is>
       </c>
       <c r="C722" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="0">
         <v>15312</v>
       </c>
       <c r="B723" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier S2000 Pro</t>
         </is>
       </c>
       <c r="C723" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="0">
         <v>15313</v>
       </c>
       <c r="B724" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier S350DB</t>
         </is>
       </c>
       <c r="C724" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="0">
         <v>15314</v>
       </c>
       <c r="B725" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier S550</t>
         </is>
       </c>
       <c r="C725" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="0">
         <v>15315</v>
       </c>
       <c r="B726" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier S730</t>
         </is>
       </c>
       <c r="C726" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="0">
         <v>15316</v>
       </c>
       <c r="B727" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier S880DB</t>
         </is>
       </c>
       <c r="C727" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="0">
         <v>15317</v>
       </c>
       <c r="B728" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier XM2BT</t>
         </is>
       </c>
       <c r="C728" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="0">
         <v>15318</v>
       </c>
       <c r="B729" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier XM3BT</t>
         </is>
       </c>
       <c r="C729" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="0">
         <v>15344</v>
       </c>
       <c r="B730" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier XM6BT</t>
         </is>
       </c>
       <c r="C730" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="0">
         <v>15345</v>
       </c>
       <c r="B731" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D A111</t>
         </is>
       </c>
       <c r="C731" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="0">
         <v>15346</v>
       </c>
       <c r="B732" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D A180X</t>
         </is>
       </c>
       <c r="C732" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="0">
         <v>15347</v>
       </c>
       <c r="B733" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D A320</t>
         </is>
       </c>
       <c r="C733" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="0">
         <v>15348</v>
       </c>
       <c r="B734" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D A140X</t>
         </is>
       </c>
       <c r="C734" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="0">
         <v>15349</v>
       </c>
       <c r="B735" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D A350U</t>
         </is>
       </c>
       <c r="C735" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="0">
         <v>15350</v>
       </c>
       <c r="B736" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D A522</t>
         </is>
       </c>
       <c r="C736" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="0">
         <v>15351</v>
       </c>
       <c r="B737" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D F380X</t>
         </is>
       </c>
       <c r="C737" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="0">
         <v>15352</v>
       </c>
       <c r="B738" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D F560X</t>
         </is>
       </c>
       <c r="C738" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="0">
         <v>15353</v>
       </c>
       <c r="B739" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D R-215</t>
         </is>
       </c>
       <c r="C739" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="0">
         <v>15354</v>
       </c>
       <c r="B740" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D R25BT</t>
         </is>
       </c>
       <c r="C740" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="0">
         <v>15355</v>
       </c>
       <c r="B741" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D R30BT</t>
         </is>
       </c>
       <c r="C741" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="0">
         <v>15356</v>
       </c>
       <c r="B742" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D T30X</t>
         </is>
       </c>
       <c r="C742" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="0">
         <v>15357</v>
       </c>
       <c r="B743" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D T400X</t>
         </is>
       </c>
       <c r="C743" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="0">
         <v>15358</v>
       </c>
       <c r="B744" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D T60X</t>
         </is>
       </c>
       <c r="C744" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="0">
         <v>15359</v>
       </c>
       <c r="B745" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D U213A</t>
         </is>
       </c>
       <c r="C745" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="0">
         <v>15360</v>
       </c>
       <c r="B746" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D T300X</t>
         </is>
       </c>
       <c r="C746" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="0">
         <v>15361</v>
       </c>
       <c r="B747" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D W330X</t>
         </is>
       </c>
       <c r="C747" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="0">
         <v>15362</v>
       </c>
       <c r="B748" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика F&amp;D W130X</t>
         </is>
       </c>
       <c r="C748" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="0">
         <v>15363</v>
       </c>
       <c r="B749" s="0" t="inlineStr">
         <is>
           <t>Саундбар Edifier CineSound B3</t>
         </is>
       </c>
       <c r="C749" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="0">
         <v>15364</v>
       </c>
       <c r="B750" s="0" t="inlineStr">
         <is>
           <t>Саундбар Edifier S50DB</t>
         </is>
       </c>
       <c r="C750" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="0">
         <v>15366</v>
       </c>
       <c r="B751" s="0" t="inlineStr">
         <is>
           <t>Саундбар Edifier S70DB</t>
         </is>
       </c>
       <c r="C751" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="0">
         <v>15367</v>
       </c>
       <c r="B752" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link Archer T2U</t>
         </is>
       </c>
       <c r="C752" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="0">
         <v>15369</v>
       </c>
       <c r="B753" s="0" t="inlineStr">
         <is>
           <t>Наушники Gamdias HEPHAESTUS V2</t>
         </is>
       </c>
       <c r="C753" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="0">
         <v>15370</v>
       </c>
       <c r="B754" s="0" t="inlineStr">
         <is>
           <t>Насадки-ушки для наушников Razer Kitty Ears Quartz</t>
         </is>
       </c>
       <c r="C754" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="0">
         <v>15371</v>
       </c>
       <c r="B755" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier G4Pro</t>
         </is>
       </c>
       <c r="C755" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="0">
         <v>15372</v>
       </c>
       <c r="B756" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier H840</t>
         </is>
       </c>
       <c r="C756" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="0">
         <v>15373</v>
       </c>
       <c r="B757" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier H850</t>
         </is>
       </c>
       <c r="C757" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="0">
         <v>15374</v>
       </c>
       <c r="B758" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier H880</t>
         </is>
       </c>
       <c r="C758" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="0">
         <v>15375</v>
       </c>
       <c r="B759" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier P275</t>
         </is>
       </c>
       <c r="C759" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="0">
         <v>15376</v>
       </c>
       <c r="B760" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier P293</t>
         </is>
       </c>
       <c r="C760" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="0">
         <v>15377</v>
       </c>
       <c r="B761" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier V4</t>
         </is>
       </c>
       <c r="C761" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="0">
         <v>15378</v>
       </c>
       <c r="B762" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier W360BT</t>
         </is>
       </c>
       <c r="C762" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="0">
         <v>15379</v>
       </c>
       <c r="B763" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier W800BT</t>
         </is>
       </c>
       <c r="C763" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="0">
         <v>15380</v>
       </c>
       <c r="B764" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier W820BT</t>
         </is>
       </c>
       <c r="C764" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="0">
         <v>15381</v>
       </c>
       <c r="B765" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier W830BT</t>
         </is>
       </c>
       <c r="C765" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="0">
         <v>15382</v>
       </c>
       <c r="B766" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier W855BT</t>
         </is>
       </c>
       <c r="C766" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="0">
         <v>15383</v>
       </c>
       <c r="B767" s="0" t="inlineStr">
         <is>
           <t>Наушники Edifier W860BT</t>
         </is>
       </c>
       <c r="C767" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="0">
         <v>15384</v>
       </c>
       <c r="B768" s="0" t="inlineStr">
         <is>
           <t>Наушники Gamdias EROS M2</t>
         </is>
       </c>
       <c r="C768" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="0">
         <v>15385</v>
       </c>
       <c r="B769" s="0" t="inlineStr">
         <is>
           <t>Веб камера Genius ECam 8000</t>
         </is>
       </c>
       <c r="C769" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="0">
         <v>15386</v>
       </c>
       <c r="B770" s="0" t="inlineStr">
         <is>
           <t>Геймпад Gembird JPD-UB-01</t>
         </is>
       </c>
       <c r="C770" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="0">
         <v>15393</v>
       </c>
       <c r="B771" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link Archer T4E</t>
         </is>
       </c>
       <c r="C771" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="0">
         <v>15764</v>
       </c>
       <c r="B772" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link Archer T6E</t>
         </is>
       </c>
       <c r="C772" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="0">
         <v>15765</v>
       </c>
       <c r="B773" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link Archer T9UH</t>
         </is>
       </c>
       <c r="C773" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="0">
         <v>15766</v>
       </c>
       <c r="B774" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link MW300UM</t>
         </is>
       </c>
       <c r="C774" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="0">
         <v>15767</v>
       </c>
       <c r="B775" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link TL-WN722N</t>
         </is>
       </c>
       <c r="C775" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="0">
         <v>15768</v>
       </c>
       <c r="B776" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link TL-WN725N</t>
         </is>
       </c>
       <c r="C776" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="0">
         <v>15769</v>
       </c>
       <c r="B777" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link TL-WN823N</t>
         </is>
       </c>
       <c r="C777" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="0">
         <v>15770</v>
       </c>
       <c r="B778" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер TP-Link TL-WN851ND</t>
         </is>
       </c>
       <c r="C778" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>