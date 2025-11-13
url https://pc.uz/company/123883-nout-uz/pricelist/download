--- v0 (2025-10-02)
+++ v1 (2025-11-13)
@@ -85,722 +85,722 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4149</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS VivoBook 15 X512DA-EJ194</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>4150</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS VivoBook 15 X512DA 90NB0LZ3</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4151</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS VivoBook S15 Intel Core i5-8265U</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4152</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS VivoBook 15 X512  Intel Core i5-8265U</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4153</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS Laptop 15 X509 Intel Core i3-8145U</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4154</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 5 AN515-54 Intel Core i5-9300H Coffee Lake</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>4155</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 5 AN517-51-578S 17.3"</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>4156</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Ноутбук  ASUS ROG Strix G531 Intel Core i7-9750H 15,6" Full-HD IPS 120 Гц</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>4157</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS Laptop X543MA Intel N4000 Intel UHD Graphics 600</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>4158</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS ROG STRIX SCAR II Intel Core i7-8750H NVIDIA GeForce GTX 1070 15,6" Full-HD IPS, 144 Гц</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>4159</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Ноутбук ASUS ROG STRIX SCAR III G531GV 15,6" Full-HD IPS 240 Гц</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>4160</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 5 Intel Core i7-9750H GTX 1650 17.3″Full HD, IPS 144Hz 512GB PCle NVMe SSD</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>4162</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 5 AN515-54-773E</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>4164</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 7 AN715-51-70TG</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>4161</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Nitro 7 AN715-51-701Y</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>4165</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Predator Helios 300 15 PH315-51-71FS</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>4166</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Laptop 15 i3-1005G1 512 GB M.2 SSD 15.6"</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>4167</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 15 i5-1035G1 MX250 256GB SSD</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>4168</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP OMEN 17t i9 9880H RTX 2080</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>4169</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion Gaming 15 i7-9750H GTX 1660 Ti 6GB</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>4170</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion Gaming 15 i7-9750H GTX 1650  4GB</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>4171</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ENVY Laptop - 17t i7-10510U MX250 17.3″  TouchScreen</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>4172</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Pavilion 15  i5-1035G1 MX250 512GB SSD</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>4173</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Gaming Pavilion 15 i5-9300H GTX 1050 Intel UHD Graphics 630</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>4174</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Gaming 15 i5-8300H GTX 1050 Ti Intel UHD Graphics 630</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>4175</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP OMEN X 17 i7-7700HQ GTX 1080 17.3" 1 TB</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>4176</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell G5 15 5590 i7-9750H GTX 1660 Ti 1256 ГБ (HDD+SSD)</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>4177</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell XPS 15 9575 i5-8305G</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>4178</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell G7 17 7790 i7-8750 RTX 2060</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>4179</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Alienware M17  R2 Gaming  i7-9750H  RTX 2070 17,3" 144 Hz</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>4180</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell Inspirion 15 7580 i5-8265U Intel UHD Graphics 620</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>4181</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Dell G3 15 Gaming i5-8265U GTX 1660Ti</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>4182</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSI GS65 Stealth GS65006</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>4183</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSI GE75 8SG Raider i7-8750H RTX 2070</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>4184</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSI GP75 Leopard  i7-9750H  GTX 1660 Ti</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>4185</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSI GS65 Stealth 9SE i7-9750H RTX 2060</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0">
         <v>4186</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSI GS75 Stealth 9SF i7-9750H RTX 2070</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0">
         <v>4187</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSI GF65 Thin i7-9750H GTX 1660 Ti</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0">
         <v>4188</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSi GF75 Thin i7-8750H GTX 1050</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0">
         <v>4189</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Ноутбук MSI GL65 9SD i7-9750H GTX 1660Ti 6GB</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0">
         <v>4190</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Ideapad S540 i5-8265U Intel UHD Graphics 620</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0">
         <v>4191</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Lenovo Legion Y545 i7-9750HF GTX 1660Ti 6GB</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0">
         <v>4192</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Razer Blade Stealth 13  i7-8565U MX150 2GB</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0">
         <v>4193</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Razer Blade PRO 17 i7-9750H RTX 2060 6GB</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0">
         <v>4195</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP Omen X 2S Laptop — 15t i7-9750H RTX 2070 Max-Q</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0">
         <v>4194</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Acer Predator Helios 300 Gaming Laptop i7-9750H RTX 2060 6GB</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>