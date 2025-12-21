--- v0 (2025-10-02)
+++ v1 (2025-12-21)
@@ -85,1487 +85,1487 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4375</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M90 Black</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>4376</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M100 Black</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4377</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M105 Black</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4378</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M186 Black Wireless</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4379</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M235 Grey-Black Wireless</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4380</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M238 flags Wireless</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>3857</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF112 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>4214</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Монитор Artel M100019D 18.5" LED</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>4550</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Huawei eSpace 7910</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>10841</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Кулер для корпуса Deepcool MF 120S</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>10842</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Кулер для корпуса Deepcool CF 120 3 in 1</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>10843</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Кулер для корпуса Deepcool RF 120 3 in 1</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>10844</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Кулер для корпуса Deepcool UF 140</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>10845</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Кулер для корпуса Deepcool XFan 120 L/W</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>10846</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Кулер для корпуса Deepcool XFan 120 L/B</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>10847</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Кулер для корпуса Deepcool XFan 120 L/R</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>10848</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Кулер для корпуса Deepcool XFan 5 PCI SLOT FAN</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>10849</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения Deepcool CASTLE 360RGB V2</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>10850</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения Deepcool CASTLE 240RGB V2</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>10851</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool Neptwin V2</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>10852</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool AMD 250W Fryzen</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>10853</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool Gammaxx 300</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>10854</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool Theta 31 PWM</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>10855</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool Theta 21 PWM</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>10856</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Deepcool Theta 115</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>10857</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Кулер для видеокарты Deepcool V200</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>10858</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Кулер для видеокарты Deepcool V4600</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>10859</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake UX100 ARGB</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>10860</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Contac 9</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>10861</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Contac Silent 12</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>10862</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Riing Silent 12 Blue</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>10863</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Riing Silent 12 Red</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>10864</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Riing Silent 12 Pro Red</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>10865</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Thermaltake Riing Silent 12 Pro Blue</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>10866</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 Performer C</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>10867</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 120 ARGB</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0">
         <v>10868</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Thermaltake Water 3.0 Riing RGB 240</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0">
         <v>10869</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Thermaltake Pure 12</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0">
         <v>10870</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса Thermaltake Riing 14 LED Blue</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0">
         <v>10872</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Наушники Microlab T1</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0">
         <v>10937</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора AVTECH AV-HZ120</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0">
         <v>10938</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса COUGAR VORTEX RGB FCB 120</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0">
         <v>10939</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Вентилятор для корпуса COUGAR VORTEX RGB HPB 120</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0">
         <v>10940</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Комплект вентиляторов для корпуса COUGAR VORTEX RGB FCB 120 Cooling Kit</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0">
         <v>10941</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения COUGAR AQUA 120</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0">
         <v>10942</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения COUGAR AQUA 240</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0">
         <v>10943</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения COUGAR AQUA 280</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0">
         <v>10944</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения COUGAR AQUA 360</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0">
         <v>10945</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Системы водяного охлаждения Cougar Helor 240</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="0">
         <v>10946</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Системы водяного охлаждения Cougar Helor 360</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="0">
         <v>10947</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler E90</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="0">
         <v>10948</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler E80</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="0">
         <v>10949</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-R68X CORONA RGB</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="0">
         <v>10950</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-R66U Blue</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="0">
         <v>10951</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-D66A HALO RGB</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="0">
         <v>10952</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-H58U CORONA Blue</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="0">
         <v>10953</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-H58U CORONA Red</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="0">
         <v>10954</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-H58UB CORONA Blue</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="0">
         <v>10955</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Pccooler GI-H58UB CORONA Red</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="0">
         <v>10956</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-D56V HALO RGB</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="0">
         <v>10957</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-D56A HALO RGB</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="0">
         <v>10958</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X6 Blue</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="0">
         <v>10959</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X6 Red</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="0">
         <v>10960</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X5 Red</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="0">
         <v>10961</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X5 Blue</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="0">
         <v>10962</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X4 Blue</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="0">
         <v>10963</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X4 Red</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="0">
         <v>10964</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler S88</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="0">
         <v>10965</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler S83</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="0">
         <v>10966</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler E126M Blue</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="0">
         <v>10967</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler E126M Red</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="0">
         <v>10968</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения PCcooler GI-AL120C CORONA W</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="0">
         <v>10969</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения PCcooler GI-AH120P HALO FRGB</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="0">
         <v>10970</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения PCcooler GI-CX240 ARGB</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="0">
         <v>10971</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения PCcooler GI-AL240C CORONA Blue</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="0">
         <v>10972</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения PCcooler GI-AH360P HALO FRGB</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="0">
         <v>10973</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения PCcooler GI-CX360 RGB</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="0">
         <v>11041</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor Titan Pro Royal</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="0">
         <v>11046</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Ranger</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="0">
         <v>11047</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor One EVA</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="0">
         <v>11052</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло ThunderX3 DC1 Black Cyan</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="0">
         <v>11084</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SG1024D</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="0">
         <v>11086</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link T1600G-28TS (TL-SG2424)</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="0">
         <v>11098</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Cooler Master R1I70C</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="0">
         <v>11115</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech G PRO Black</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="0">
         <v>11121</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech H111 Dark Silver</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="0">
         <v>11145</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Gamdias Hermes M1</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="0">
         <v>11147</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Комплект клавиатура и мышь Gamdias GKC6011</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="0">
         <v>11148</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Набор клавиатуры мышки наушники Gamdias Poseidon e1</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="0">
         <v>11158</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Pavilion Gaming Backpack 400</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="0">
         <v>11185</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier C3X</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="0">
         <v>11187</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier E25HD Luna Eclipse</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="0">
         <v>11189</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier M1250</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="0">
         <v>11194</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R1010BT</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="0">
         <v>11197</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R1580MB</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="0">
         <v>11199</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R19U</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="0">
         <v>11201</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Компьютерная акустика Edifier R2750DB</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>