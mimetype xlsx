--- v0 (2025-10-11)
+++ v1 (2026-01-01)
@@ -85,332 +85,332 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>11062</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone X 64 GB Space Gray</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>11063</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone X 256GB Space Gray</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>11064</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XS 64GB Space Grey</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>11065</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XS Max 64GB Space Grey</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>11066</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XS Max 256GB Space Grey</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>11067</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XR 64GB Black</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>11068</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XR 128GB Black</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>11069</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XR 256GB Black</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>11070</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 7 32GB Black</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>11071</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 8 64GB Space Gray</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>11072</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 8 256GB Space Gray</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>11073</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 8 Plus 64GB Space Gray</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>11074</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 8 Plus 256GB Space Gray</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>11075</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 64GB Black</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>11076</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 128GB Black</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>11077</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro 64GB Space Gray</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>11078</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro 256GB Space Gray</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>11079</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro Max 64GB Space Gray</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>11080</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro Max 256GB Space Gray</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>11081</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro Max 512GB Space Gray</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 UZS</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>