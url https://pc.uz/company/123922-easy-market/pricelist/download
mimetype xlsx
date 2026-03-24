--- v1 (2026-01-01)
+++ v2 (2026-03-24)
@@ -85,332 +85,332 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>11062</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone X 64 GB Space Gray</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>11063</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone X 256GB Space Gray</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>11064</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XS 64GB Space Grey</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>11065</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XS Max 64GB Space Grey</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>11066</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XS Max 256GB Space Grey</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>11067</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XR 64GB Black</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>11068</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XR 128GB Black</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>11069</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone XR 256GB Black</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>11070</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 7 32GB Black</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>11071</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 8 64GB Space Gray</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>11072</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 8 256GB Space Gray</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>11073</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 8 Plus 64GB Space Gray</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>11074</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 8 Plus 256GB Space Gray</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>11075</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 64GB Black</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>11076</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 128GB Black</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>11077</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro 64GB Space Gray</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>11078</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro 256GB Space Gray</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>11079</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro Max 64GB Space Gray</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>11080</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro Max 256GB Space Gray</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>11081</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Смартфон Apple iPhone 11 Pro Max 512GB Space Gray</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 UZS</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>