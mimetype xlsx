--- v0 (2025-10-23)
+++ v1 (2025-11-13)
@@ -85,20012 +85,20012 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4163</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Планшетный сканер CanoScan LiDE 300</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>4209</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 19M38A 18.5" LED</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4210</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 20M38A 19.5" LED</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4211</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 29UM68-P.ADG 29" IPS</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4212</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech M100019D 18.5" LED</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4213</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech M100022D 21.5" LED</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>4214</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Монитор Artel M100019D 18.5" LED</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>4215</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Монитор Artel M100022D 21.5" LED</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>4216</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Монитор Artel M200022D 21.5" IPS</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>4217</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Монитор Artel M200024D 23.8" IPS</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>4218</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 20MK400A-B.ADG 20"</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>4219</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech M200024D 23.8" IPS</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>4223</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung C27F396FHI 27"</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>4227</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech PRO3000 32CD IPS LED C-75Hz</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>4228</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech PRO3000 40CD IPS LED C-75Hz White</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>4230</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VG248QG 24" GAMING TN</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>4231</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS ROG STRIX XG27VQ 27"</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>4235</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS PG278QR 27"</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>4244</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Клавиатура AV-125 USB</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>4247</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS CERBERUS BLACK</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>4248</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS CERBERUS MKII</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>4249</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS CERBERUS MECH RGB</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>4250</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Клавиатура  ASUS ROG CLAYMORE CORE</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>4224</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Монитор LG 27MK400A-B.ADG 27"</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>4276</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AVT-M100</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>4277</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AVT-M101</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>4278</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AV-112S</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>4279</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AV-195 Wireless</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>4280</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AVTECH MW203 Wireless</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>4282</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AVTECH MW204 Wireless</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>4283</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M185 SWIFT GREY</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>4288</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar Revenger ST</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>4290</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar Revenger</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>4293</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG GLADIUS II</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>4296</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M170 GREY</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>4299</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M171 BLACK</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0">
         <v>4300</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M220 SILENT</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0">
         <v>4303</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G102 PRODIGY</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0">
         <v>4305</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G305 LIGHTSPEED</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0">
         <v>4310</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech MX Master 2S</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0">
         <v>4317</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Avtech KW404</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0">
         <v>4319</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь ASUS TUF GAMING COMBO</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0">
         <v>4321</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK220</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0">
         <v>4322</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK240</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0">
         <v>4324</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK235</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0">
         <v>4220</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Монитор Samsung C24F396FHI 24"</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0">
         <v>4222</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech PRO3000 27CD Curved IPS LED 75Hz</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0">
         <v>4233</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS XG32VQ 32"</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0">
         <v>4234</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS XG32VQR 32"</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="0">
         <v>4444</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Наушники ASUS TUF GAMING H3 RED</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>936 300 сум</t>
+          <t>936 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="0">
         <v>4287</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus TUF GAMING M5 GRAY</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>517 500 сум</t>
+          <t>517 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="0">
         <v>4232</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS XG258Q</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>8 266 200 сум</t>
+          <t>8 266 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="0">
         <v>4226</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech PRO3000 27CD Curved IPS LED 165Hz</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>3 174 000 сум</t>
+          <t>3 174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="0">
         <v>4225</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech PRO3000 27D IPS LED 165Hz</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>3 174 000 сум</t>
+          <t>3 174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="0">
         <v>4221</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech PRO3000 27D IPS LED 75Hz</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>2 777 300 сум</t>
+          <t>2 777 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="0">
         <v>4229</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech PRO3000 32CD IPS LED C-165Hz</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>4 232 000 сум</t>
+          <t>4 232 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="0">
         <v>4489</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2530i</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>20 724 000 сум</t>
+          <t>20 724 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="0">
         <v>3857</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF112 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>3 241 600 сум</t>
+          <t>3 241 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="0">
         <v>3861</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF426dw (принтер, сканер, копир, факс)</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>5 966 400 сум</t>
+          <t>5 966 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="0">
         <v>4485</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF443dw</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>5 402 700 сум</t>
+          <t>5 402 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="0">
         <v>4318</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь ASUS CERBERUS COMBO</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>910 800 сум</t>
+          <t>910 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="0">
         <v>4294</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar 700M EVO</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>759 000 сум</t>
+          <t>759 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="0">
         <v>4289</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar Surpassion</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>506 000 сум</t>
+          <t>506 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="0">
         <v>4291</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar Surpassion RX</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>657 800 сум</t>
+          <t>657 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="0">
         <v>3786</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G4400 - 2.9 GHz, 3M, oem, LGA1151, Skylake</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>1 254 000 сум</t>
+          <t>1 254 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="0">
         <v>4346</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML110 Gen10</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>23 766 000 сум</t>
+          <t>23 766 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="0">
         <v>4341</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML30 Gen10</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>16 077 000 сум</t>
+          <t>16 077 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="0">
         <v>4544</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Веб-камера Logitech HD C930e</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>2 112 600 сум</t>
+          <t>2 112 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="0">
         <v>4246</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS CERBERUS ARCTIC</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>660 000 сум</t>
+          <t>660 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="0">
         <v>4251</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS ROG STRIX SCOPE</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>2 429 000 сум</t>
+          <t>2 429 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="0">
         <v>4242</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Клавиатура AV-802m PS/2</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>48 800 сум</t>
+          <t>48 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="0">
         <v>4256</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech G213 Prodigy</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>1 035 000 сум</t>
+          <t>1 035 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="0">
         <v>4257</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech G413</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>1 163 800 сум</t>
+          <t>1 163 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="0">
         <v>4252</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech K120</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>141 500 сум</t>
+          <t>141 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="0">
         <v>4254</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech K270</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>278 300 сум</t>
+          <t>278 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="0">
         <v>4253</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech K280e</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>273 200 сум</t>
+          <t>273 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="0">
         <v>4255</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech K360</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>363 500 сум</t>
+          <t>363 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="0">
         <v>4245</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech K400 Plus</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>451 300 сум</t>
+          <t>451 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="0">
         <v>4323</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK270</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>379 500 сум</t>
+          <t>379 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="0">
         <v>4384</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G603 Black Wireless</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>1 012 000 сум</t>
+          <t>1 012 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="0">
         <v>4386</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G703 Black Wireless</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>1 498 800 сум</t>
+          <t>1 498 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="0">
         <v>4298</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M171 BLUE</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>128 300 сум</t>
+          <t>128 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="0">
         <v>4297</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M171 RED</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>128 300 сум</t>
+          <t>128 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="0">
         <v>4284</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M280</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>257 600 сум</t>
+          <t>257 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="0">
         <v>4302</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M330 SILENT PLUS</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>246 900 сум</t>
+          <t>246 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="0">
         <v>4371</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M590 Graphite</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>689 400 сум</t>
+          <t>689 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="0">
         <v>4306</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M705</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>676 900 сум</t>
+          <t>676 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="0">
         <v>4307</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M720 Triathlon</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>822 300 сум</t>
+          <t>822 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="0">
         <v>4309</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech MX Anywhere 2S</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>1 035 000 сум</t>
+          <t>1 035 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="0">
         <v>4292</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG PUGIO</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>1 044 800 сум</t>
+          <t>1 044 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="0">
         <v>4135</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z390 GAMING EDGE AC</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>2 884 200 сум</t>
+          <t>2 884 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="0">
         <v>3874</v>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G3411</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
-          <t>2 975 600 сум</t>
+          <t>2 975 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="0">
         <v>4374</v>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G502 HERO</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
-          <t>1 242 000 сум</t>
+          <t>1 242 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="0">
         <v>4301</v>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G300s</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
-          <t>291 000 сум</t>
+          <t>291 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="0">
         <v>4308</v>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G403 HERO</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>948 800 сум</t>
+          <t>948 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="0">
         <v>4295</v>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M100 GREY</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>86 000 сум</t>
+          <t>86 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="0">
         <v>4281</v>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M90 GREY</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>82 200 сум</t>
+          <t>82 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="0">
         <v>3951</v>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
           <t>Моноблок HP 200 G3 (3VA38EA)</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
-          <t>6 718 800 сум</t>
+          <t>6 718 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="0">
         <v>4496</v>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
           <t>Сканер Canon MFP Scanner L24ei для плоттера TM-200/iPF670</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
-          <t>12 954 100 сум</t>
+          <t>12 954 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="0">
         <v>4243</v>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
           <t>Клавиатура AV-837 USB</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
-          <t>101 600 сум</t>
+          <t>101 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="0">
         <v>4549</v>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
           <t>Веб-камера Logitech ConferenceCam Connect</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
-          <t>7 020 800 сум</t>
+          <t>7 020 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="0">
         <v>3869</v>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS MF237w</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>4 185 500 сум</t>
+          <t>4 185 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="0">
         <v>4325</v>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK330</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>476 300 сум</t>
+          <t>476 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="0">
         <v>4304</v>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G402 Hyperion Fury FPS</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>576 600 сум</t>
+          <t>576 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="0">
         <v>4447</v>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
           <t>Наушники Cougar Phontum Essential</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>543 900 сум</t>
+          <t>543 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="0">
         <v>10941</v>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения COUGAR AQUA 120</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>821 100 сум</t>
+          <t>821 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="0">
         <v>10944</v>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения COUGAR AQUA 360</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
-          <t>1 343 400 сум</t>
+          <t>1 343 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="0">
         <v>10945</v>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
           <t>Системы водяного охлаждения Cougar Helor 240</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
-          <t>1 682 700 сум</t>
+          <t>1 682 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="0">
         <v>10946</v>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
           <t>Системы водяного охлаждения Cougar Helor 360</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>1 987 200 сум</t>
+          <t>1 987 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="0">
         <v>10948</v>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler E80</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
-          <t>30 200 сум</t>
+          <t>30 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="0">
         <v>10949</v>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-R68X CORONA RGB</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
-          <t>1 311 000 сум</t>
+          <t>1 311 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="0">
         <v>10950</v>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-R66U Blue</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
-          <t>629 300 сум</t>
+          <t>629 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="0">
         <v>10951</v>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-D66A HALO RGB</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
-          <t>693 700 сум</t>
+          <t>693 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="0">
         <v>10952</v>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-H58U CORONA Blue</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
-          <t>555 500 сум</t>
+          <t>555 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="0">
         <v>10953</v>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-H58U CORONA Red</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>579 600 сум</t>
+          <t>579 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="0">
         <v>10954</v>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-H58UB CORONA Blue</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
-          <t>621 600 сум</t>
+          <t>621 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="0">
         <v>10955</v>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Pccooler GI-H58UB CORONA Red</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>621 600 сум</t>
+          <t>621 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="0">
         <v>10956</v>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-D56V HALO RGB</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
-          <t>373 500 сум</t>
+          <t>373 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="0">
         <v>10958</v>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X6 Blue</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
-          <t>343 800 сум</t>
+          <t>343 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="0">
         <v>10959</v>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X6 Red</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
-          <t>354 200 сум</t>
+          <t>354 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="0">
         <v>10960</v>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X5 Red</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
-          <t>310 500 сум</t>
+          <t>310 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="0">
         <v>10961</v>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler GI-X5 Blue</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
-          <t>316 200 сум</t>
+          <t>316 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="0">
         <v>10964</v>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler S88</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
-          <t>145 500 сум</t>
+          <t>145 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="0">
         <v>10966</v>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler E126M Blue</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
-          <t>96 600 сум</t>
+          <t>96 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="0">
         <v>10967</v>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCcooler E126M Red</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
-          <t>92 400 сум</t>
+          <t>92 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="0">
         <v>10970</v>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения PCcooler GI-CX240 ARGB</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
-          <t>1 275 100 сум</t>
+          <t>1 275 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="0">
         <v>10973</v>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения PCcooler GI-CX360 RGB</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>1 614 800 сум</t>
+          <t>1 614 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="0">
         <v>10982</v>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 1435</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
-          <t>5 129 500 сум</t>
+          <t>5 129 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="0">
         <v>10998</v>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER ADVANCE 6575I</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
-          <t>46 699 200 сум</t>
+          <t>46 699 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="0">
         <v>11009</v>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imagePROGRAF TX-3000</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
-          <t>38 564 100 сум</t>
+          <t>38 564 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="0">
         <v>11013</v>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imagePROGRAF TM-200</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
-          <t>12 829 900 сум</t>
+          <t>12 829 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="0">
         <v>11026</v>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Fusion Orange</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>2 390 500 сум</t>
+          <t>2 390 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="0">
         <v>11027</v>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Fusion Black</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
-          <t>2 390 500 сум</t>
+          <t>2 390 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="0">
         <v>11028</v>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor One Black</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
-          <t>2 769 100 сум</t>
+          <t>2 769 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="0">
         <v>11029</v>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor One</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
-          <t>2 814 900 сум</t>
+          <t>2 814 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="0">
         <v>11030</v>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor One Sky Blue</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
-          <t>2 769 100 сум</t>
+          <t>2 769 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="0">
         <v>11031</v>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor One X</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
-          <t>2 608 900 сум</t>
+          <t>2 608 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="0">
         <v>11032</v>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
-          <t>3 086 600 сум</t>
+          <t>3 086 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="0">
         <v>11033</v>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor Black</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
-          <t>3 086 600 сум</t>
+          <t>3 086 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="0">
         <v>11034</v>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor Pro</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>3 078 300 сум</t>
+          <t>3 078 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="0">
         <v>11035</v>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor Pro Black</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
-          <t>3 050 800 сум</t>
+          <t>3 050 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="0">
         <v>11036</v>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor S Black</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
-          <t>3 604 000 сум</t>
+          <t>3 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="0">
         <v>11037</v>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor S Royal</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
-          <t>3 604 000 сум</t>
+          <t>3 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="0">
         <v>11038</v>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor Titan</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="0">
         <v>11039</v>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor Titan Black</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="0">
         <v>11040</v>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor Titan Pro</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
-          <t>5 234 000 сум</t>
+          <t>5 234 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="0">
         <v>11041</v>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor Titan Pro Royal</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
-          <t>5 234 000 сум</t>
+          <t>5 234 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="0">
         <v>11047</v>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor One EVA</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
-          <t>2 792 000 сум</t>
+          <t>2 792 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="0">
         <v>11049</v>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
           <t>Компьютерное игровое кресло Cougar Armor S</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
-          <t>3 604 000 сум</t>
+          <t>3 604 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="0">
         <v>11118</v>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech G432 Black Blue</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>1 100 600 сум</t>
+          <t>1 100 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="0">
         <v>11122</v>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech H150 White</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
-          <t>278 300 сум</t>
+          <t>278 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="0">
         <v>11123</v>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech H151 Black</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>268 100 сум</t>
+          <t>268 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="0">
         <v>11125</v>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
           <t>Наушники Cougar Havoc BT Black</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
-          <t>753 100 сум</t>
+          <t>753 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="0">
         <v>11126</v>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Dual Driver Earphones Black</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
-          <t>103 400 сум</t>
+          <t>103 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="0">
         <v>11132</v>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
           <t>Система для проведения видеоконференций Logitech GROUP</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>18 216 000 сум</t>
+          <t>18 216 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="0">
         <v>11133</v>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
           <t>Веб-камера Logitech MeetUp</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
-          <t>17 077 500 сум</t>
+          <t>17 077 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="0">
         <v>11340</v>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus ROG Delta</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>2 746 200 сум</t>
+          <t>2 746 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="0">
         <v>11341</v>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus ROG Delta Core</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
-          <t>1 479 100 сум</t>
+          <t>1 479 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="0">
         <v>11342</v>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
           <t>Наушники Asus ROG Theta</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
-          <t>3 914 400 сум</t>
+          <t>3 914 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="0">
         <v>11605</v>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus Tuf Gaming M3 Black</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
-          <t>455 400 сум</t>
+          <t>455 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="0">
         <v>11606</v>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus ROG Gladius II Wireless</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
-          <t>1 516 700 сум</t>
+          <t>1 516 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="0">
         <v>11607</v>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Asus ROG Chakram</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>2 409 900 сум</t>
+          <t>2 409 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="0">
         <v>11700</v>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Shine</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>589 400 сум</t>
+          <t>589 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="0">
         <v>11704</v>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Expedition BK</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
-          <t>506 300 сум</t>
+          <t>506 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="0">
         <v>11705</v>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Dark Ranger</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>552 000 сум</t>
+          <t>552 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="0">
         <v>11707</v>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Abyss TR</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
-          <t>1 258 900 сум</t>
+          <t>1 258 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="0">
         <v>11777</v>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 Gaming Pro Max</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
-          <t>2 850 000 сум</t>
+          <t>2 850 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="0">
         <v>11783</v>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI X470 GAMING PLUS MAX</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
-          <t>2 700 000 сум</t>
+          <t>2 700 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="0">
         <v>11873</v>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Asus ROG Strix Flare</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
-          <t>2 586 500 сум</t>
+          <t>2 586 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="0">
         <v>11966</v>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
           <t>Жёсткий диск Toshiba Original OEM HDD 1 TB</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
-          <t>575 600 сум</t>
+          <t>575 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="0">
         <v>11990</v>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Asus RT-AC1200</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
-          <t>693 100 сум</t>
+          <t>693 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="0">
         <v>12041</v>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
           <t>Монопод для селфи Xiaomi Mi Selfie Stick</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>137 500 сум</t>
+          <t>137 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="0">
         <v>12191</v>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Bluetooth Speaker Basic 2</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>220 000 сум</t>
+          <t>220 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="0">
         <v>12192</v>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
           <t>Портативная колонка Mi Bluetooth Speaker</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>258 500 сум</t>
+          <t>258 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="0">
         <v>12220</v>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
           <t>Сегвей Xiaomi Ninebot Mini</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
-          <t>6 996 000 сум</t>
+          <t>6 996 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="0">
         <v>12224</v>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
           <t>Внешняя аккумуляторная батарея Xiaomi Mi Power Bank 3 10000mAh</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
-          <t>200 100 сум</t>
+          <t>200 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="0">
         <v>12248</v>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
           <t>Антибликовые очки Xiaomi Mi TS Computer Glasses Red</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
-          <t>176 000 сум</t>
+          <t>176 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="0">
         <v>12289</v>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
           <t>Автомобильное зарядное устройство Mi Car Charger Speed</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>118 800 сум</t>
+          <t>118 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="0">
         <v>12290</v>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR3 4gb 1600mhz</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
-          <t>435 600 сум</t>
+          <t>435 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="0">
         <v>12294</v>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Xiaomi Mi Dash Cam</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
-          <t>550 000 сум</t>
+          <t>550 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="0">
         <v>12410</v>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
           <t>Зарядка для Xiaomi Mi Band 2</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
-          <t>13 200 сум</t>
+          <t>13 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="0">
         <v>12587</v>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус COUGAR MX410-T</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>776 300 сум</t>
+          <t>776 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="0">
         <v>12588</v>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Aero Mini Eco</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
-          <t>631 100 сум</t>
+          <t>631 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="0">
         <v>12589</v>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Brufen C3 Black</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>792 700 сум</t>
+          <t>792 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="0">
         <v>12592</v>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Gamemax Nova N5</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
-          <t>467 400 сум</t>
+          <t>467 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="0">
         <v>12637</v>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asus Prime B460M-K</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
-          <t>1 710 600 сум</t>
+          <t>1 710 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="0">
         <v>12638</v>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asus Prime Z590-P</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
-          <t>3 550 700 сум</t>
+          <t>3 550 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="0">
         <v>12650</v>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus TUF Gaming VG279QM 27" 280Hz</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
-          <t>7 786 800 сум</t>
+          <t>7 786 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="0">
         <v>12651</v>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
           <t>Монитор Asus VA27EHE 27" 75Hz</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
-          <t>3 522 100 сум</t>
+          <t>3 522 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="0">
         <v>12693</v>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
           <t>Мышь Asus ROG Gladius II Core</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
-          <t>920 500 сум</t>
+          <t>920 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="0">
         <v>12695</v>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
           <t>Мышь Asus ROG Strix Evolve</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>780 300 сум</t>
+          <t>780 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="0">
         <v>12746</v>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech H111</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
-          <t>189 800 сум</t>
+          <t>189 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="0">
         <v>12749</v>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics HW251N</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
-          <t>1 478 400 сум</t>
+          <t>1 478 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="0">
         <v>12902</v>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Xigmatek Windpower Pro</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
-          <t>681 800 сум</t>
+          <t>681 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="0">
         <v>12903</v>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
           <t>Система охлаждения Xigmatek Aurora Arctic 240</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
-          <t>1 491 700 сум</t>
+          <t>1 491 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="0">
         <v>12904</v>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
           <t>Блок питания Xigmatek X-Power 650W</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
-          <t>634 800 сум</t>
+          <t>634 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="0">
         <v>12911</v>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK120</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
-          <t>219 000 сум</t>
+          <t>219 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="0">
         <v>12959</v>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Geil DDR4 16GB 2400</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
-          <t>2 904 000 сум</t>
+          <t>2 904 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="0">
         <v>12960</v>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Geil DDR3 2GB 1333 SO-DIMM</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
-          <t>118 800 сум</t>
+          <t>118 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="0">
         <v>12961</v>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR3 2GB 1600 SO-DIMM</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
-          <t>224 400 сум</t>
+          <t>224 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="0">
         <v>12962</v>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Geil DDR3 4GB 1600</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
-          <t>422 400 сум</t>
+          <t>422 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="0">
         <v>12963</v>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Geil DDR4 4GB 2400</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
-          <t>726 000 сум</t>
+          <t>726 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="0">
         <v>12964</v>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR4 4GB 2400 SO-DIMM</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
-          <t>501 600 сум</t>
+          <t>501 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="0">
         <v>12965</v>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Crucial DDR3 8GB 1600 SO-DIMM</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>660 000 сум</t>
+          <t>660 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="0">
         <v>12966</v>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Kingston DDR3 8GB 1600</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
-          <t>792 000 сум</t>
+          <t>792 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="0">
         <v>12967</v>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
           <t>Игровой коврик COUGAR Arena</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
-          <t>328 900 сум</t>
+          <t>328 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="0">
         <v>12968</v>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
           <t>Игровой коврик ARENA Orange</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
-          <t>328 900 сум</t>
+          <t>328 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="0">
         <v>12969</v>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Aruba Instant On AP15 (RW) Access Point</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
-          <t>4 237 000 сум</t>
+          <t>4 237 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="0">
         <v>12970</v>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asrock B150M-HDV LGA1151</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
-          <t>726 000 сум</t>
+          <t>726 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="0">
         <v>12971</v>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
           <t>Оптический привод ASUS DVD-RW BOX DRW-24D5MT/BLK/G/AS</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
-          <t>241 300 сум</t>
+          <t>241 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="0">
         <v>12972</v>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
           <t>Оптический привод ASUS DVD-RW OEM DRW-24D5MT/BLK/B/AS</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
-          <t>228 500 сум</t>
+          <t>228 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="0">
         <v>12973</v>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS EX-A320M-GAMING</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
-          <t>1 207 700 сум</t>
+          <t>1 207 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="0">
         <v>12974</v>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ASUS GX601 ROG STRIX HELIOS</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
-          <t>5 735 600 сум</t>
+          <t>5 735 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="0">
         <v>12975</v>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME A320M-A</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
-          <t>1 207 700 сум</t>
+          <t>1 207 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="0">
         <v>12976</v>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME A320M-K</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
-          <t>837 200 сум</t>
+          <t>837 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="0">
         <v>12977</v>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME A320M-R-SI</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
-          <t>809 600 сум</t>
+          <t>809 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="0">
         <v>12978</v>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME B365-PLUS</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
-          <t>1 780 200 сум</t>
+          <t>1 780 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="0">
         <v>12979</v>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME H310M-E</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
-          <t>1 163 200 сум</t>
+          <t>1 163 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="0">
         <v>12980</v>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME H310M-K</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
-          <t>853 800 сум</t>
+          <t>853 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="0">
         <v>12981</v>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME TRX40-PRO</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
-          <t>7 375 400 сум</t>
+          <t>7 375 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="0">
         <v>12982</v>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME X299-A II</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
-          <t>4 912 100 сум</t>
+          <t>4 912 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="0">
         <v>12983</v>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME X570-P</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
-          <t>2 695 100 сум</t>
+          <t>2 695 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="0">
         <v>12984</v>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME Z370-A II</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
-          <t>2 508 000 сум</t>
+          <t>2 508 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="0">
         <v>12985</v>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
           <t>Мостик для видеокарт ASUS ROG GeForce RTX NVLink</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
-          <t>1 386 000 сум</t>
+          <t>1 386 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="0">
         <v>12986</v>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG GLADIUS II</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
-          <t>1 197 500 сум</t>
+          <t>1 197 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="0">
         <v>12987</v>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
           <t>Игровой коврик ASUS ROG SCABBARD</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
-          <t>653 700 сум</t>
+          <t>653 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="0">
         <v>12988</v>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX B360-H GAMING</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
-          <t>2 084 500 сум</t>
+          <t>2 084 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="0">
         <v>12989</v>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX B450-E GAMING</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
-          <t>2 896 300 сум</t>
+          <t>2 896 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="0">
         <v>12990</v>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX B450-F GAMING</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
-          <t>4 705 800 сум</t>
+          <t>4 705 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="0">
         <v>12991</v>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
           <t>Игровой коврик ASUS ROG STRIX EDGE</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
-          <t>578 600 сум</t>
+          <t>578 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="0">
         <v>12992</v>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG STRIX IMPACT</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
-          <t>670 500 сум</t>
+          <t>670 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="0">
         <v>12993</v>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX TRX40-E GAMING</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
-          <t>9 404 000 сум</t>
+          <t>9 404 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="0">
         <v>12994</v>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX X570-F GAMING</t>
         </is>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
-          <t>5 177 100 сум</t>
+          <t>5 177 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="0">
         <v>12995</v>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
           <t>Оптический привод ASUS SDVD-RW для ноутбука</t>
         </is>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
-          <t>253 500 сум</t>
+          <t>253 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="0">
         <v>12996</v>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF B360M-E GAMING</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
-          <t>1 504 200 сум</t>
+          <t>1 504 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="0">
         <v>12997</v>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF B450-PRO GAMING</t>
         </is>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
-          <t>2 137 800 сум</t>
+          <t>2 137 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="0">
         <v>12998</v>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура ASUS TUF GAMING H3 Metal</t>
         </is>
       </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
-          <t>936 300 сум</t>
+          <t>936 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="0">
         <v>13000</v>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура ASUS TUF GAMING H3 Silver</t>
         </is>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
-          <t>960 100 сум</t>
+          <t>960 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="0">
         <v>13001</v>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура ASUS TUF GAMING H5</t>
         </is>
       </c>
       <c r="C240" s="0" t="inlineStr">
         <is>
-          <t>912 500 сум</t>
+          <t>912 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="0">
         <v>13002</v>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура ASUS TUF GAMING H7 CORE Red</t>
         </is>
       </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
-          <t>872 900 сум</t>
+          <t>872 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="0">
         <v>13003</v>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура ASUS TUF GAMING H7 CORE Metal</t>
         </is>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
-          <t>872 900 сум</t>
+          <t>872 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="0">
         <v>13004</v>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура ASUS TUF GAMING H7 GAMING Yellow</t>
         </is>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
-          <t>999 300 сум</t>
+          <t>999 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="0">
         <v>13005</v>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура ASUS TUF GAMING H7 GAMING Red</t>
         </is>
       </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
-          <t>999 300 сум</t>
+          <t>999 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="0">
         <v>13006</v>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура ASUS TUF GAMING H7 GAMING Silver</t>
         </is>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
-          <t>999 300 сум</t>
+          <t>999 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="0">
         <v>13007</v>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF X570-PLUS GAMING WI-FI</t>
         </is>
       </c>
       <c r="C246" s="0" t="inlineStr">
         <is>
-          <t>3 743 100 сум</t>
+          <t>3 743 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="0">
         <v>13008</v>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF Z370-PLUS GAMING II</t>
         </is>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
-          <t>2 059 200 сум</t>
+          <t>2 059 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="0">
         <v>13009</v>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF Z390-PLUS GAMING</t>
         </is>
       </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
-          <t>2 371 900 сум</t>
+          <t>2 371 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="0">
         <v>13010</v>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
           <t>Монитор Avtech M200024D 23.8" IPS</t>
         </is>
       </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
-          <t>2 287 900 сум</t>
+          <t>2 287 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="0">
         <v>13011</v>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус AVTECH 450W</t>
         </is>
       </c>
       <c r="C250" s="0" t="inlineStr">
         <is>
-          <t>276 000 сум</t>
+          <t>276 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="0">
         <v>13012</v>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar A320MH</t>
         </is>
       </c>
       <c r="C251" s="0" t="inlineStr">
         <is>
-          <t>740 000 сум</t>
+          <t>740 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="0">
         <v>13013</v>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar B360MHD PRO</t>
         </is>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
-          <t>963 600 сум</t>
+          <t>963 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="0">
         <v>13014</v>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar B450MH M2 Support</t>
         </is>
       </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
-          <t>926 900 сум</t>
+          <t>926 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="0">
         <v>13015</v>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
           <t>Мостик для видеокарт ASUS ROG-NVLINK-4</t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
-          <t>1 491 700 сум</t>
+          <t>1 491 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="0">
         <v>13016</v>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
           <t>Держатель для провода мыши Cougar Bunker</t>
         </is>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
-          <t>189 800 сум</t>
+          <t>189 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="0">
         <v>13017</v>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
           <t>Держатель для провода мыши Cougar Bunker M RGB</t>
         </is>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
-          <t>506 000 сум</t>
+          <t>506 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="0">
         <v>13018</v>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
           <t>Держатель для провода мыши Cougar Bunker RGB</t>
         </is>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
-          <t>379 500 сум</t>
+          <t>379 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="0">
         <v>13019</v>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
           <t>Держатель для провода мыши Cougar Bunker S RGB</t>
         </is>
       </c>
       <c r="C258" s="0" t="inlineStr">
         <is>
-          <t>442 800 сум</t>
+          <t>442 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="0">
         <v>13020</v>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
           <t>Вызывная панель для домофона CALLING PANEL DAHUA DHI-VTO1210C-X</t>
         </is>
       </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
-          <t>2 785 200 сум</t>
+          <t>2 785 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="0">
         <v>13021</v>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
           <t>Вызывная панель для домофона CALLING PANEL DAHUA DHI-VTO2000A</t>
         </is>
       </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
-          <t>1 452 000 сум</t>
+          <t>1 452 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="0">
         <v>13022</v>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
           <t>Вызывная панель для домофона CALLING PANEL DAHUA DHI-VTO2111D-WP</t>
         </is>
       </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
-          <t>1 095 600 сум</t>
+          <t>1 095 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="0">
         <v>13023</v>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
           <t>Вызывная панель для домофона CALLING PANEL DAHUA DHI-VTO6210BW</t>
         </is>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
-          <t>1 254 000 сум</t>
+          <t>1 254 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="0">
         <v>13024</v>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDBW1200RP-VF-2712-S3</t>
         </is>
       </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
-          <t>594 000 сум</t>
+          <t>594 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="0">
         <v>13025</v>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW1100RP-0280B-S3</t>
         </is>
       </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
-          <t>191 400 сум</t>
+          <t>191 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="0">
         <v>13026</v>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW1200RP-VF-2712-S3</t>
         </is>
       </c>
       <c r="C265" s="0" t="inlineStr">
         <is>
-          <t>567 600 сум</t>
+          <t>567 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="0">
         <v>13027</v>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW2401MP-0360B</t>
         </is>
       </c>
       <c r="C266" s="0" t="inlineStr">
         <is>
-          <t>620 400 сум</t>
+          <t>620 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="0">
         <v>13028</v>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW2401RP-Z-27135</t>
         </is>
       </c>
       <c r="C267" s="0" t="inlineStr">
         <is>
-          <t>976 800 сум</t>
+          <t>976 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="0">
         <v>13029</v>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW1400SP-0360B</t>
         </is>
       </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
-          <t>448 800 сум</t>
+          <t>448 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="0">
         <v>13030</v>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW2221RP-Z-IRE6</t>
         </is>
       </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
-          <t>924 000 сум</t>
+          <t>924 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="0">
         <v>13031</v>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW2401RP-Z-IRE6-2712</t>
         </is>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
-          <t>976 800 сум</t>
+          <t>976 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="0">
         <v>13032</v>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HUM1220A-PIR</t>
         </is>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
-          <t>528 000 сум</t>
+          <t>528 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="0">
         <v>13033</v>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-A35P</t>
         </is>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
-          <t>1 082 400 сум</t>
+          <t>1 082 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="0">
         <v>13034</v>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-EBW8600P</t>
         </is>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
-          <t>6 375 600 сум</t>
+          <t>6 375 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="0">
         <v>13035</v>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-HDBW8231EP-Z-S2</t>
         </is>
       </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
-          <t>4 672 800 сум</t>
+          <t>4 672 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="0">
         <v>13036</v>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-HDW1020SP-0280B</t>
         </is>
       </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
-          <t>442 200 сум</t>
+          <t>442 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="0">
         <v>13037</v>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-HDW1320SP-0360B-S3</t>
         </is>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
-          <t>726 000 сум</t>
+          <t>726 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="0">
         <v>13038</v>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-HFW1020SP-0360B-S3</t>
         </is>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
-          <t>442 200 сум</t>
+          <t>442 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="0">
         <v>13039</v>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-HFW4421BP-B-0360B</t>
         </is>
       </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
-          <t>1 610 400 сум</t>
+          <t>1 610 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="0">
         <v>13040</v>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-K35AP</t>
         </is>
       </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
-          <t>726 000 сум</t>
+          <t>726 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="0">
         <v>13041</v>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW1000RP-0360B-S3</t>
         </is>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
-          <t>171 600 сум</t>
+          <t>171 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="0">
         <v>13042</v>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW2221RP-Z</t>
         </is>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
-          <t>910 800 сум</t>
+          <t>910 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="0">
         <v>13043</v>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW1200RP-0360B-S3</t>
         </is>
       </c>
       <c r="C282" s="0" t="inlineStr">
         <is>
-          <t>224 400 сум</t>
+          <t>224 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="0">
         <v>13044</v>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW2220BP-0360B</t>
         </is>
       </c>
       <c r="C283" s="0" t="inlineStr">
         <is>
-          <t>541 200 сум</t>
+          <t>541 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="0">
         <v>13045</v>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-HFW1431SP-0360B</t>
         </is>
       </c>
       <c r="C284" s="0" t="inlineStr">
         <is>
-          <t>858 000 сум</t>
+          <t>858 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="0">
         <v>13046</v>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-SD59220I-HC</t>
         </is>
       </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
-          <t>3 366 000 сум</t>
+          <t>3 366 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="0">
         <v>13047</v>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua IPC-HFW2320RP-ZS</t>
         </is>
       </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
-          <t>1 386 000 сум</t>
+          <t>1 386 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="0">
         <v>13048</v>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua SD6C230I-HC</t>
         </is>
       </c>
       <c r="C287" s="0" t="inlineStr">
         <is>
-          <t>7 669 200 сум</t>
+          <t>7 669 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="0">
         <v>13049</v>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения SPECTOR HD230PTZ</t>
         </is>
       </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
-          <t>7 669 200 сум</t>
+          <t>7 669 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="0">
         <v>13050</v>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения SPECTOR HDN-05-14</t>
         </is>
       </c>
       <c r="C289" s="0" t="inlineStr">
         <is>
-          <t>462 000 сум</t>
+          <t>462 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="0">
         <v>13051</v>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения SPECTOR HDN-07-24Z</t>
         </is>
       </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
-          <t>871 200 сум</t>
+          <t>871 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="0">
         <v>13052</v>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
           <t>Блок питания Xigmatek X-Power 700W</t>
         </is>
       </c>
       <c r="C291" s="0" t="inlineStr">
         <is>
-          <t>751 400 сум</t>
+          <t>751 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="0">
         <v>13053</v>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
           <t>Блок питания Xigmatek Hydra 650W [EN44184] 80 Plus Bronze</t>
         </is>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
-          <t>713 100 сум</t>
+          <t>713 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="0">
         <v>13054</v>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
           <t>Сканер Canon imageFORMULA DR-C230</t>
         </is>
       </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
-          <t>5 974 000 сум</t>
+          <t>5 974 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="0">
         <v>13055</v>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
           <t>Сканер Canon imageFORMULA DR-C240</t>
         </is>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
-          <t>7 601 000 сум</t>
+          <t>7 601 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="0">
         <v>13056</v>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER ADVANCE 525IZ</t>
         </is>
       </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
-          <t>17 524 600 сум</t>
+          <t>17 524 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="0">
         <v>13057</v>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imageRUNNER ADVANCE 8505P</t>
         </is>
       </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
-          <t>78 419 900 сум</t>
+          <t>78 419 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="0">
         <v>13058</v>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS LBP325X</t>
         </is>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
-          <t>6 607 400 сум</t>
+          <t>6 607 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="0">
         <v>13059</v>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF-525x</t>
         </is>
       </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
-          <t>10 705 200 сум</t>
+          <t>10 705 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="0">
         <v>13060</v>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon imagePROGRAF TM-300 LFP</t>
         </is>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
-          <t>23 188 100 сум</t>
+          <t>23 188 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="0">
         <v>13061</v>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Conquer</t>
         </is>
       </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
-          <t>3 226 900 сум</t>
+          <t>3 226 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="0">
         <v>13062</v>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
           <t>Коврик CONTROL EX -L</t>
         </is>
       </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
-          <t>189 800 сум</t>
+          <t>189 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="0">
         <v>13063</v>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
           <t>Коврик CONTROL EX -S</t>
         </is>
       </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
-          <t>101 200 сум</t>
+          <t>101 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="0">
         <v>13064</v>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Blazer</t>
         </is>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
-          <t>3 086 600 сум</t>
+          <t>3 086 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="0">
         <v>13065</v>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar Minos X2</t>
         </is>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
-          <t>215 100 сум</t>
+          <t>215 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="0">
         <v>13066</v>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
           <t>Процессор CPU Intel® Pentium® Dual Core G4400T</t>
         </is>
       </c>
       <c r="C305" s="0" t="inlineStr">
         <is>
-          <t>1 082 400 сум</t>
+          <t>1 082 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="0">
         <v>13067</v>
       </c>
       <c r="B306" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL360 Gen10 2 х Intel Xeon-Silver 4210</t>
         </is>
       </c>
       <c r="C306" s="0" t="inlineStr">
         <is>
-          <t>54 366 000 сум</t>
+          <t>54 366 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="0">
         <v>13068</v>
       </c>
       <c r="B307" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL360 Gen10 Intel Xeon-Silver 4214</t>
         </is>
       </c>
       <c r="C307" s="0" t="inlineStr">
         <is>
-          <t>47 795 000 сум</t>
+          <t>47 795 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="0">
         <v>13069</v>
       </c>
       <c r="B308" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen10 2 х Intel Xeon-Silver 4208</t>
         </is>
       </c>
       <c r="C308" s="0" t="inlineStr">
         <is>
-          <t>56 269 000 сум</t>
+          <t>56 269 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="0">
         <v>13070</v>
       </c>
       <c r="B309" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW1100EMP-A-0280B</t>
         </is>
       </c>
       <c r="C309" s="0" t="inlineStr">
         <is>
-          <t>290 400 сум</t>
+          <t>290 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="0">
         <v>13071</v>
       </c>
       <c r="B310" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW1200EMP-A-0360B</t>
         </is>
       </c>
       <c r="C310" s="0" t="inlineStr">
         <is>
-          <t>369 600 сум</t>
+          <t>369 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="0">
         <v>13072</v>
       </c>
       <c r="B311" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW1200MP-0360B</t>
         </is>
       </c>
       <c r="C311" s="0" t="inlineStr">
         <is>
-          <t>290 400 сум</t>
+          <t>290 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="0">
         <v>13073</v>
       </c>
       <c r="B312" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW2221EMP-A-0360B</t>
         </is>
       </c>
       <c r="C312" s="0" t="inlineStr">
         <is>
-          <t>541 200 сум</t>
+          <t>541 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="0">
         <v>13074</v>
       </c>
       <c r="B313" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW1100BP-B-0360B</t>
         </is>
       </c>
       <c r="C313" s="0" t="inlineStr">
         <is>
-          <t>369 600 сум</t>
+          <t>369 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="0">
         <v>13075</v>
       </c>
       <c r="B314" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW1200BP-0360B</t>
         </is>
       </c>
       <c r="C314" s="0" t="inlineStr">
         <is>
-          <t>382 800 сум</t>
+          <t>382 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="0">
         <v>13076</v>
       </c>
       <c r="B315" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW1200DP-0360B</t>
         </is>
       </c>
       <c r="C315" s="0" t="inlineStr">
         <is>
-          <t>422 400 сум</t>
+          <t>422 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="0">
         <v>13077</v>
       </c>
       <c r="B316" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW1200RMP-0360B</t>
         </is>
       </c>
       <c r="C316" s="0" t="inlineStr">
         <is>
-          <t>290 400 сум</t>
+          <t>290 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="0">
         <v>13079</v>
       </c>
       <c r="B317" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW2221DP-0360B</t>
         </is>
       </c>
       <c r="C317" s="0" t="inlineStr">
         <is>
-          <t>607 200 сум</t>
+          <t>607 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="0">
         <v>13080</v>
       </c>
       <c r="B318" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-SD22204T-GN</t>
         </is>
       </c>
       <c r="C318" s="0" t="inlineStr">
         <is>
-          <t>1 623 600 сум</t>
+          <t>1 623 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="0">
         <v>13081</v>
       </c>
       <c r="B319" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-SD42212T-HN</t>
         </is>
       </c>
       <c r="C319" s="0" t="inlineStr">
         <is>
-          <t>2 864 400 сум</t>
+          <t>2 864 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="0">
         <v>13082</v>
       </c>
       <c r="B320" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-SD59220T-HN</t>
         </is>
       </c>
       <c r="C320" s="0" t="inlineStr">
         <is>
-          <t>4 752 000 сум</t>
+          <t>4 752 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="0">
         <v>13083</v>
       </c>
       <c r="B321" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-SD59230T-HN</t>
         </is>
       </c>
       <c r="C321" s="0" t="inlineStr">
         <is>
-          <t>6 864 000 сум</t>
+          <t>6 864 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="0">
         <v>13084</v>
       </c>
       <c r="B322" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-SD6C220T-HN</t>
         </is>
       </c>
       <c r="C322" s="0" t="inlineStr">
         <is>
-          <t>5 016 000 сум</t>
+          <t>5 016 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="0">
         <v>13085</v>
       </c>
       <c r="B323" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua HAC-HDW1000RP-0280B-S2</t>
         </is>
       </c>
       <c r="C323" s="0" t="inlineStr">
         <is>
-          <t>184 800 сум</t>
+          <t>184 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="0">
         <v>13086</v>
       </c>
       <c r="B324" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua HAC-HFW1000RP-0360B</t>
         </is>
       </c>
       <c r="C324" s="0" t="inlineStr">
         <is>
-          <t>171 600 сум</t>
+          <t>171 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="0">
         <v>13087</v>
       </c>
       <c r="B325" s="0" t="inlineStr">
         <is>
           <t>Домофон Dahua DHI-VTH1560B</t>
         </is>
       </c>
       <c r="C325" s="0" t="inlineStr">
         <is>
-          <t>1 927 200 сум</t>
+          <t>1 927 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="0">
         <v>13088</v>
       </c>
       <c r="B326" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DH-HCVR4116HS-S3</t>
         </is>
       </c>
       <c r="C326" s="0" t="inlineStr">
         <is>
-          <t>1 267 200 сум</t>
+          <t>1 267 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="0">
         <v>13089</v>
       </c>
       <c r="B327" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DH-HCVR5116HS-S3</t>
         </is>
       </c>
       <c r="C327" s="0" t="inlineStr">
         <is>
-          <t>2 046 000 сум</t>
+          <t>2 046 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="0">
         <v>13090</v>
       </c>
       <c r="B328" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DH-HCVR5216AN-S3</t>
         </is>
       </c>
       <c r="C328" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 сум</t>
+          <t>2 376 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="0">
         <v>13091</v>
       </c>
       <c r="B329" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DH-NVR104</t>
         </is>
       </c>
       <c r="C329" s="0" t="inlineStr">
         <is>
-          <t>528 000 сум</t>
+          <t>528 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="0">
         <v>13092</v>
       </c>
       <c r="B330" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DH-NVR108</t>
         </is>
       </c>
       <c r="C330" s="0" t="inlineStr">
         <is>
-          <t>646 800 сум</t>
+          <t>646 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="0">
         <v>13093</v>
       </c>
       <c r="B331" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Daker DK Plus 10KVA</t>
         </is>
       </c>
       <c r="C331" s="0" t="inlineStr">
         <is>
-          <t>105 560 400 сум</t>
+          <t>105 560 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="0">
         <v>13094</v>
       </c>
       <c r="B332" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Daker DK Plus 1KVA</t>
         </is>
       </c>
       <c r="C332" s="0" t="inlineStr">
         <is>
-          <t>5 414 200 сум</t>
+          <t>5 414 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="0">
         <v>13095</v>
       </c>
       <c r="B333" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Daker DK Plus 1KVA 1ч:20мин</t>
         </is>
       </c>
       <c r="C333" s="0" t="inlineStr">
         <is>
-          <t>15 180 000 сум</t>
+          <t>15 180 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="0">
         <v>13096</v>
       </c>
       <c r="B334" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Daker DK Plus 1KVA 2ч:45мин</t>
         </is>
       </c>
       <c r="C334" s="0" t="inlineStr">
         <is>
-          <t>27 020 400 сум</t>
+          <t>27 020 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="0">
         <v>13097</v>
       </c>
       <c r="B335" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Daker DK Plus 1KVA 4ч:25мин</t>
         </is>
       </c>
       <c r="C335" s="0" t="inlineStr">
         <is>
-          <t>36 368 700 сум</t>
+          <t>36 368 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="0">
         <v>13098</v>
       </c>
       <c r="B336" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Daker DK Plus 2KVA 1ч:20мин</t>
         </is>
       </c>
       <c r="C336" s="0" t="inlineStr">
         <is>
-          <t>31 334 100 сум</t>
+          <t>31 334 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="0">
         <v>13099</v>
       </c>
       <c r="B337" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Daker DK Plus 2KVA 1ч:55мин</t>
         </is>
       </c>
       <c r="C337" s="0" t="inlineStr">
         <is>
-          <t>40 581 200 сум</t>
+          <t>40 581 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="0">
         <v>13100</v>
       </c>
       <c r="B338" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Daker DK Plus 2KVA 40мин</t>
         </is>
       </c>
       <c r="C338" s="0" t="inlineStr">
         <is>
-          <t>18 608 100 сум</t>
+          <t>18 608 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="0">
         <v>13101</v>
       </c>
       <c r="B339" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Daker DK Plus 5KVA Без батарейки</t>
         </is>
       </c>
       <c r="C339" s="0" t="inlineStr">
         <is>
-          <t>13 915 000 сум</t>
+          <t>13 915 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="0">
         <v>13102</v>
       </c>
       <c r="B340" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Dark Blader-G</t>
         </is>
       </c>
       <c r="C340" s="0" t="inlineStr">
         <is>
-          <t>2 067 700 сум</t>
+          <t>2 067 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="0">
         <v>13103</v>
       </c>
       <c r="B341" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Dark Blader-S</t>
         </is>
       </c>
       <c r="C341" s="0" t="inlineStr">
         <is>
-          <t>2 067 700 сум</t>
+          <t>2 067 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="0">
         <v>13104</v>
       </c>
       <c r="B342" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar BXM700 700W 80-PLUS Bronze</t>
         </is>
       </c>
       <c r="C342" s="0" t="inlineStr">
         <is>
-          <t>1 150 500 сум</t>
+          <t>1 150 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="0">
         <v>13105</v>
       </c>
       <c r="B343" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar GEX650</t>
         </is>
       </c>
       <c r="C343" s="0" t="inlineStr">
         <is>
-          <t>1 252 400 сум</t>
+          <t>1 252 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="0">
         <v>13106</v>
       </c>
       <c r="B344" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar GEX750</t>
         </is>
       </c>
       <c r="C344" s="0" t="inlineStr">
         <is>
-          <t>1 363 700 сум</t>
+          <t>1 363 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="0">
         <v>13107</v>
       </c>
       <c r="B345" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar GEX850 850W</t>
         </is>
       </c>
       <c r="C345" s="0" t="inlineStr">
         <is>
-          <t>1 504 200 сум</t>
+          <t>1 504 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="0">
         <v>13108</v>
       </c>
       <c r="B346" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar GX-F750</t>
         </is>
       </c>
       <c r="C346" s="0" t="inlineStr">
         <is>
-          <t>1 363 700 сум</t>
+          <t>1 363 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="0">
         <v>13109</v>
       </c>
       <c r="B347" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar GX-S550 550W 80-PLUS Gold</t>
         </is>
       </c>
       <c r="C347" s="0" t="inlineStr">
         <is>
-          <t>1 026 400 сум</t>
+          <t>1 026 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="0">
         <v>13110</v>
       </c>
       <c r="B348" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar GX-S750 750W 80-PLUS Gold</t>
         </is>
       </c>
       <c r="C348" s="0" t="inlineStr">
         <is>
-          <t>1 332 000 сум</t>
+          <t>1 332 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="0">
         <v>13111</v>
       </c>
       <c r="B349" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar STX650</t>
         </is>
       </c>
       <c r="C349" s="0" t="inlineStr">
         <is>
-          <t>713 100 сум</t>
+          <t>713 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="0">
         <v>13112</v>
       </c>
       <c r="B350" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar STX700 700W 80-PLUS</t>
         </is>
       </c>
       <c r="C350" s="0" t="inlineStr">
         <is>
-          <t>727 400 сум</t>
+          <t>727 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="0">
         <v>13113</v>
       </c>
       <c r="B351" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar VTC600</t>
         </is>
       </c>
       <c r="C351" s="0" t="inlineStr">
         <is>
-          <t>675 700 сум</t>
+          <t>675 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="0">
         <v>13114</v>
       </c>
       <c r="B352" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar XTC ARGB 550 550W</t>
         </is>
       </c>
       <c r="C352" s="0" t="inlineStr">
         <is>
-          <t>667 000 сум</t>
+          <t>667 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="0">
         <v>13115</v>
       </c>
       <c r="B353" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar XTC500</t>
         </is>
       </c>
       <c r="C353" s="0" t="inlineStr">
         <is>
-          <t>520 000 сум</t>
+          <t>520 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="0">
         <v>13116</v>
       </c>
       <c r="B354" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar XTC650 650W</t>
         </is>
       </c>
       <c r="C354" s="0" t="inlineStr">
         <is>
-          <t>640 300 сум</t>
+          <t>640 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="0">
         <v>13117</v>
       </c>
       <c r="B355" s="0" t="inlineStr">
         <is>
           <t>Блок питания GameMax GP-500 500W 80-PLUS Bronze</t>
         </is>
       </c>
       <c r="C355" s="0" t="inlineStr">
         <is>
-          <t>542 200 сум</t>
+          <t>542 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="0">
         <v>13118</v>
       </c>
       <c r="B356" s="0" t="inlineStr">
         <is>
           <t>Блок питания GameMax RGB850 850W Rainbow 80-PLUS Gold</t>
         </is>
       </c>
       <c r="C356" s="0" t="inlineStr">
         <is>
-          <t>1 217 200 сум</t>
+          <t>1 217 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="0">
         <v>13119</v>
       </c>
       <c r="B357" s="0" t="inlineStr">
         <is>
           <t>Блок питания GameMax VP-600-M-RGB 600W 80-PLUS Bronze</t>
         </is>
       </c>
       <c r="C357" s="0" t="inlineStr">
         <is>
-          <t>589 900 сум</t>
+          <t>589 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="0">
         <v>13120</v>
       </c>
       <c r="B358" s="0" t="inlineStr">
         <is>
           <t>Блок питания GameMax VP-700-RGB 700W 80-PLUS Bronze</t>
         </is>
       </c>
       <c r="C358" s="0" t="inlineStr">
         <is>
-          <t>624 200 сум</t>
+          <t>624 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="0">
         <v>13121</v>
       </c>
       <c r="B359" s="0" t="inlineStr">
         <is>
           <t>Блок питания GameMax VP-700-RGB-M 700W 80-PLUS Bronze</t>
         </is>
       </c>
       <c r="C359" s="0" t="inlineStr">
         <is>
-          <t>621 000 сум</t>
+          <t>621 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="0">
         <v>13122</v>
       </c>
       <c r="B360" s="0" t="inlineStr">
         <is>
           <t>Блок питания Huntkey LW-6500HG Green Power 500W</t>
         </is>
       </c>
       <c r="C360" s="0" t="inlineStr">
         <is>
-          <t>506 800 сум</t>
+          <t>506 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="0">
         <v>13123</v>
       </c>
       <c r="B361" s="0" t="inlineStr">
         <is>
           <t>Блок питания Huntkey LW-6550HG Green Power 550W</t>
         </is>
       </c>
       <c r="C361" s="0" t="inlineStr">
         <is>
-          <t>636 800 сум</t>
+          <t>636 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="0">
         <v>13124</v>
       </c>
       <c r="B362" s="0" t="inlineStr">
         <is>
           <t>Блок питания Power supply Max.550W GS550</t>
         </is>
       </c>
       <c r="C362" s="0" t="inlineStr">
         <is>
-          <t>576 800 сум</t>
+          <t>576 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="0">
         <v>13125</v>
       </c>
       <c r="B363" s="0" t="inlineStr">
         <is>
           <t>Блок питания Power supply Max.600W GS700</t>
         </is>
       </c>
       <c r="C363" s="0" t="inlineStr">
         <is>
-          <t>799 700 сум</t>
+          <t>799 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="0">
         <v>13126</v>
       </c>
       <c r="B364" s="0" t="inlineStr">
         <is>
           <t>Блок питания Xigmatek Hydra M 550 550W [EN44207] 80 Plus Bronze</t>
         </is>
       </c>
       <c r="C364" s="0" t="inlineStr">
         <is>
-          <t>746 400 сум</t>
+          <t>746 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="0">
         <v>13127</v>
       </c>
       <c r="B365" s="0" t="inlineStr">
         <is>
           <t>Блок питания Xigmatek Hydra M 650 650W [EN44214] 80 Plus Bronze</t>
         </is>
       </c>
       <c r="C365" s="0" t="inlineStr">
         <is>
-          <t>882 100 сум</t>
+          <t>882 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="0">
         <v>13128</v>
       </c>
       <c r="B366" s="0" t="inlineStr">
         <is>
           <t>Блок питания Xigmatek Hydra M 750 750W [EN44221] 80 Plus Bronze</t>
         </is>
       </c>
       <c r="C366" s="0" t="inlineStr">
         <is>
-          <t>941 800 сум</t>
+          <t>941 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="0">
         <v>13129</v>
       </c>
       <c r="B367" s="0" t="inlineStr">
         <is>
           <t>Блок питания Xigmatek Minotaur 750W [EN44627] 80 PLUS Gold</t>
         </is>
       </c>
       <c r="C367" s="0" t="inlineStr">
         <is>
-          <t>1 224 500 сум</t>
+          <t>1 224 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="0">
         <v>13130</v>
       </c>
       <c r="B368" s="0" t="inlineStr">
         <is>
           <t>Блок питания Xigmatek Minotaur 850W [EN44665] 80 PLUS Gold</t>
         </is>
       </c>
       <c r="C368" s="0" t="inlineStr">
         <is>
-          <t>1 423 200 сум</t>
+          <t>1 423 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="0">
         <v>13131</v>
       </c>
       <c r="B369" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Conquer 2</t>
         </is>
       </c>
       <c r="C369" s="0" t="inlineStr">
         <is>
-          <t>4 809 300 сум</t>
+          <t>4 809 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="0">
         <v>13132</v>
       </c>
       <c r="B370" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Dark Blader X5 RGB</t>
         </is>
       </c>
       <c r="C370" s="0" t="inlineStr">
         <is>
-          <t>1 174 000 сум</t>
+          <t>1 174 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="0">
         <v>13133</v>
       </c>
       <c r="B371" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar DarkBlader X5 Black</t>
         </is>
       </c>
       <c r="C371" s="0" t="inlineStr">
         <is>
-          <t>891 100 сум</t>
+          <t>891 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="0">
         <v>13134</v>
       </c>
       <c r="B372" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar DarkBlader X7 Midnight Green</t>
         </is>
       </c>
       <c r="C372" s="0" t="inlineStr">
         <is>
-          <t>1 126 500 сум</t>
+          <t>1 126 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="0">
         <v>13135</v>
       </c>
       <c r="B373" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar DarkBlader X7 Translucent Black</t>
         </is>
       </c>
       <c r="C373" s="0" t="inlineStr">
         <is>
-          <t>1 126 500 сум</t>
+          <t>1 126 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="0">
         <v>13136</v>
       </c>
       <c r="B374" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar GEMINI T Pro</t>
         </is>
       </c>
       <c r="C374" s="0" t="inlineStr">
         <is>
-          <t>2 424 200 сум</t>
+          <t>2 424 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="0">
         <v>13137</v>
       </c>
       <c r="B375" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MG120-G</t>
         </is>
       </c>
       <c r="C375" s="0" t="inlineStr">
         <is>
-          <t>659 400 сум</t>
+          <t>659 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="0">
         <v>13138</v>
       </c>
       <c r="B376" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MG120-G RGB</t>
         </is>
       </c>
       <c r="C376" s="0" t="inlineStr">
         <is>
-          <t>983 900 сум</t>
+          <t>983 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="0">
         <v>13139</v>
       </c>
       <c r="B377" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX330-G Air</t>
         </is>
       </c>
       <c r="C377" s="0" t="inlineStr">
         <is>
-          <t>812 800 сум</t>
+          <t>812 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="0">
         <v>13140</v>
       </c>
       <c r="B378" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX331 MESH</t>
         </is>
       </c>
       <c r="C378" s="0" t="inlineStr">
         <is>
-          <t>666 500 сум</t>
+          <t>666 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="0">
         <v>13141</v>
       </c>
       <c r="B379" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX331 MESH-G</t>
         </is>
       </c>
       <c r="C379" s="0" t="inlineStr">
         <is>
-          <t>790 600 сум</t>
+          <t>790 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="0">
         <v>13142</v>
       </c>
       <c r="B380" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX331 Mesh-X</t>
         </is>
       </c>
       <c r="C380" s="0" t="inlineStr">
         <is>
-          <t>579 600 сум</t>
+          <t>579 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="0">
         <v>13143</v>
       </c>
       <c r="B381" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX331-T</t>
         </is>
       </c>
       <c r="C381" s="0" t="inlineStr">
         <is>
-          <t>790 600 сум</t>
+          <t>790 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="0">
         <v>13144</v>
       </c>
       <c r="B382" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX410</t>
         </is>
       </c>
       <c r="C382" s="0" t="inlineStr">
         <is>
-          <t>710 000 сум</t>
+          <t>710 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="0">
         <v>13145</v>
       </c>
       <c r="B383" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX410 Mesh-G</t>
         </is>
       </c>
       <c r="C383" s="0" t="inlineStr">
         <is>
-          <t>623 100 сум</t>
+          <t>623 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="0">
         <v>13146</v>
       </c>
       <c r="B384" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX410-G RGB</t>
         </is>
       </c>
       <c r="C384" s="0" t="inlineStr">
         <is>
-          <t>905 500 сум</t>
+          <t>905 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="0">
         <v>13147</v>
       </c>
       <c r="B385" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX440 Mesh RGB</t>
         </is>
       </c>
       <c r="C385" s="0" t="inlineStr">
         <is>
-          <t>925 800 сум</t>
+          <t>925 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="0">
         <v>13148</v>
       </c>
       <c r="B386" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX440-A</t>
         </is>
       </c>
       <c r="C386" s="0" t="inlineStr">
         <is>
-          <t>948 800 сум</t>
+          <t>948 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="0">
         <v>13149</v>
       </c>
       <c r="B387" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX440-G RGB</t>
         </is>
       </c>
       <c r="C387" s="0" t="inlineStr">
         <is>
-          <t>941 800 сум</t>
+          <t>941 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="0">
         <v>13150</v>
       </c>
       <c r="B388" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX660 Mesh RGB</t>
         </is>
       </c>
       <c r="C388" s="0" t="inlineStr">
         <is>
-          <t>1 308 100 сум</t>
+          <t>1 308 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="0">
         <v>13151</v>
       </c>
       <c r="B389" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX660-T</t>
         </is>
       </c>
       <c r="C389" s="0" t="inlineStr">
         <is>
-          <t>933 600 сум</t>
+          <t>933 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="0">
         <v>13152</v>
       </c>
       <c r="B390" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX660-T RGB</t>
         </is>
       </c>
       <c r="C390" s="0" t="inlineStr">
         <is>
-          <t>1 308 100 сум</t>
+          <t>1 308 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="0">
         <v>13153</v>
       </c>
       <c r="B391" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar PANZER MAX-G</t>
         </is>
       </c>
       <c r="C391" s="0" t="inlineStr">
         <is>
-          <t>2 285 600 сум</t>
+          <t>2 285 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="0">
         <v>13154</v>
       </c>
       <c r="B392" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar QBX -EU</t>
         </is>
       </c>
       <c r="C392" s="0" t="inlineStr">
         <is>
-          <t>770 000 сум</t>
+          <t>770 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="0">
         <v>13155</v>
       </c>
       <c r="B393" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус PCCooler GAME 7 BLACK+FX-120-3</t>
         </is>
       </c>
       <c r="C393" s="0" t="inlineStr">
         <is>
-          <t>752 700 сум</t>
+          <t>752 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="0">
         <v>13156</v>
       </c>
       <c r="B394" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус PCCooler GAME 7 WHITE+FX-120-3</t>
         </is>
       </c>
       <c r="C394" s="0" t="inlineStr">
         <is>
-          <t>780 000 сум</t>
+          <t>780 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="0">
         <v>13157</v>
       </c>
       <c r="B395" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Aquarius Plus Black</t>
         </is>
       </c>
       <c r="C395" s="0" t="inlineStr">
         <is>
-          <t>1 934 200 сум</t>
+          <t>1 934 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="0">
         <v>13158</v>
       </c>
       <c r="B396" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Aquarius Plus</t>
         </is>
       </c>
       <c r="C396" s="0" t="inlineStr">
         <is>
-          <t>2 073 300 сум</t>
+          <t>2 073 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="0">
         <v>13159</v>
       </c>
       <c r="B397" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Aquarius S [EN46508] Black</t>
         </is>
       </c>
       <c r="C397" s="0" t="inlineStr">
         <is>
-          <t>1 441 500 сум</t>
+          <t>1 441 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="0">
         <v>13160</v>
       </c>
       <c r="B398" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Aquarius S Arctic White</t>
         </is>
       </c>
       <c r="C398" s="0" t="inlineStr">
         <is>
-          <t>1 573 800 сум</t>
+          <t>1 573 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="0">
         <v>13161</v>
       </c>
       <c r="B399" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Cyclops Black</t>
         </is>
       </c>
       <c r="C399" s="0" t="inlineStr">
         <is>
-          <t>1 343 400 сум</t>
+          <t>1 343 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="0">
         <v>13162</v>
       </c>
       <c r="B400" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Eros [EN43378]</t>
         </is>
       </c>
       <c r="C400" s="0" t="inlineStr">
         <is>
-          <t>509 200 сум</t>
+          <t>509 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="0">
         <v>13163</v>
       </c>
       <c r="B401" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Gaming X</t>
         </is>
       </c>
       <c r="C401" s="0" t="inlineStr">
         <is>
-          <t>687 500 сум</t>
+          <t>687 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="0">
         <v>13164</v>
       </c>
       <c r="B402" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Lamiya</t>
         </is>
       </c>
       <c r="C402" s="0" t="inlineStr">
         <is>
-          <t>1 258 900 сум</t>
+          <t>1 258 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="0">
         <v>13165</v>
       </c>
       <c r="B403" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Master X</t>
         </is>
       </c>
       <c r="C403" s="0" t="inlineStr">
         <is>
-          <t>862 800 сум</t>
+          <t>862 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="0">
         <v>13166</v>
       </c>
       <c r="B404" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek OMG [EN45244]</t>
         </is>
       </c>
       <c r="C404" s="0" t="inlineStr">
         <is>
-          <t>531 900 сум</t>
+          <t>531 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="0">
         <v>13167</v>
       </c>
       <c r="B405" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Overtake</t>
         </is>
       </c>
       <c r="C405" s="0" t="inlineStr">
         <is>
-          <t>2 039 100 сум</t>
+          <t>2 039 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="0">
         <v>13168</v>
       </c>
       <c r="B406" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Perseus</t>
         </is>
       </c>
       <c r="C406" s="0" t="inlineStr">
         <is>
-          <t>1 982 100 сум</t>
+          <t>1 982 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="0">
         <v>13169</v>
       </c>
       <c r="B407" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Poseidon</t>
         </is>
       </c>
       <c r="C407" s="0" t="inlineStr">
         <is>
-          <t>976 000 сум</t>
+          <t>976 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="0">
         <v>13170</v>
       </c>
       <c r="B408" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Scorpio II</t>
         </is>
       </c>
       <c r="C408" s="0" t="inlineStr">
         <is>
-          <t>617 300 сум</t>
+          <t>617 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="0">
         <v>13171</v>
       </c>
       <c r="B409" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Trident</t>
         </is>
       </c>
       <c r="C409" s="0" t="inlineStr">
         <is>
-          <t>968 100 сум</t>
+          <t>968 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="0">
         <v>13172</v>
       </c>
       <c r="B410" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Triple X</t>
         </is>
       </c>
       <c r="C410" s="0" t="inlineStr">
         <is>
-          <t>976 000 сум</t>
+          <t>976 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="0">
         <v>13173</v>
       </c>
       <c r="B411" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Venom X</t>
         </is>
       </c>
       <c r="C411" s="0" t="inlineStr">
         <is>
-          <t>1 218 000 сум</t>
+          <t>1 218 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="0">
         <v>13174</v>
       </c>
       <c r="B412" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Venom X Arctic</t>
         </is>
       </c>
       <c r="C412" s="0" t="inlineStr">
         <is>
-          <t>1 343 400 сум</t>
+          <t>1 343 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="0">
         <v>13175</v>
       </c>
       <c r="B413" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek Vortex [EN46171]</t>
         </is>
       </c>
       <c r="C413" s="0" t="inlineStr">
         <is>
-          <t>556 100 сум</t>
+          <t>556 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="0">
         <v>13176</v>
       </c>
       <c r="B414" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek X7 [EN46218] Black</t>
         </is>
       </c>
       <c r="C414" s="0" t="inlineStr">
         <is>
-          <t>2 532 000 сум</t>
+          <t>2 532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="0">
         <v>13177</v>
       </c>
       <c r="B415" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Xigmatek X7 [EN46225] White</t>
         </is>
       </c>
       <c r="C415" s="0" t="inlineStr">
         <is>
-          <t>2 532 000 сум</t>
+          <t>2 532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="0">
         <v>13178</v>
       </c>
       <c r="B416" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MAG FORGE 100M</t>
         </is>
       </c>
       <c r="C416" s="0" t="inlineStr">
         <is>
-          <t>854 900 сум</t>
+          <t>854 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="0">
         <v>13179</v>
       </c>
       <c r="B417" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MAG FORGE 100R</t>
         </is>
       </c>
       <c r="C417" s="0" t="inlineStr">
         <is>
-          <t>991 900 сум</t>
+          <t>991 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="0">
         <v>13180</v>
       </c>
       <c r="B418" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MAG Vampiric 010X</t>
         </is>
       </c>
       <c r="C418" s="0" t="inlineStr">
         <is>
-          <t>1 076 400 сум</t>
+          <t>1 076 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="0">
         <v>13181</v>
       </c>
       <c r="B419" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MAG Vampiric 011C Ryzen Edition</t>
         </is>
       </c>
       <c r="C419" s="0" t="inlineStr">
         <is>
-          <t>949 300 сум</t>
+          <t>949 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="0">
         <v>13182</v>
       </c>
       <c r="B420" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MAG VAMPIRIC 100R</t>
         </is>
       </c>
       <c r="C420" s="0" t="inlineStr">
         <is>
-          <t>1 014 300 сум</t>
+          <t>1 014 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="0">
         <v>13183</v>
       </c>
       <c r="B421" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MPG Gungnir 100</t>
         </is>
       </c>
       <c r="C421" s="0" t="inlineStr">
         <is>
-          <t>1 724 300 сум</t>
+          <t>1 724 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="0">
         <v>13184</v>
       </c>
       <c r="B422" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MPG Gungnir 100D</t>
         </is>
       </c>
       <c r="C422" s="0" t="inlineStr">
         <is>
-          <t>1 377 600 сум</t>
+          <t>1 377 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="0">
         <v>13185</v>
       </c>
       <c r="B423" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MPG Gungnir 100P</t>
         </is>
       </c>
       <c r="C423" s="0" t="inlineStr">
         <is>
-          <t>1 238 400 сум</t>
+          <t>1 238 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="0">
         <v>13186</v>
       </c>
       <c r="B424" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MPG GUNGNIR 110R</t>
         </is>
       </c>
       <c r="C424" s="0" t="inlineStr">
         <is>
-          <t>1 696 900 сум</t>
+          <t>1 696 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="0">
         <v>13187</v>
       </c>
       <c r="B425" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MPG SEKIRA 100P</t>
         </is>
       </c>
       <c r="C425" s="0" t="inlineStr">
         <is>
-          <t>1 869 200 сум</t>
+          <t>1 869 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="0">
         <v>13188</v>
       </c>
       <c r="B426" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MPG Sekira 500P</t>
         </is>
       </c>
       <c r="C426" s="0" t="inlineStr">
         <is>
-          <t>3 122 900 сум</t>
+          <t>3 122 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="0">
         <v>13189</v>
       </c>
       <c r="B427" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MPG Sekira 500X</t>
         </is>
       </c>
       <c r="C427" s="0" t="inlineStr">
         <is>
-          <t>3 724 300 сум</t>
+          <t>3 724 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="0">
         <v>13190</v>
       </c>
       <c r="B428" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус MSI MPG SEKIRA 100R</t>
         </is>
       </c>
       <c r="C428" s="0" t="inlineStr">
         <is>
-          <t>1 998 100 сум</t>
+          <t>1 998 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="0">
         <v>13192</v>
       </c>
       <c r="B429" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG 055 Black</t>
         </is>
       </c>
       <c r="C429" s="0" t="inlineStr">
         <is>
-          <t>1 081 200 сум</t>
+          <t>1 081 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="0">
         <v>13193</v>
       </c>
       <c r="B430" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG 055 Cyan</t>
         </is>
       </c>
       <c r="C430" s="0" t="inlineStr">
         <is>
-          <t>1 291 700 сум</t>
+          <t>1 291 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="0">
         <v>13194</v>
       </c>
       <c r="B431" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG 055 Magenta</t>
         </is>
       </c>
       <c r="C431" s="0" t="inlineStr">
         <is>
-          <t>1 291 700 сум</t>
+          <t>1 291 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="0">
         <v>13195</v>
       </c>
       <c r="B432" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG 055 Yellow</t>
         </is>
       </c>
       <c r="C432" s="0" t="inlineStr">
         <is>
-          <t>1 291 700 сум</t>
+          <t>1 291 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="0">
         <v>13196</v>
       </c>
       <c r="B433" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG-039</t>
         </is>
       </c>
       <c r="C433" s="0" t="inlineStr">
         <is>
-          <t>3 080 200 сум</t>
+          <t>3 080 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="0">
         <v>13197</v>
       </c>
       <c r="B434" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG-046 HBK Black</t>
         </is>
       </c>
       <c r="C434" s="0" t="inlineStr">
         <is>
-          <t>1 614 600 сум</t>
+          <t>1 614 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="0">
         <v>13198</v>
       </c>
       <c r="B435" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG-046 HC Cyan</t>
         </is>
       </c>
       <c r="C435" s="0" t="inlineStr">
         <is>
-          <t>2 235 600 сум</t>
+          <t>2 235 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="0">
         <v>13199</v>
       </c>
       <c r="B436" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG-046 HM Magenta</t>
         </is>
       </c>
       <c r="C436" s="0" t="inlineStr">
         <is>
-          <t>2 235 600 сум</t>
+          <t>2 235 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="0">
         <v>13200</v>
       </c>
       <c r="B437" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG-046 HY Yellow</t>
         </is>
       </c>
       <c r="C437" s="0" t="inlineStr">
         <is>
-          <t>2 235 600 сум</t>
+          <t>2 235 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="0">
         <v>13201</v>
       </c>
       <c r="B438" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI107 BK 130 ml</t>
         </is>
       </c>
       <c r="C438" s="0" t="inlineStr">
         <is>
-          <t>819 700 сум</t>
+          <t>819 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="0">
         <v>13202</v>
       </c>
       <c r="B439" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI107 C 130 ml</t>
         </is>
       </c>
       <c r="C439" s="0" t="inlineStr">
         <is>
-          <t>819 700 сум</t>
+          <t>819 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="0">
         <v>13203</v>
       </c>
       <c r="B440" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI107 M 130 ml</t>
         </is>
       </c>
       <c r="C440" s="0" t="inlineStr">
         <is>
-          <t>819 700 сум</t>
+          <t>819 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="0">
         <v>13204</v>
       </c>
       <c r="B441" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI107 MBK</t>
         </is>
       </c>
       <c r="C441" s="0" t="inlineStr">
         <is>
-          <t>819 700 сум</t>
+          <t>819 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="0">
         <v>13205</v>
       </c>
       <c r="B442" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI107 Y 130 ml</t>
         </is>
       </c>
       <c r="C442" s="0" t="inlineStr">
         <is>
-          <t>819 700 сум</t>
+          <t>819 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="0">
         <v>13206</v>
       </c>
       <c r="B443" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-120BK Black</t>
         </is>
       </c>
       <c r="C443" s="0" t="inlineStr">
         <is>
-          <t>906 700 сум</t>
+          <t>906 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="0">
         <v>13207</v>
       </c>
       <c r="B444" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-120C Cyan EMEA</t>
         </is>
       </c>
       <c r="C444" s="0" t="inlineStr">
         <is>
-          <t>906 700 сум</t>
+          <t>906 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="0">
         <v>13208</v>
       </c>
       <c r="B445" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-120M Magenta</t>
         </is>
       </c>
       <c r="C445" s="0" t="inlineStr">
         <is>
-          <t>906 700 сум</t>
+          <t>906 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="0">
         <v>13209</v>
       </c>
       <c r="B446" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-120MBK Matte Black EMEA</t>
         </is>
       </c>
       <c r="C446" s="0" t="inlineStr">
         <is>
-          <t>906 700 сум</t>
+          <t>906 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="0">
         <v>13210</v>
       </c>
       <c r="B447" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-120Y Yellow</t>
         </is>
       </c>
       <c r="C447" s="0" t="inlineStr">
         <is>
-          <t>906 700 сум</t>
+          <t>906 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="0">
         <v>13211</v>
       </c>
       <c r="B448" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-320 Magenta</t>
         </is>
       </c>
       <c r="C448" s="0" t="inlineStr">
         <is>
-          <t>1 664 300 сум</t>
+          <t>1 664 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="0">
         <v>13212</v>
       </c>
       <c r="B449" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-320BK Black</t>
         </is>
       </c>
       <c r="C449" s="0" t="inlineStr">
         <is>
-          <t>1 664 300 сум</t>
+          <t>1 664 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="0">
         <v>13213</v>
       </c>
       <c r="B450" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-320C Cyan</t>
         </is>
       </c>
       <c r="C450" s="0" t="inlineStr">
         <is>
-          <t>1 664 300 сум</t>
+          <t>1 664 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="0">
         <v>13214</v>
       </c>
       <c r="B451" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-320MBK Matte Black</t>
         </is>
       </c>
       <c r="C451" s="0" t="inlineStr">
         <is>
-          <t>1 664 300 сум</t>
+          <t>1 664 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="0">
         <v>13215</v>
       </c>
       <c r="B452" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-320Y Yellow</t>
         </is>
       </c>
       <c r="C452" s="0" t="inlineStr">
         <is>
-          <t>1 664 300 сум</t>
+          <t>1 664 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="0">
         <v>13216</v>
       </c>
       <c r="B453" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG 725</t>
         </is>
       </c>
       <c r="C453" s="0" t="inlineStr">
         <is>
-          <t>819 700 сум</t>
+          <t>819 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="0">
         <v>13217</v>
       </c>
       <c r="B454" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG 737</t>
         </is>
       </c>
       <c r="C454" s="0" t="inlineStr">
         <is>
-          <t>1 156 700 сум</t>
+          <t>1 156 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="0">
         <v>13218</v>
       </c>
       <c r="B455" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG-041 H</t>
         </is>
       </c>
       <c r="C455" s="0" t="inlineStr">
         <is>
-          <t>3 030 500 сум</t>
+          <t>3 030 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="0">
         <v>13219</v>
       </c>
       <c r="B456" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon CRG-052</t>
         </is>
       </c>
       <c r="C456" s="0" t="inlineStr">
         <is>
-          <t>2 198 300 сум</t>
+          <t>2 198 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="0">
         <v>13220</v>
       </c>
       <c r="B457" s="0" t="inlineStr">
         <is>
           <t>Картридж Canon PFI-1100 Matte Black</t>
         </is>
       </c>
       <c r="C457" s="0" t="inlineStr">
         <is>
-          <t>695 500 сум</t>
+          <t>695 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="0">
         <v>13221</v>
       </c>
       <c r="B458" s="0" t="inlineStr">
         <is>
           <t>Калькулятор Canon AS-120</t>
         </is>
       </c>
       <c r="C458" s="0" t="inlineStr">
         <is>
-          <t>62 100 сум</t>
+          <t>62 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="0">
         <v>13222</v>
       </c>
       <c r="B459" s="0" t="inlineStr">
         <is>
           <t>Калькулятор Canon F-715SG BK</t>
         </is>
       </c>
       <c r="C459" s="0" t="inlineStr">
         <is>
-          <t>149 000 сум</t>
+          <t>149 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="0">
         <v>13223</v>
       </c>
       <c r="B460" s="0" t="inlineStr">
         <is>
           <t>Калькулятор Canon KS-1220TSG</t>
         </is>
       </c>
       <c r="C460" s="0" t="inlineStr">
         <is>
-          <t>310 500 сум</t>
+          <t>310 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="0">
         <v>13224</v>
       </c>
       <c r="B461" s="0" t="inlineStr">
         <is>
           <t>Калькулятор Canon LS-100K MPK</t>
         </is>
       </c>
       <c r="C461" s="0" t="inlineStr">
         <is>
-          <t>124 200 сум</t>
+          <t>124 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="0">
         <v>13225</v>
       </c>
       <c r="B462" s="0" t="inlineStr">
         <is>
           <t>Калькулятор Canon LS-102TC</t>
         </is>
       </c>
       <c r="C462" s="0" t="inlineStr">
         <is>
-          <t>124 200 сум</t>
+          <t>124 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="0">
         <v>13226</v>
       </c>
       <c r="B463" s="0" t="inlineStr">
         <is>
           <t>Калькулятор Canon LS-123K</t>
         </is>
       </c>
       <c r="C463" s="0" t="inlineStr">
         <is>
-          <t>186 300 сум</t>
+          <t>186 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="0">
         <v>13227</v>
       </c>
       <c r="B464" s="0" t="inlineStr">
         <is>
           <t>Калькулятор Canon WS-1610T</t>
         </is>
       </c>
       <c r="C464" s="0" t="inlineStr">
         <is>
-          <t>298 100 сум</t>
+          <t>298 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="0">
         <v>13229</v>
       </c>
       <c r="B465" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1008HP</t>
         </is>
       </c>
       <c r="C465" s="0" t="inlineStr">
         <is>
-          <t>1 299 000 сум</t>
+          <t>1 299 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="0">
         <v>13230</v>
       </c>
       <c r="B466" s="0" t="inlineStr">
         <is>
           <t>Коммутатор ZYXEL GS1200-8</t>
         </is>
       </c>
       <c r="C466" s="0" t="inlineStr">
         <is>
-          <t>435 000 сум</t>
+          <t>435 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="0">
         <v>13231</v>
       </c>
       <c r="B467" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1350-12HP</t>
         </is>
       </c>
       <c r="C467" s="0" t="inlineStr">
         <is>
-          <t>4 750 000 сум</t>
+          <t>4 750 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="0">
         <v>13232</v>
       </c>
       <c r="B468" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1350-6HP</t>
         </is>
       </c>
       <c r="C468" s="0" t="inlineStr">
         <is>
-          <t>3 812 500 сум</t>
+          <t>3 812 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="0">
         <v>13233</v>
       </c>
       <c r="B469" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1900-8HP</t>
         </is>
       </c>
       <c r="C469" s="0" t="inlineStr">
         <is>
-          <t>1 793 000 сум</t>
+          <t>1 793 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="0">
         <v>13234</v>
       </c>
       <c r="B470" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1920-24</t>
         </is>
       </c>
       <c r="C470" s="0" t="inlineStr">
         <is>
-          <t>3 445 000 сум</t>
+          <t>3 445 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="0">
         <v>13235</v>
       </c>
       <c r="B471" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1920-24HPV2</t>
         </is>
       </c>
       <c r="C471" s="0" t="inlineStr">
         <is>
-          <t>7 932 000 сум</t>
+          <t>7 932 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="0">
         <v>13236</v>
       </c>
       <c r="B472" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1920-48HPV2</t>
         </is>
       </c>
       <c r="C472" s="0" t="inlineStr">
         <is>
-          <t>11 845 000 сум</t>
+          <t>11 845 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="0">
         <v>13237</v>
       </c>
       <c r="B473" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1920-48V2</t>
         </is>
       </c>
       <c r="C473" s="0" t="inlineStr">
         <is>
-          <t>4 960 000 сум</t>
+          <t>4 960 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="0">
         <v>13238</v>
       </c>
       <c r="B474" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1920-8HP</t>
         </is>
       </c>
       <c r="C474" s="0" t="inlineStr">
         <is>
-          <t>3 696 000 сум</t>
+          <t>3 696 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="0">
         <v>13239</v>
       </c>
       <c r="B475" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel NebulaFlex Pro GS1350-18HP</t>
         </is>
       </c>
       <c r="C475" s="0" t="inlineStr">
         <is>
-          <t>4 966 000 сум</t>
+          <t>4 966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="0">
         <v>13240</v>
       </c>
       <c r="B476" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel NebulaFlex Pro GS1350-26HP</t>
         </is>
       </c>
       <c r="C476" s="0" t="inlineStr">
         <is>
-          <t>5 959 000 сум</t>
+          <t>5 959 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="0">
         <v>13241</v>
       </c>
       <c r="B477" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel NebulaFlex Pro GS2220-10</t>
         </is>
       </c>
       <c r="C477" s="0" t="inlineStr">
         <is>
-          <t>3 973 000 сум</t>
+          <t>3 973 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="0">
         <v>13242</v>
       </c>
       <c r="B478" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel NebulaFlex Pro GS2220-10HP</t>
         </is>
       </c>
       <c r="C478" s="0" t="inlineStr">
         <is>
-          <t>7 140 000 сум</t>
+          <t>7 140 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="0">
         <v>13243</v>
       </c>
       <c r="B479" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel NebulaFlex Pro GS2220-28</t>
         </is>
       </c>
       <c r="C479" s="0" t="inlineStr">
         <is>
-          <t>6 612 000 сум</t>
+          <t>6 612 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="0">
         <v>13244</v>
       </c>
       <c r="B480" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel NebulaFlex Pro GS2220-28HP</t>
         </is>
       </c>
       <c r="C480" s="0" t="inlineStr">
         <is>
-          <t>11 640 000 сум</t>
+          <t>11 640 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="0">
         <v>13245</v>
       </c>
       <c r="B481" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel NebulaFlex Pro GS2220-50</t>
         </is>
       </c>
       <c r="C481" s="0" t="inlineStr">
         <is>
-          <t>10 584 000 сум</t>
+          <t>10 584 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="0">
         <v>13246</v>
       </c>
       <c r="B482" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel NebulaFlex Pro GS2220-50HP</t>
         </is>
       </c>
       <c r="C482" s="0" t="inlineStr">
         <is>
-          <t>18 327 000 сум</t>
+          <t>18 327 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="0">
         <v>13247</v>
       </c>
       <c r="B483" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel RGS100-5P</t>
         </is>
       </c>
       <c r="C483" s="0" t="inlineStr">
         <is>
-          <t>3 960 000 сум</t>
+          <t>3 960 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="0">
         <v>13248</v>
       </c>
       <c r="B484" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel XGS1210-12</t>
         </is>
       </c>
       <c r="C484" s="0" t="inlineStr">
         <is>
-          <t>3 002 000 сум</t>
+          <t>3 002 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="0">
         <v>13249</v>
       </c>
       <c r="B485" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel XGS1930-28</t>
         </is>
       </c>
       <c r="C485" s="0" t="inlineStr">
         <is>
-          <t>6 942 000 сум</t>
+          <t>6 942 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="0">
         <v>13250</v>
       </c>
       <c r="B486" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel XGS1930-28HP</t>
         </is>
       </c>
       <c r="C486" s="0" t="inlineStr">
         <is>
-          <t>8 910 000 сум</t>
+          <t>8 910 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="0">
         <v>13251</v>
       </c>
       <c r="B487" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel LTE3202</t>
         </is>
       </c>
       <c r="C487" s="0" t="inlineStr">
         <is>
-          <t>990 000 сум</t>
+          <t>990 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="0">
         <v>13252</v>
       </c>
       <c r="B488" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel LTE3302</t>
         </is>
       </c>
       <c r="C488" s="0" t="inlineStr">
         <is>
-          <t>1 203 000 сум</t>
+          <t>1 203 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="0">
         <v>13253</v>
       </c>
       <c r="B489" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel LTE7240</t>
         </is>
       </c>
       <c r="C489" s="0" t="inlineStr">
         <is>
-          <t>3 233 000 сум</t>
+          <t>3 233 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="0">
         <v>13254</v>
       </c>
       <c r="B490" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel NBG-418</t>
         </is>
       </c>
       <c r="C490" s="0" t="inlineStr">
         <is>
-          <t>295 000 сум</t>
+          <t>295 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="0">
         <v>13255</v>
       </c>
       <c r="B491" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel NBG6615</t>
         </is>
       </c>
       <c r="C491" s="0" t="inlineStr">
         <is>
-          <t>724 000 сум</t>
+          <t>724 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="0">
         <v>13256</v>
       </c>
       <c r="B492" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel VMG5313-B10B</t>
         </is>
       </c>
       <c r="C492" s="0" t="inlineStr">
         <is>
-          <t>585 000 сум</t>
+          <t>585 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="0">
         <v>13257</v>
       </c>
       <c r="B493" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel WSQ20</t>
         </is>
       </c>
       <c r="C493" s="0" t="inlineStr">
         <is>
-          <t>1 133 000 сум</t>
+          <t>1 133 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="0">
         <v>13258</v>
       </c>
       <c r="B494" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel ATP200</t>
         </is>
       </c>
       <c r="C494" s="0" t="inlineStr">
         <is>
-          <t>10 183 000 сум</t>
+          <t>10 183 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="0">
         <v>13259</v>
       </c>
       <c r="B495" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel USG110</t>
         </is>
       </c>
       <c r="C495" s="0" t="inlineStr">
         <is>
-          <t>15 670 000 сум</t>
+          <t>15 670 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="0">
         <v>13260</v>
       </c>
       <c r="B496" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel USG310</t>
         </is>
       </c>
       <c r="C496" s="0" t="inlineStr">
         <is>
-          <t>21 427 000 сум</t>
+          <t>21 427 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="0">
         <v>13261</v>
       </c>
       <c r="B497" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel USG40</t>
         </is>
       </c>
       <c r="C497" s="0" t="inlineStr">
         <is>
-          <t>7 943 000 сум</t>
+          <t>7 943 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="0">
         <v>13262</v>
       </c>
       <c r="B498" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel VPN2S</t>
         </is>
       </c>
       <c r="C498" s="0" t="inlineStr">
         <is>
-          <t>3 114 000 сум</t>
+          <t>3 114 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="0">
         <v>13263</v>
       </c>
       <c r="B499" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel ZyWALL ATP800</t>
         </is>
       </c>
       <c r="C499" s="0" t="inlineStr">
         <is>
-          <t>71 106 000 сум</t>
+          <t>71 106 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="0">
         <v>13264</v>
       </c>
       <c r="B500" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel ZyWALL USG 20</t>
         </is>
       </c>
       <c r="C500" s="0" t="inlineStr">
         <is>
-          <t>4 200 000 сум</t>
+          <t>4 200 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="0">
         <v>13265</v>
       </c>
       <c r="B501" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel ZyWALL USG FLEX 500</t>
         </is>
       </c>
       <c r="C501" s="0" t="inlineStr">
         <is>
-          <t>22 894 000 сум</t>
+          <t>22 894 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="0">
         <v>13266</v>
       </c>
       <c r="B502" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel ZyWALL VPN300</t>
         </is>
       </c>
       <c r="C502" s="0" t="inlineStr">
         <is>
-          <t>18 183 000 сум</t>
+          <t>18 183 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="0">
         <v>13267</v>
       </c>
       <c r="B503" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel ZYWALL110</t>
         </is>
       </c>
       <c r="C503" s="0" t="inlineStr">
         <is>
-          <t>8 840 000 сум</t>
+          <t>8 840 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="0">
         <v>13268</v>
       </c>
       <c r="B504" s="0" t="inlineStr">
         <is>
           <t>Моноблок AVTECH F2</t>
         </is>
       </c>
       <c r="C504" s="0" t="inlineStr">
         <is>
-          <t>6 813 000 сум</t>
+          <t>6 813 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="0">
         <v>13269</v>
       </c>
       <c r="B505" s="0" t="inlineStr">
         <is>
           <t>Моноблок AVTECH G15</t>
         </is>
       </c>
       <c r="C505" s="0" t="inlineStr">
         <is>
-          <t>6 407 000 сум</t>
+          <t>6 407 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="0">
         <v>13270</v>
       </c>
       <c r="B506" s="0" t="inlineStr">
         <is>
           <t>Моноблок AVTECH G40</t>
         </is>
       </c>
       <c r="C506" s="0" t="inlineStr">
         <is>
-          <t>6 712 000 сум</t>
+          <t>6 712 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="0">
         <v>13271</v>
       </c>
       <c r="B507" s="0" t="inlineStr">
         <is>
           <t>Моноблок AVTECH G70</t>
         </is>
       </c>
       <c r="C507" s="0" t="inlineStr">
         <is>
-          <t>7 676 000 сум</t>
+          <t>7 676 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="0">
         <v>13272</v>
       </c>
       <c r="B508" s="0" t="inlineStr">
         <is>
           <t>Моноблок AVTECH G70 PRO</t>
         </is>
       </c>
       <c r="C508" s="0" t="inlineStr">
         <is>
-          <t>8 082 000 сум</t>
+          <t>8 082 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="0">
         <v>13273</v>
       </c>
       <c r="B509" s="0" t="inlineStr">
         <is>
           <t>Моноблок AVTECH G700 LCD 27" 2K</t>
         </is>
       </c>
       <c r="C509" s="0" t="inlineStr">
         <is>
-          <t>9 199 000 сум</t>
+          <t>9 199 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="0">
         <v>13274</v>
       </c>
       <c r="B510" s="0" t="inlineStr">
         <is>
           <t>Моноблок AVTECH X400</t>
         </is>
       </c>
       <c r="C510" s="0" t="inlineStr">
         <is>
-          <t>6 863 000 сум</t>
+          <t>6 863 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="0">
         <v>13275</v>
       </c>
       <c r="B511" s="0" t="inlineStr">
         <is>
           <t>Моноблок AVTECH X5</t>
         </is>
       </c>
       <c r="C511" s="0" t="inlineStr">
         <is>
-          <t>6 712 000 сум</t>
+          <t>6 712 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="0">
         <v>13276</v>
       </c>
       <c r="B512" s="0" t="inlineStr">
         <is>
           <t>Моноблок AVTECH X5 H410</t>
         </is>
       </c>
       <c r="C512" s="0" t="inlineStr">
         <is>
-          <t>9 082 000 сум</t>
+          <t>9 082 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="0">
         <v>13277</v>
       </c>
       <c r="B513" s="0" t="inlineStr">
         <is>
           <t>Сетевое хранилище NAS326</t>
         </is>
       </c>
       <c r="C513" s="0" t="inlineStr">
         <is>
-          <t>1 459 000 сум</t>
+          <t>1 459 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="0">
         <v>13278</v>
       </c>
       <c r="B514" s="0" t="inlineStr">
         <is>
           <t>Сетевое хранилище NAS542</t>
         </is>
       </c>
       <c r="C514" s="0" t="inlineStr">
         <is>
-          <t>3 936 000 сум</t>
+          <t>3 936 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="0">
         <v>13279</v>
       </c>
       <c r="B515" s="0" t="inlineStr">
         <is>
           <t>Сетевое хранилище QNAP D4</t>
         </is>
       </c>
       <c r="C515" s="0" t="inlineStr">
         <is>
-          <t>6 328 800 сум</t>
+          <t>6 328 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="0">
         <v>13280</v>
       </c>
       <c r="B516" s="0" t="inlineStr">
         <is>
           <t>Сетевое хранилище QNAP TS-432XU-RP-2G</t>
         </is>
       </c>
       <c r="C516" s="0" t="inlineStr">
         <is>
-          <t>15 128 000 сум</t>
+          <t>15 128 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="0">
         <v>13281</v>
       </c>
       <c r="B517" s="0" t="inlineStr">
         <is>
           <t>Сетевой RAID-накопитель QNAP TS-1253BU-RP-4G</t>
         </is>
       </c>
       <c r="C517" s="0" t="inlineStr">
         <is>
-          <t>49 714 000 сум</t>
+          <t>49 714 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="0">
         <v>13282</v>
       </c>
       <c r="B518" s="0" t="inlineStr">
         <is>
           <t>Сетевой RAID-накопитель QNAP TS-1273AU-RP-8G</t>
         </is>
       </c>
       <c r="C518" s="0" t="inlineStr">
         <is>
-          <t>63 160 000 сум</t>
+          <t>63 160 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="0">
         <v>13283</v>
       </c>
       <c r="B519" s="0" t="inlineStr">
         <is>
           <t>Сетевой RAID-накопитель QNAP TS-832X-8G</t>
         </is>
       </c>
       <c r="C519" s="0" t="inlineStr">
         <is>
-          <t>22 430 000 сум</t>
+          <t>22 430 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="0">
         <v>13284</v>
       </c>
       <c r="B520" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS QNAP TL-R1200C-RP</t>
         </is>
       </c>
       <c r="C520" s="0" t="inlineStr">
         <is>
-          <t>28 776 000 сум</t>
+          <t>28 776 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="0">
         <v>13285</v>
       </c>
       <c r="B521" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS QNAP TS-1273U-RP-8G</t>
         </is>
       </c>
       <c r="C521" s="0" t="inlineStr">
         <is>
-          <t>101 960 000 сум</t>
+          <t>101 960 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="0">
         <v>13286</v>
       </c>
       <c r="B522" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS QNAP TS-453BU-2G</t>
         </is>
       </c>
       <c r="C522" s="0" t="inlineStr">
         <is>
-          <t>23 915 000 сум</t>
+          <t>23 915 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="0">
         <v>13287</v>
       </c>
       <c r="B523" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS QNAP TS-653B-8G</t>
         </is>
       </c>
       <c r="C523" s="0" t="inlineStr">
         <is>
-          <t>22 966 000 сум</t>
+          <t>22 966 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="0">
         <v>13288</v>
       </c>
       <c r="B524" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS TES-1885U-D1521-16GR</t>
         </is>
       </c>
       <c r="C524" s="0" t="inlineStr">
         <is>
-          <t>176 054 000 сум</t>
+          <t>176 054 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="0">
         <v>13289</v>
       </c>
       <c r="B525" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель NAS TES-1885U-D1521-8GR</t>
         </is>
       </c>
       <c r="C525" s="0" t="inlineStr">
         <is>
-          <t>132 620 000 сум</t>
+          <t>132 620 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="0">
         <v>13290</v>
       </c>
       <c r="B526" s="0" t="inlineStr">
         <is>
           <t>Сетевой накопитель QNAP D4 Pro</t>
         </is>
       </c>
       <c r="C526" s="0" t="inlineStr">
         <is>
-          <t>8 502 000 сум</t>
+          <t>8 502 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="0">
         <v>13291</v>
       </c>
       <c r="B527" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel NWA1123AC</t>
         </is>
       </c>
       <c r="C527" s="0" t="inlineStr">
         <is>
-          <t>1 543 000 сум</t>
+          <t>1 543 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="0">
         <v>13292</v>
       </c>
       <c r="B528" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel NWA1123-ACHD</t>
         </is>
       </c>
       <c r="C528" s="0" t="inlineStr">
         <is>
-          <t>1 839 000 сум</t>
+          <t>1 839 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="0">
         <v>13293</v>
       </c>
       <c r="B529" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel NWA1123-ACV2</t>
         </is>
       </c>
       <c r="C529" s="0" t="inlineStr">
         <is>
-          <t>1 928 700 сум</t>
+          <t>1 928 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="0">
         <v>13294</v>
       </c>
       <c r="B530" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel NWA1302-AC</t>
         </is>
       </c>
       <c r="C530" s="0" t="inlineStr">
         <is>
-          <t>1 274 000 сум</t>
+          <t>1 274 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="0">
         <v>13295</v>
       </c>
       <c r="B531" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel NWA5123-AC</t>
         </is>
       </c>
       <c r="C531" s="0" t="inlineStr">
         <is>
-          <t>3 023 000 сум</t>
+          <t>3 023 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="0">
         <v>13296</v>
       </c>
       <c r="B532" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel WAC6303D</t>
         </is>
       </c>
       <c r="C532" s="0" t="inlineStr">
         <is>
-          <t>4 903 000 сум</t>
+          <t>4 903 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="0">
         <v>13297</v>
       </c>
       <c r="B533" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel WAC6552D</t>
         </is>
       </c>
       <c r="C533" s="0" t="inlineStr">
         <is>
-          <t>11 865 000 сум</t>
+          <t>11 865 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="0">
         <v>13298</v>
       </c>
       <c r="B534" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel WAC6553D</t>
         </is>
       </c>
       <c r="C534" s="0" t="inlineStr">
         <is>
-          <t>10 593 000 сум</t>
+          <t>10 593 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="0">
         <v>13299</v>
       </c>
       <c r="B535" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel WAP3205 v3</t>
         </is>
       </c>
       <c r="C535" s="0" t="inlineStr">
         <is>
-          <t>237 000 сум</t>
+          <t>237 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="0">
         <v>13300</v>
       </c>
       <c r="B536" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision Engine 1024GB USB Type-C 3.2</t>
         </is>
       </c>
       <c r="C536" s="0" t="inlineStr">
         <is>
-          <t>1 785 400 сум</t>
+          <t>1 785 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="0">
         <v>13301</v>
       </c>
       <c r="B537" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision Engine 256GB USB Type-C 3.2</t>
         </is>
       </c>
       <c r="C537" s="0" t="inlineStr">
         <is>
-          <t>608 300 сум</t>
+          <t>608 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="0">
         <v>13302</v>
       </c>
       <c r="B538" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision Engine 512GB USB Type-C 3.2</t>
         </is>
       </c>
       <c r="C538" s="0" t="inlineStr">
         <is>
-          <t>1 058 000 сум</t>
+          <t>1 058 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="0">
         <v>13303</v>
       </c>
       <c r="B539" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200 16GB 2.0</t>
         </is>
       </c>
       <c r="C539" s="0" t="inlineStr">
         <is>
-          <t>50 300 сум</t>
+          <t>50 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="0">
         <v>13304</v>
       </c>
       <c r="B540" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200 16GB 3.0</t>
         </is>
       </c>
       <c r="C540" s="0" t="inlineStr">
         <is>
-          <t>66 100 сум</t>
+          <t>66 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="0">
         <v>13305</v>
       </c>
       <c r="B541" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200 32GB 2.0</t>
         </is>
       </c>
       <c r="C541" s="0" t="inlineStr">
         <is>
-          <t>60 800 сум</t>
+          <t>60 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="0">
         <v>13306</v>
       </c>
       <c r="B542" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200 64GB 3.0</t>
         </is>
       </c>
       <c r="C542" s="0" t="inlineStr">
         <is>
-          <t>109 800 сум</t>
+          <t>109 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="0">
         <v>13307</v>
       </c>
       <c r="B543" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200F 64GB 3.0</t>
         </is>
       </c>
       <c r="C543" s="0" t="inlineStr">
         <is>
-          <t>488 000 сум</t>
+          <t>488 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="0">
         <v>13308</v>
       </c>
       <c r="B544" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200S 128GB 3.0</t>
         </is>
       </c>
       <c r="C544" s="0" t="inlineStr">
         <is>
-          <t>158 700 сум</t>
+          <t>158 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="0">
         <v>13309</v>
       </c>
       <c r="B545" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200S 16GB 2.0</t>
         </is>
       </c>
       <c r="C545" s="0" t="inlineStr">
         <is>
-          <t>47 600 сум</t>
+          <t>47 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="0">
         <v>13310</v>
       </c>
       <c r="B546" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200S 16GB 3.0</t>
         </is>
       </c>
       <c r="C546" s="0" t="inlineStr">
         <is>
-          <t>59 500 сум</t>
+          <t>59 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="0">
         <v>13311</v>
       </c>
       <c r="B547" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200S 32GB 2.0</t>
         </is>
       </c>
       <c r="C547" s="0" t="inlineStr">
         <is>
-          <t>56 900 сум</t>
+          <t>56 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="0">
         <v>13312</v>
       </c>
       <c r="B548" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200S 32GB 3.0</t>
         </is>
       </c>
       <c r="C548" s="0" t="inlineStr">
         <is>
-          <t>60 800 сум</t>
+          <t>60 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="0">
         <v>13313</v>
       </c>
       <c r="B549" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Hikvision M200S 64GB 3.0</t>
         </is>
       </c>
       <c r="C549" s="0" t="inlineStr">
         <is>
-          <t>91 300 сум</t>
+          <t>91 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="0">
         <v>13314</v>
       </c>
       <c r="B550" s="0" t="inlineStr">
         <is>
           <t>Шкаф для батарей Legrand Daker DK Plus, 10 кВА</t>
         </is>
       </c>
       <c r="C550" s="0" t="inlineStr">
         <is>
-          <t>7 488 800 сум</t>
+          <t>7 488 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="0">
         <v>13315</v>
       </c>
       <c r="B551" s="0" t="inlineStr">
         <is>
           <t>Шкаф для батарей Legrand Daker DK Plus, 1кВА, без батарей</t>
         </is>
       </c>
       <c r="C551" s="0" t="inlineStr">
         <is>
-          <t>4 971 500 сум</t>
+          <t>4 971 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="0">
         <v>13316</v>
       </c>
       <c r="B552" s="0" t="inlineStr">
         <is>
           <t>Шкаф для батарей Legrand Daker DK Plus, 2кВА, без батарей</t>
         </is>
       </c>
       <c r="C552" s="0" t="inlineStr">
         <is>
-          <t>4 971 500 сум</t>
+          <t>4 971 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="0">
         <v>13317</v>
       </c>
       <c r="B553" s="0" t="inlineStr">
         <is>
           <t>Шкаф для батарей Legrand Daker DK Plus, 3кВА, без батарей</t>
         </is>
       </c>
       <c r="C553" s="0" t="inlineStr">
         <is>
-          <t>4 971 500 сум</t>
+          <t>4 971 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="0">
         <v>13318</v>
       </c>
       <c r="B554" s="0" t="inlineStr">
         <is>
           <t>Шкаф для батарей для Legrand BATTERY CABINET KEOR-T 1650H 0  40-55 Ач</t>
         </is>
       </c>
       <c r="C554" s="0" t="inlineStr">
         <is>
-          <t>19 734 000 сум</t>
+          <t>19 734 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="0">
         <v>13319</v>
       </c>
       <c r="B555" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel AMG1302-T10C</t>
         </is>
       </c>
       <c r="C555" s="0" t="inlineStr">
         <is>
-          <t>581 300 сум</t>
+          <t>581 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="0">
         <v>13320</v>
       </c>
       <c r="B556" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Zyxel ANT1310</t>
         </is>
       </c>
       <c r="C556" s="0" t="inlineStr">
         <is>
-          <t>1 768 000 сум</t>
+          <t>1 768 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="0">
         <v>13321</v>
       </c>
       <c r="B557" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Zyxel ANT1314</t>
         </is>
       </c>
       <c r="C557" s="0" t="inlineStr">
         <is>
-          <t>5 099 000 сум</t>
+          <t>5 099 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="0">
         <v>13322</v>
       </c>
       <c r="B558" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel EMG5523-T50B</t>
         </is>
       </c>
       <c r="C558" s="0" t="inlineStr">
         <is>
-          <t>681 000 сум</t>
+          <t>681 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="0">
         <v>13323</v>
       </c>
       <c r="B559" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel ES-105A</t>
         </is>
       </c>
       <c r="C559" s="0" t="inlineStr">
         <is>
-          <t>118 000 сум</t>
+          <t>118 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="0">
         <v>13324</v>
       </c>
       <c r="B560" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel ES-105E</t>
         </is>
       </c>
       <c r="C560" s="0" t="inlineStr">
         <is>
-          <t>110 000 сум</t>
+          <t>110 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="0">
         <v>13325</v>
       </c>
       <c r="B561" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel ES-105S</t>
         </is>
       </c>
       <c r="C561" s="0" t="inlineStr">
         <is>
-          <t>277 000 сум</t>
+          <t>277 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="0">
         <v>13326</v>
       </c>
       <c r="B562" s="0" t="inlineStr">
         <is>
           <t>Коммутатор  Zyxel ES-108S</t>
         </is>
       </c>
       <c r="C562" s="0" t="inlineStr">
         <is>
-          <t>360 000 сум</t>
+          <t>360 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="0">
         <v>13327</v>
       </c>
       <c r="B563" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel ES1100-24E</t>
         </is>
       </c>
       <c r="C563" s="0" t="inlineStr">
         <is>
-          <t>1 193 000 сум</t>
+          <t>1 193 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="0">
         <v>13328</v>
       </c>
       <c r="B564" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Zyxel Ext 104</t>
         </is>
       </c>
       <c r="C564" s="0" t="inlineStr">
         <is>
-          <t>1 512 000 сум</t>
+          <t>1 512 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="0">
         <v>13329</v>
       </c>
       <c r="B565" s="0" t="inlineStr">
         <is>
           <t>GPON Терминал Zyxel PMG1005-T20B-ZZ01V1F</t>
         </is>
       </c>
       <c r="C565" s="0" t="inlineStr">
         <is>
-          <t>390 000 сум</t>
+          <t>390 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="0">
         <v>13330</v>
       </c>
       <c r="B566" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS-105S EE</t>
         </is>
       </c>
       <c r="C566" s="0" t="inlineStr">
         <is>
-          <t>385 000 сум</t>
+          <t>385 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="0">
         <v>13331</v>
       </c>
       <c r="B567" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1900-10HP</t>
         </is>
       </c>
       <c r="C567" s="0" t="inlineStr">
         <is>
-          <t>1 774 000 сум</t>
+          <t>1 774 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="0">
         <v>13332</v>
       </c>
       <c r="B568" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1900-24E</t>
         </is>
       </c>
       <c r="C568" s="0" t="inlineStr">
         <is>
-          <t>1 507 000 сум</t>
+          <t>1 507 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="0">
         <v>13333</v>
       </c>
       <c r="B569" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1900-24HP</t>
         </is>
       </c>
       <c r="C569" s="0" t="inlineStr">
         <is>
-          <t>5 074 000 сум</t>
+          <t>5 074 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="0">
         <v>13334</v>
       </c>
       <c r="B570" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1900-48</t>
         </is>
       </c>
       <c r="C570" s="0" t="inlineStr">
         <is>
-          <t>3 442 000 сум</t>
+          <t>3 442 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="0">
         <v>13335</v>
       </c>
       <c r="B571" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1900-48HP</t>
         </is>
       </c>
       <c r="C571" s="0" t="inlineStr">
         <is>
-          <t>6 820 000 сум</t>
+          <t>6 820 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="0">
         <v>13336</v>
       </c>
       <c r="B572" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel GS1900-8</t>
         </is>
       </c>
       <c r="C572" s="0" t="inlineStr">
         <is>
-          <t>805 000 сум</t>
+          <t>805 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="0">
         <v>13337</v>
       </c>
       <c r="B573" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel LTE4506-M606</t>
         </is>
       </c>
       <c r="C573" s="0" t="inlineStr">
         <is>
-          <t>3 025 000 сум</t>
+          <t>3 025 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="0">
         <v>13338</v>
       </c>
       <c r="B574" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel LTE7460-M608</t>
         </is>
       </c>
       <c r="C574" s="0" t="inlineStr">
         <is>
-          <t>3 650 000 сум</t>
+          <t>3 650 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="0">
         <v>13339</v>
       </c>
       <c r="B575" s="0" t="inlineStr">
         <is>
           <t>Модуль Zyxel M8FO4FS4</t>
         </is>
       </c>
       <c r="C575" s="0" t="inlineStr">
         <is>
-          <t>10 562 000 сум</t>
+          <t>10 562 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="0">
         <v>13340</v>
       </c>
       <c r="B576" s="0" t="inlineStr">
         <is>
           <t>Модуль Zyxel M8FO8</t>
         </is>
       </c>
       <c r="C576" s="0" t="inlineStr">
         <is>
-          <t>7 453 000 сум</t>
+          <t>7 453 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="0">
         <v>13341</v>
       </c>
       <c r="B577" s="0" t="inlineStr">
         <is>
           <t>Модуль Zyxel M8T1E1</t>
         </is>
       </c>
       <c r="C577" s="0" t="inlineStr">
         <is>
-          <t>9 310 000 сум</t>
+          <t>9 310 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="0">
         <v>13342</v>
       </c>
       <c r="B578" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Zyxel NBG6817 Armor Z2</t>
         </is>
       </c>
       <c r="C578" s="0" t="inlineStr">
         <is>
-          <t>2 603 000 сум</t>
+          <t>2 603 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="0">
         <v>13343</v>
       </c>
       <c r="B579" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Zyxel NWA1100-NH</t>
         </is>
       </c>
       <c r="C579" s="0" t="inlineStr">
         <is>
-          <t>898 700 сум</t>
+          <t>898 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="0">
         <v>13344</v>
       </c>
       <c r="B580" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Zyxel NWA1300-NJ Single-Pack</t>
         </is>
       </c>
       <c r="C580" s="0" t="inlineStr">
         <is>
-          <t>7 408 700 сум</t>
+          <t>7 408 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="0">
         <v>13345</v>
       </c>
       <c r="B581" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Zyxel NWA5121-NI</t>
         </is>
       </c>
       <c r="C581" s="0" t="inlineStr">
         <is>
-          <t>762 000 сум</t>
+          <t>762 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="0">
         <v>13346</v>
       </c>
       <c r="B582" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер Zyxel NWD6505</t>
         </is>
       </c>
       <c r="C582" s="0" t="inlineStr">
         <is>
-          <t>212 000 сум</t>
+          <t>212 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="0">
         <v>13347</v>
       </c>
       <c r="B583" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер Zyxel NWD6605</t>
         </is>
       </c>
       <c r="C583" s="0" t="inlineStr">
         <is>
-          <t>319 000 сум</t>
+          <t>319 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="0">
         <v>13348</v>
       </c>
       <c r="B584" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel P-791R v3</t>
         </is>
       </c>
       <c r="C584" s="0" t="inlineStr">
         <is>
-          <t>1 919 000 сум</t>
+          <t>1 919 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="0">
         <v>13349</v>
       </c>
       <c r="B585" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel P-793H v3</t>
         </is>
       </c>
       <c r="C585" s="0" t="inlineStr">
         <is>
-          <t>6 378 000 сум</t>
+          <t>6 378 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="0">
         <v>13350</v>
       </c>
       <c r="B586" s="0" t="inlineStr">
         <is>
           <t>Адаптер Powerline Zyxel PLA4201v2 EE</t>
         </is>
       </c>
       <c r="C586" s="0" t="inlineStr">
         <is>
-          <t>725 000 сум</t>
+          <t>725 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="0">
         <v>13351</v>
       </c>
       <c r="B587" s="0" t="inlineStr">
         <is>
           <t>Адаптер Zyxel PoE12-HP</t>
         </is>
       </c>
       <c r="C587" s="0" t="inlineStr">
         <is>
-          <t>1 307 000 сум</t>
+          <t>1 307 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="0">
         <v>13352</v>
       </c>
       <c r="B588" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Zyxel UAG4100</t>
         </is>
       </c>
       <c r="C588" s="0" t="inlineStr">
         <is>
-          <t>8 365 000 сум</t>
+          <t>8 365 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="0">
         <v>13353</v>
       </c>
       <c r="B589" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Zyxel UAG4100 с термопринтером</t>
         </is>
       </c>
       <c r="C589" s="0" t="inlineStr">
         <is>
-          <t>10 456 200 сум</t>
+          <t>10 456 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="0">
         <v>13354</v>
       </c>
       <c r="B590" s="0" t="inlineStr">
         <is>
           <t>Унифицированный шлюз доступа Zyxel UAG5100</t>
         </is>
       </c>
       <c r="C590" s="0" t="inlineStr">
         <is>
-          <t>11 768 000 сум</t>
+          <t>11 768 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="0">
         <v>13355</v>
       </c>
       <c r="B591" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран Zyxel USG 20W-VPN</t>
         </is>
       </c>
       <c r="C591" s="0" t="inlineStr">
         <is>
-          <t>2 917 500 сум</t>
+          <t>2 917 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="0">
         <v>13356</v>
       </c>
       <c r="B592" s="0" t="inlineStr">
         <is>
           <t>Унифицированный шлюз доступа Zyxel USG 40W</t>
         </is>
       </c>
       <c r="C592" s="0" t="inlineStr">
         <is>
-          <t>5 075 000 сум</t>
+          <t>5 075 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="0">
         <v>13357</v>
       </c>
       <c r="B593" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel VDSL VMG1312-T20B</t>
         </is>
       </c>
       <c r="C593" s="0" t="inlineStr">
         <is>
-          <t>476 000 сум</t>
+          <t>476 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="0">
         <v>13358</v>
       </c>
       <c r="B594" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel VMG8825-B50B</t>
         </is>
       </c>
       <c r="C594" s="0" t="inlineStr">
         <is>
-          <t>2 328 000 сум</t>
+          <t>2 328 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="0">
         <v>13359</v>
       </c>
       <c r="B595" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel VSG-1200v2</t>
         </is>
       </c>
       <c r="C595" s="0" t="inlineStr">
         <is>
-          <t>32 814 000 сум</t>
+          <t>32 814 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="0">
         <v>13360</v>
       </c>
       <c r="B596" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Zyxel WAC6502D-E</t>
         </is>
       </c>
       <c r="C596" s="0" t="inlineStr">
         <is>
-          <t>4 252 000 сум</t>
+          <t>4 252 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="0">
         <v>13361</v>
       </c>
       <c r="B597" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Zyxel WAC6502D-S</t>
         </is>
       </c>
       <c r="C597" s="0" t="inlineStr">
         <is>
-          <t>6 150 000 сум</t>
+          <t>6 150 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="0">
         <v>13362</v>
       </c>
       <c r="B598" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Zyxel WAC6503D-S</t>
         </is>
       </c>
       <c r="C598" s="0" t="inlineStr">
         <is>
-          <t>4 905 000 сум</t>
+          <t>4 905 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="0">
         <v>13363</v>
       </c>
       <c r="B599" s="0" t="inlineStr">
         <is>
           <t>Повторитель беспроводной сети Zyxel WRE2206</t>
         </is>
       </c>
       <c r="C599" s="0" t="inlineStr">
         <is>
-          <t>264 000 сум</t>
+          <t>264 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="0">
         <v>13364</v>
       </c>
       <c r="B600" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel WSQ60-EU0101F</t>
         </is>
       </c>
       <c r="C600" s="0" t="inlineStr">
         <is>
-          <t>5 028 000 сум</t>
+          <t>5 028 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="0">
         <v>13365</v>
       </c>
       <c r="B601" s="0" t="inlineStr">
         <is>
           <t>VoIP оборудование Zyxel X8004</t>
         </is>
       </c>
       <c r="C601" s="0" t="inlineStr">
         <is>
-          <t>77 829 000 сум</t>
+          <t>77 829 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="0">
         <v>13366</v>
       </c>
       <c r="B602" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel XGS4600-32</t>
         </is>
       </c>
       <c r="C602" s="0" t="inlineStr">
         <is>
-          <t>29 599 000 сум</t>
+          <t>29 599 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="0">
         <v>13367</v>
       </c>
       <c r="B603" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel XGS4600-32F</t>
         </is>
       </c>
       <c r="C603" s="0" t="inlineStr">
         <is>
-          <t>33 349 000 сум</t>
+          <t>33 349 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="0">
         <v>13368</v>
       </c>
       <c r="B604" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-EB2401P</t>
         </is>
       </c>
       <c r="C604" s="0" t="inlineStr">
         <is>
-          <t>990 000 сум</t>
+          <t>990 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="0">
         <v>13369</v>
       </c>
       <c r="B605" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW1200RP-0360B-S3</t>
         </is>
       </c>
       <c r="C605" s="0" t="inlineStr">
         <is>
-          <t>224 400 сум</t>
+          <t>224 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="0">
         <v>13370</v>
       </c>
       <c r="B606" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HDW1400RP</t>
         </is>
       </c>
       <c r="C606" s="0" t="inlineStr">
         <is>
-          <t>369 600 сум</t>
+          <t>369 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="0">
         <v>13371</v>
       </c>
       <c r="B607" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW1200BP-0600B-S3A</t>
         </is>
       </c>
       <c r="C607" s="0" t="inlineStr">
         <is>
-          <t>369 600 сум</t>
+          <t>369 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="0">
         <v>13372</v>
       </c>
       <c r="B608" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW1200DP-0600B-S3A</t>
         </is>
       </c>
       <c r="C608" s="0" t="inlineStr">
         <is>
-          <t>409 200 сум</t>
+          <t>409 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="0">
         <v>13373</v>
       </c>
       <c r="B609" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-HAC-HFW1400RP</t>
         </is>
       </c>
       <c r="C609" s="0" t="inlineStr">
         <is>
-          <t>369 600 сум</t>
+          <t>369 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="0">
         <v>13374</v>
       </c>
       <c r="B610" s="0" t="inlineStr">
         <is>
           <t>Считыватель Dahua DHI-ASR1100A</t>
         </is>
       </c>
       <c r="C610" s="0" t="inlineStr">
         <is>
-          <t>396 000 сум</t>
+          <t>396 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="0">
         <v>13375</v>
       </c>
       <c r="B611" s="0" t="inlineStr">
         <is>
           <t>Считыватель Dahua DHI-ASR1100B</t>
         </is>
       </c>
       <c r="C611" s="0" t="inlineStr">
         <is>
-          <t>382 800 сум</t>
+          <t>382 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="0">
         <v>13376</v>
       </c>
       <c r="B612" s="0" t="inlineStr">
         <is>
           <t>Считыватель Dahua DHI-ASR1101M</t>
         </is>
       </c>
       <c r="C612" s="0" t="inlineStr">
         <is>
-          <t>633 600 сум</t>
+          <t>633 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="0">
         <v>13377</v>
       </c>
       <c r="B613" s="0" t="inlineStr">
         <is>
           <t>Считыватель Dahua DHI-ASR1102A(V2)</t>
         </is>
       </c>
       <c r="C613" s="0" t="inlineStr">
         <is>
-          <t>1 029 600 сум</t>
+          <t>1 029 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="0">
         <v>13378</v>
       </c>
       <c r="B614" s="0" t="inlineStr">
         <is>
           <t>Считыватель Dahua DHI-ASR1201D</t>
         </is>
       </c>
       <c r="C614" s="0" t="inlineStr">
         <is>
-          <t>435 600 сум</t>
+          <t>435 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="0">
         <v>13379</v>
       </c>
       <c r="B615" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua DHI-HCVR5216A-S3</t>
         </is>
       </c>
       <c r="C615" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 сум</t>
+          <t>2 376 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="0">
         <v>13380</v>
       </c>
       <c r="B616" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua DHI-HCVR5232AN-S3</t>
         </is>
       </c>
       <c r="C616" s="0" t="inlineStr">
         <is>
-          <t>3 498 000 сум</t>
+          <t>3 498 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="0">
         <v>13381</v>
       </c>
       <c r="B617" s="0" t="inlineStr">
         <is>
           <t>Видеорегистартор Dahua DHI-HCVR7216AN-4M</t>
         </is>
       </c>
       <c r="C617" s="0" t="inlineStr">
         <is>
-          <t>3 300 000 сум</t>
+          <t>3 300 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="0">
         <v>13382</v>
       </c>
       <c r="B618" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua DHI-NVR4104-4KS2</t>
         </is>
       </c>
       <c r="C618" s="0" t="inlineStr">
         <is>
-          <t>1 056 000 сум</t>
+          <t>1 056 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="0">
         <v>13383</v>
       </c>
       <c r="B619" s="0" t="inlineStr">
         <is>
           <t>Видеорегисртатор Dahua DHI-NVR4108-4KS2</t>
         </is>
       </c>
       <c r="C619" s="0" t="inlineStr">
         <is>
-          <t>1 188 000 сум</t>
+          <t>1 188 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="0">
         <v>13384</v>
       </c>
       <c r="B620" s="0" t="inlineStr">
         <is>
           <t>Видеорегистартор Dahua DHI-NVR4216-4KS2</t>
         </is>
       </c>
       <c r="C620" s="0" t="inlineStr">
         <is>
-          <t>2 112 000 сум</t>
+          <t>2 112 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="0">
         <v>13385</v>
       </c>
       <c r="B621" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua DHI-NVR4232-4KS2</t>
         </is>
       </c>
       <c r="C621" s="0" t="inlineStr">
         <is>
-          <t>2 442 000 сум</t>
+          <t>2 442 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="0">
         <v>13386</v>
       </c>
       <c r="B622" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua DHI-NVR608-128-4KS2</t>
         </is>
       </c>
       <c r="C622" s="0" t="inlineStr">
         <is>
-          <t>19 285 200 сум</t>
+          <t>19 285 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="0">
         <v>13387</v>
       </c>
       <c r="B623" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-IPC-HFW1220SP-0360B-S3</t>
         </is>
       </c>
       <c r="C623" s="0" t="inlineStr">
         <is>
-          <t>567 600 сум</t>
+          <t>567 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="0">
         <v>13388</v>
       </c>
       <c r="B624" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Dahua DHI-VTNA1040B</t>
         </is>
       </c>
       <c r="C624" s="0" t="inlineStr">
         <is>
-          <t>396 000 сум</t>
+          <t>396 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="0">
         <v>13389</v>
       </c>
       <c r="B625" s="0" t="inlineStr">
         <is>
           <t>Домофон Dahua DHI-VTO5000C</t>
         </is>
       </c>
       <c r="C625" s="0" t="inlineStr">
         <is>
-          <t>620 400 сум</t>
+          <t>620 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="0">
         <v>13390</v>
       </c>
       <c r="B626" s="0" t="inlineStr">
         <is>
           <t>Домофон Dahua DHI-VTO5110B</t>
         </is>
       </c>
       <c r="C626" s="0" t="inlineStr">
         <is>
-          <t>831 600 сум</t>
+          <t>831 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="0">
         <v>13391</v>
       </c>
       <c r="B627" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua DH-NVR2216-S2</t>
         </is>
       </c>
       <c r="C627" s="0" t="inlineStr">
         <is>
-          <t>1 518 000 сум</t>
+          <t>1 518 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="0">
         <v>13392</v>
       </c>
       <c r="B628" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-SD42212I-HC</t>
         </is>
       </c>
       <c r="C628" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 сум</t>
+          <t>2 376 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="0">
         <v>13393</v>
       </c>
       <c r="B629" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения Dahua DH-SD49225I-HC</t>
         </is>
       </c>
       <c r="C629" s="0" t="inlineStr">
         <is>
-          <t>2 970 000 сум</t>
+          <t>2 970 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="0">
         <v>13394</v>
       </c>
       <c r="B630" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения DH-SD59230I-HC</t>
         </is>
       </c>
       <c r="C630" s="0" t="inlineStr">
         <is>
-          <t>6 124 800 сум</t>
+          <t>6 124 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="0">
         <v>13395</v>
       </c>
       <c r="B631" s="0" t="inlineStr">
         <is>
           <t>Поворотная мультиплатформа IP тепловизор Dahua DH-TPC-PT8320-TA60</t>
         </is>
       </c>
       <c r="C631" s="0" t="inlineStr">
         <is>
-          <t>88 440 000 сум</t>
+          <t>88 440 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="0">
         <v>13396</v>
       </c>
       <c r="B632" s="0" t="inlineStr">
         <is>
           <t>Цветной монитор IP видеодомофона Dahua DH-VTH1520A</t>
         </is>
       </c>
       <c r="C632" s="0" t="inlineStr">
         <is>
-          <t>1 663 200 сум</t>
+          <t>1 663 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="0">
         <v>13397</v>
       </c>
       <c r="B633" s="0" t="inlineStr">
         <is>
           <t>Домофон Dahua DH-VTH1520AH</t>
         </is>
       </c>
       <c r="C633" s="0" t="inlineStr">
         <is>
-          <t>1 663 200 сум</t>
+          <t>1 663 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="0">
         <v>13398</v>
       </c>
       <c r="B634" s="0" t="inlineStr">
         <is>
           <t>Домофон Dahua DH-VTH1520AS</t>
         </is>
       </c>
       <c r="C634" s="0" t="inlineStr">
         <is>
-          <t>1 716 000 сум</t>
+          <t>1 716 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="0">
         <v>13399</v>
       </c>
       <c r="B635" s="0" t="inlineStr">
         <is>
           <t>Домофон Dahua DH-VTH1520AS-H</t>
         </is>
       </c>
       <c r="C635" s="0" t="inlineStr">
         <is>
-          <t>1 927 200 сум</t>
+          <t>1 927 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="0">
         <v>13400</v>
       </c>
       <c r="B636" s="0" t="inlineStr">
         <is>
           <t>Одноабонентская вызывная IP панель Dahua DH-VTO6000CM</t>
         </is>
       </c>
       <c r="C636" s="0" t="inlineStr">
         <is>
-          <t>1 320 000 сум</t>
+          <t>1 320 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="0">
         <v>13401</v>
       </c>
       <c r="B637" s="0" t="inlineStr">
         <is>
           <t>Коммутатор D-Link DES-1005C</t>
         </is>
       </c>
       <c r="C637" s="0" t="inlineStr">
         <is>
-          <t>135 000 сум</t>
+          <t>135 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="0">
         <v>13402</v>
       </c>
       <c r="B638" s="0" t="inlineStr">
         <is>
           <t>Коммутатор D-Link DES-1008P+</t>
         </is>
       </c>
       <c r="C638" s="0" t="inlineStr">
         <is>
-          <t>2 250 000 сум</t>
+          <t>2 250 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="0">
         <v>13403</v>
       </c>
       <c r="B639" s="0" t="inlineStr">
         <is>
           <t>Коммутатор D-Link DES-1024D</t>
         </is>
       </c>
       <c r="C639" s="0" t="inlineStr">
         <is>
-          <t>675 000 сум</t>
+          <t>675 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="0">
         <v>13404</v>
       </c>
       <c r="B640" s="0" t="inlineStr">
         <is>
           <t>Коммутатор D-Link DES-1100-16</t>
         </is>
       </c>
       <c r="C640" s="0" t="inlineStr">
         <is>
-          <t>1 140 000 сум</t>
+          <t>1 140 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="0">
         <v>13405</v>
       </c>
       <c r="B641" s="0" t="inlineStr">
         <is>
           <t>Коммутатор D-Link DGS-1005A</t>
         </is>
       </c>
       <c r="C641" s="0" t="inlineStr">
         <is>
-          <t>285 000 сум</t>
+          <t>285 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="0">
         <v>13406</v>
       </c>
       <c r="B642" s="0" t="inlineStr">
         <is>
           <t>Коммутатор D-Link DGS-1008A</t>
         </is>
       </c>
       <c r="C642" s="0" t="inlineStr">
         <is>
-          <t>345 000 сум</t>
+          <t>345 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="0">
         <v>13407</v>
       </c>
       <c r="B643" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер D-Link DSL-2750U</t>
         </is>
       </c>
       <c r="C643" s="0" t="inlineStr">
         <is>
-          <t>525 000 сум</t>
+          <t>525 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="0">
         <v>13408</v>
       </c>
       <c r="B644" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-HCVR7104H-4M</t>
         </is>
       </c>
       <c r="C644" s="0" t="inlineStr">
         <is>
-          <t>1 359 600 сум</t>
+          <t>1 359 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="0">
         <v>13409</v>
       </c>
       <c r="B645" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-HCVR7108H-4M</t>
         </is>
       </c>
       <c r="C645" s="0" t="inlineStr">
         <is>
-          <t>1 887 600 сум</t>
+          <t>1 887 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="0">
         <v>13410</v>
       </c>
       <c r="B646" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-HCVR7116H-4M</t>
         </is>
       </c>
       <c r="C646" s="0" t="inlineStr">
         <is>
-          <t>2 719 200 сум</t>
+          <t>2 719 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="0">
         <v>13411</v>
       </c>
       <c r="B647" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR2104-S2</t>
         </is>
       </c>
       <c r="C647" s="0" t="inlineStr">
         <is>
-          <t>594 000 сум</t>
+          <t>594 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="0">
         <v>13412</v>
       </c>
       <c r="B648" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR2108-S2</t>
         </is>
       </c>
       <c r="C648" s="0" t="inlineStr">
         <is>
-          <t>726 000 сум</t>
+          <t>726 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="0">
         <v>13413</v>
       </c>
       <c r="B649" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR2116-S2</t>
         </is>
       </c>
       <c r="C649" s="0" t="inlineStr">
         <is>
-          <t>858 000 сум</t>
+          <t>858 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="0">
         <v>13414</v>
       </c>
       <c r="B650" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR4104-W</t>
         </is>
       </c>
       <c r="C650" s="0" t="inlineStr">
         <is>
-          <t>1 359 600 сум</t>
+          <t>1 359 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="0">
         <v>13415</v>
       </c>
       <c r="B651" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR4116-4KS2</t>
         </is>
       </c>
       <c r="C651" s="0" t="inlineStr">
         <is>
-          <t>1 320 000 сум</t>
+          <t>1 320 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="0">
         <v>13416</v>
       </c>
       <c r="B652" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR4416</t>
         </is>
       </c>
       <c r="C652" s="0" t="inlineStr">
         <is>
-          <t>3 102 000 сум</t>
+          <t>3 102 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="0">
         <v>13417</v>
       </c>
       <c r="B653" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR4416-4K</t>
         </is>
       </c>
       <c r="C653" s="0" t="inlineStr">
         <is>
-          <t>3 828 000 сум</t>
+          <t>3 828 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="0">
         <v>13418</v>
       </c>
       <c r="B654" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR4432</t>
         </is>
       </c>
       <c r="C654" s="0" t="inlineStr">
         <is>
-          <t>4 092 000 сум</t>
+          <t>4 092 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="0">
         <v>13419</v>
       </c>
       <c r="B655" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR5232-4KS2</t>
         </is>
       </c>
       <c r="C655" s="0" t="inlineStr">
         <is>
-          <t>4 026 000 сум</t>
+          <t>4 026 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="0">
         <v>13420</v>
       </c>
       <c r="B656" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR5432-4KS2</t>
         </is>
       </c>
       <c r="C656" s="0" t="inlineStr">
         <is>
-          <t>6 534 000 сум</t>
+          <t>6 534 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="0">
         <v>13421</v>
       </c>
       <c r="B657" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR5464-4KS2</t>
         </is>
       </c>
       <c r="C657" s="0" t="inlineStr">
         <is>
-          <t>7 194 000 сум</t>
+          <t>7 194 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="0">
         <v>13422</v>
       </c>
       <c r="B658" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-NVR608-64-4KS2</t>
         </is>
       </c>
       <c r="C658" s="0" t="inlineStr">
         <is>
-          <t>16 618 800 сум</t>
+          <t>16 618 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="0">
         <v>13423</v>
       </c>
       <c r="B659" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-XVR4116HS</t>
         </is>
       </c>
       <c r="C659" s="0" t="inlineStr">
         <is>
-          <t>1 267 200 сум</t>
+          <t>1 267 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="0">
         <v>13424</v>
       </c>
       <c r="B660" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-XVR5104C</t>
         </is>
       </c>
       <c r="C660" s="0" t="inlineStr">
         <is>
-          <t>858 000 сум</t>
+          <t>858 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="0">
         <v>13425</v>
       </c>
       <c r="B661" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-XVR5108C</t>
         </is>
       </c>
       <c r="C661" s="0" t="inlineStr">
         <is>
-          <t>1 254 000 сум</t>
+          <t>1 254 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="0">
         <v>13426</v>
       </c>
       <c r="B662" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-XVR5116HS</t>
         </is>
       </c>
       <c r="C662" s="0" t="inlineStr">
         <is>
-          <t>2 046 000 сум</t>
+          <t>2 046 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="0">
         <v>13427</v>
       </c>
       <c r="B663" s="0" t="inlineStr">
         <is>
           <t>Видеорегистратор Dahua RECORDER DHI-XVR8816S</t>
         </is>
       </c>
       <c r="C663" s="0" t="inlineStr">
         <is>
-          <t>11 180 400 сум</t>
+          <t>11 180 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="0">
         <v>13428</v>
       </c>
       <c r="B664" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS PB328Q</t>
         </is>
       </c>
       <c r="C664" s="0" t="inlineStr">
         <is>
-          <t>10 087 600 сум</t>
+          <t>10 087 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="0">
         <v>13429</v>
       </c>
       <c r="B665" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS ProArt PA278QV</t>
         </is>
       </c>
       <c r="C665" s="0" t="inlineStr">
         <is>
-          <t>7 955 000 сум</t>
+          <t>7 955 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="0">
         <v>13430</v>
       </c>
       <c r="B666" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS ProArt PA248QV</t>
         </is>
       </c>
       <c r="C666" s="0" t="inlineStr">
         <is>
-          <t>4 624 000 сум</t>
+          <t>4 624 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="0">
         <v>13431</v>
       </c>
       <c r="B667" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS ProArt PA329C</t>
         </is>
       </c>
       <c r="C667" s="0" t="inlineStr">
         <is>
-          <t>25 240 000 сум</t>
+          <t>25 240 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="0">
         <v>13432</v>
       </c>
       <c r="B668" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS ROG Strix XG27WQ</t>
         </is>
       </c>
       <c r="C668" s="0" t="inlineStr">
         <is>
-          <t>10 508 500 сум</t>
+          <t>10 508 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="0">
         <v>13433</v>
       </c>
       <c r="B669" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS ROG Swift PG279QN</t>
         </is>
       </c>
       <c r="C669" s="0" t="inlineStr">
         <is>
-          <t>15 545 400 сум</t>
+          <t>15 545 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="0">
         <v>13434</v>
       </c>
       <c r="B670" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS ROG Swift XG27AQ</t>
         </is>
       </c>
       <c r="C670" s="0" t="inlineStr">
         <is>
-          <t>12 391 900 сум</t>
+          <t>12 391 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="0">
         <v>13435</v>
       </c>
       <c r="B671" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS TUF Gaming VG259QM</t>
         </is>
       </c>
       <c r="C671" s="0" t="inlineStr">
         <is>
-          <t>7 482 700 сум</t>
+          <t>7 482 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="0">
         <v>13436</v>
       </c>
       <c r="B672" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS TUF Gaming VG279Q1A</t>
         </is>
       </c>
       <c r="C672" s="0" t="inlineStr">
         <is>
-          <t>5 552 100 сум</t>
+          <t>5 552 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="0">
         <v>13437</v>
       </c>
       <c r="B673" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS TUF Gaming VG27AQ</t>
         </is>
       </c>
       <c r="C673" s="0" t="inlineStr">
         <is>
-          <t>9 386 100 сум</t>
+          <t>9 386 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="0">
         <v>13438</v>
       </c>
       <c r="B674" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS TUF Gaming VG27AQ1A</t>
         </is>
       </c>
       <c r="C674" s="0" t="inlineStr">
         <is>
-          <t>8 684 600 сум</t>
+          <t>8 684 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="0">
         <v>13439</v>
       </c>
       <c r="B675" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS TUF Gaming VG27VQ</t>
         </is>
       </c>
       <c r="C675" s="0" t="inlineStr">
         <is>
-          <t>6 795 800 сум</t>
+          <t>6 795 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="0">
         <v>13440</v>
       </c>
       <c r="B676" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS TUF Gaming VG27WQ1B Curved 165Hz</t>
         </is>
       </c>
       <c r="C676" s="0" t="inlineStr">
         <is>
-          <t>7 115 700 сум</t>
+          <t>7 115 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="0">
         <v>13441</v>
       </c>
       <c r="B677" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS TUF Gaming VG289Q</t>
         </is>
       </c>
       <c r="C677" s="0" t="inlineStr">
         <is>
-          <t>6 687 900 сум</t>
+          <t>6 687 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="0">
         <v>13442</v>
       </c>
       <c r="B678" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS TUF Gaming VG328H1B</t>
         </is>
       </c>
       <c r="C678" s="0" t="inlineStr">
         <is>
-          <t>7 058 400 сум</t>
+          <t>7 058 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="0">
         <v>13443</v>
       </c>
       <c r="B679" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS TUF Gaming VG32VQ</t>
         </is>
       </c>
       <c r="C679" s="0" t="inlineStr">
         <is>
-          <t>10 048 100 сум</t>
+          <t>10 048 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="0">
         <v>13444</v>
       </c>
       <c r="B680" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VA27AQSB</t>
         </is>
       </c>
       <c r="C680" s="0" t="inlineStr">
         <is>
-          <t>5 552 100 сум</t>
+          <t>5 552 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="0">
         <v>13445</v>
       </c>
       <c r="B681" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VA27DQSB</t>
         </is>
       </c>
       <c r="C681" s="0" t="inlineStr">
         <is>
-          <t>4 298 100 сум</t>
+          <t>4 298 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="0">
         <v>13446</v>
       </c>
       <c r="B682" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VG278QF</t>
         </is>
       </c>
       <c r="C682" s="0" t="inlineStr">
         <is>
-          <t>6 117 500 сум</t>
+          <t>6 117 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="0">
         <v>13447</v>
       </c>
       <c r="B683" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VP229HE</t>
         </is>
       </c>
       <c r="C683" s="0" t="inlineStr">
         <is>
-          <t>2 103 400 сум</t>
+          <t>2 103 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="0">
         <v>13448</v>
       </c>
       <c r="B684" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VP247HAE</t>
         </is>
       </c>
       <c r="C684" s="0" t="inlineStr">
         <is>
-          <t>2 532 000 сум</t>
+          <t>2 532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="0">
         <v>13449</v>
       </c>
       <c r="B685" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VP248HL</t>
         </is>
       </c>
       <c r="C685" s="0" t="inlineStr">
         <is>
-          <t>2 980 300 сум</t>
+          <t>2 980 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="0">
         <v>13450</v>
       </c>
       <c r="B686" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VP279HE</t>
         </is>
       </c>
       <c r="C686" s="0" t="inlineStr">
         <is>
-          <t>3 633 800 сум</t>
+          <t>3 633 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="0">
         <v>13451</v>
       </c>
       <c r="B687" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VP348QGL 34</t>
         </is>
       </c>
       <c r="C687" s="0" t="inlineStr">
         <is>
-          <t>9 807 000 сум</t>
+          <t>9 807 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="0">
         <v>13452</v>
       </c>
       <c r="B688" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VX279C</t>
         </is>
       </c>
       <c r="C688" s="0" t="inlineStr">
         <is>
-          <t>3 574 200 сум</t>
+          <t>3 574 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="0">
         <v>13453</v>
       </c>
       <c r="B689" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VZ229HE</t>
         </is>
       </c>
       <c r="C689" s="0" t="inlineStr">
         <is>
-          <t>2 121 100 сум</t>
+          <t>2 121 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="0">
         <v>13454</v>
       </c>
       <c r="B690" s="0" t="inlineStr">
         <is>
           <t>Монитор ASUS VZ249HE-W</t>
         </is>
       </c>
       <c r="C690" s="0" t="inlineStr">
         <is>
-          <t>2 780 700 сум</t>
+          <t>2 780 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="0">
         <v>13455</v>
       </c>
       <c r="B691" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL160 Gen10 2 х Intel Xeon-Silver 4208</t>
         </is>
       </c>
       <c r="C691" s="0" t="inlineStr">
         <is>
-          <t>44 690 000 сум</t>
+          <t>44 690 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="0">
         <v>13456</v>
       </c>
       <c r="B692" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL180 Gen10 2 х Intel Xeon-Silver 4208</t>
         </is>
       </c>
       <c r="C692" s="0" t="inlineStr">
         <is>
-          <t>49 813 000 сум</t>
+          <t>49 813 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="0">
         <v>13457</v>
       </c>
       <c r="B693" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL20 Gen10 Intel Xeon E-2124</t>
         </is>
       </c>
       <c r="C693" s="0" t="inlineStr">
         <is>
-          <t>19 707 000 сум</t>
+          <t>19 707 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="0">
         <v>13458</v>
       </c>
       <c r="B694" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL20 Gen9 Intel Pentium G4560</t>
         </is>
       </c>
       <c r="C694" s="0" t="inlineStr">
         <is>
-          <t>17 344 000 сум</t>
+          <t>17 344 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="0">
         <v>13459</v>
       </c>
       <c r="B695" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL20 Gen9 Server / Intel Xeon E3-1240v6</t>
         </is>
       </c>
       <c r="C695" s="0" t="inlineStr">
         <is>
-          <t>25 168 000 сум</t>
+          <t>25 168 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="0">
         <v>13460</v>
       </c>
       <c r="B696" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL360 Gen10 2 х Intel Xeon-Gold 6230</t>
         </is>
       </c>
       <c r="C696" s="0" t="inlineStr">
         <is>
-          <t>114 929 000 сум</t>
+          <t>114 929 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="0">
         <v>13461</v>
       </c>
       <c r="B697" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL360 Gen10 Server / Intel Xeon-Bronze 3104</t>
         </is>
       </c>
       <c r="C697" s="0" t="inlineStr">
         <is>
-          <t>43 854 000 сум</t>
+          <t>43 854 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="0">
         <v>13462</v>
       </c>
       <c r="B698" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen10 2 х Intel Xeon-Silver 4114</t>
         </is>
       </c>
       <c r="C698" s="0" t="inlineStr">
         <is>
-          <t>61 605 000 сум</t>
+          <t>61 605 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="0">
         <v>13463</v>
       </c>
       <c r="B699" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen10 2 х Intel Xeon-Silver 4210</t>
         </is>
       </c>
       <c r="C699" s="0" t="inlineStr">
         <is>
-          <t>63 102 000 сум</t>
+          <t>63 102 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="0">
         <v>13464</v>
       </c>
       <c r="B700" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen10 Server / 2 x Intel Xeon-Gold 5118</t>
         </is>
       </c>
       <c r="C700" s="0" t="inlineStr">
         <is>
-          <t>85 408 000 сум</t>
+          <t>85 408 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="0">
         <v>13465</v>
       </c>
       <c r="B701" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen10 Server / 2 х Intel Xeon-Gold 6242</t>
         </is>
       </c>
       <c r="C701" s="0" t="inlineStr">
         <is>
-          <t>153 706 000 сум</t>
+          <t>153 706 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="0">
         <v>13466</v>
       </c>
       <c r="B702" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen10 Server / Intel Xeon-Bronze 3106</t>
         </is>
       </c>
       <c r="C702" s="0" t="inlineStr">
         <is>
-          <t>27 877 000 сум</t>
+          <t>27 877 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="0">
         <v>13467</v>
       </c>
       <c r="B703" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen10 Server / Intel Xeon-Silver 4110</t>
         </is>
       </c>
       <c r="C703" s="0" t="inlineStr">
         <is>
-          <t>38 770 000 сум</t>
+          <t>38 770 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="0">
         <v>13468</v>
       </c>
       <c r="B704" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen10 Server NC / 2 х Intel Xeon-Gold 5218</t>
         </is>
       </c>
       <c r="C704" s="0" t="inlineStr">
         <is>
-          <t>88 612 000 сум</t>
+          <t>88 612 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="0">
         <v>13469</v>
       </c>
       <c r="B705" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen10 Server NC /  2 х Intel Xeon-Gold 5220</t>
         </is>
       </c>
       <c r="C705" s="0" t="inlineStr">
         <is>
-          <t>116 694 000 сум</t>
+          <t>116 694 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="0">
         <v>13470</v>
       </c>
       <c r="B706" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant MicroServer Gen10 AMD Opteron X3216</t>
         </is>
       </c>
       <c r="C706" s="0" t="inlineStr">
         <is>
-          <t>12 554 000 сум</t>
+          <t>12 554 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="0">
         <v>13471</v>
       </c>
       <c r="B707" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant MicroServer Gen10 Opteron X3421</t>
         </is>
       </c>
       <c r="C707" s="0" t="inlineStr">
         <is>
-          <t>13 596 000 сум</t>
+          <t>13 596 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="0">
         <v>13472</v>
       </c>
       <c r="B708" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML110 Gen10 Server / Intel Xeon-Bronze 3106</t>
         </is>
       </c>
       <c r="C708" s="0" t="inlineStr">
         <is>
-          <t>28 717 000 сум</t>
+          <t>28 717 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="0">
         <v>13473</v>
       </c>
       <c r="B709" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML110 Gen10 Server/ Intel Xeon-Silver 4110</t>
         </is>
       </c>
       <c r="C709" s="0" t="inlineStr">
         <is>
-          <t>44 702 000 сум</t>
+          <t>44 702 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="0">
         <v>13474</v>
       </c>
       <c r="B710" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML30 Gen10 Intel Xeon E-2134</t>
         </is>
       </c>
       <c r="C710" s="0" t="inlineStr">
         <is>
-          <t>22 650 000 сум</t>
+          <t>22 650 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="0">
         <v>13475</v>
       </c>
       <c r="B711" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML30 Gen9 Intel Xeon E3-1230v6</t>
         </is>
       </c>
       <c r="C711" s="0" t="inlineStr">
         <is>
-          <t>29 390 000 сум</t>
+          <t>29 390 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="0">
         <v>13476</v>
       </c>
       <c r="B712" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML350 Gen10 Server / 2 x Intel Xeon-Gold 5118</t>
         </is>
       </c>
       <c r="C712" s="0" t="inlineStr">
         <is>
-          <t>115 672 000 сум</t>
+          <t>115 672 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="0">
         <v>13477</v>
       </c>
       <c r="B713" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML350 Gen10 Server / 2 x Intel Xeon-Silver 4114</t>
         </is>
       </c>
       <c r="C713" s="0" t="inlineStr">
         <is>
-          <t>86 788 000 сум</t>
+          <t>86 788 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="0">
         <v>13478</v>
       </c>
       <c r="B714" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML350 Gen9 Intel Xeon E5-2609 v4</t>
         </is>
       </c>
       <c r="C714" s="0" t="inlineStr">
         <is>
-          <t>47 310 000 сум</t>
+          <t>47 310 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="0">
         <v>13479</v>
       </c>
       <c r="B715" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil H2U</t>
         </is>
       </c>
       <c r="C715" s="0" t="inlineStr">
         <is>
-          <t>731 000 сум</t>
+          <t>731 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="0">
         <v>13480</v>
       </c>
       <c r="B716" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil H3</t>
         </is>
       </c>
       <c r="C716" s="0" t="inlineStr">
         <is>
-          <t>1 019 000 сум</t>
+          <t>1 019 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="0">
         <v>13481</v>
       </c>
       <c r="B717" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil H5</t>
         </is>
       </c>
       <c r="C717" s="0" t="inlineStr">
         <is>
-          <t>1 306 000 сум</t>
+          <t>1 306 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="0">
         <v>13482</v>
       </c>
       <c r="B718" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X2CP</t>
         </is>
       </c>
       <c r="C718" s="0" t="inlineStr">
         <is>
-          <t>620 000 сум</t>
+          <t>620 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="0">
         <v>13483</v>
       </c>
       <c r="B719" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X2P</t>
         </is>
       </c>
       <c r="C719" s="0" t="inlineStr">
         <is>
-          <t>665 000 сум</t>
+          <t>665 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="0">
         <v>13484</v>
       </c>
       <c r="B720" s="0" t="inlineStr">
         <is>
           <t>IP-телефон  Fanvil X1S</t>
         </is>
       </c>
       <c r="C720" s="0" t="inlineStr">
         <is>
-          <t>426 000 сум</t>
+          <t>426 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="0">
         <v>13485</v>
       </c>
       <c r="B721" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X1SG</t>
         </is>
       </c>
       <c r="C721" s="0" t="inlineStr">
         <is>
-          <t>544 000 сум</t>
+          <t>544 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="0">
         <v>13486</v>
       </c>
       <c r="B722" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X210</t>
         </is>
       </c>
       <c r="C722" s="0" t="inlineStr">
         <is>
-          <t>3 070 000 сум</t>
+          <t>3 070 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="0">
         <v>13487</v>
       </c>
       <c r="B723" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X210i</t>
         </is>
       </c>
       <c r="C723" s="0" t="inlineStr">
         <is>
-          <t>7 149 000 сум</t>
+          <t>7 149 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="0">
         <v>13488</v>
       </c>
       <c r="B724" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X3SG</t>
         </is>
       </c>
       <c r="C724" s="0" t="inlineStr">
         <is>
-          <t>733 000 сум</t>
+          <t>733 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="0">
         <v>13489</v>
       </c>
       <c r="B725" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X3SP</t>
         </is>
       </c>
       <c r="C725" s="0" t="inlineStr">
         <is>
-          <t>579 000 сум</t>
+          <t>579 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="0">
         <v>13490</v>
       </c>
       <c r="B726" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X4</t>
         </is>
       </c>
       <c r="C726" s="0" t="inlineStr">
         <is>
-          <t>851 000 сум</t>
+          <t>851 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="0">
         <v>13491</v>
       </c>
       <c r="B727" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X4U</t>
         </is>
       </c>
       <c r="C727" s="0" t="inlineStr">
         <is>
-          <t>1 110 000 сум</t>
+          <t>1 110 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="0">
         <v>13492</v>
       </c>
       <c r="B728" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X5U</t>
         </is>
       </c>
       <c r="C728" s="0" t="inlineStr">
         <is>
-          <t>1 347 000 сум</t>
+          <t>1 347 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="0">
         <v>13493</v>
       </c>
       <c r="B729" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X6U</t>
         </is>
       </c>
       <c r="C729" s="0" t="inlineStr">
         <is>
-          <t>1 819 000 сум</t>
+          <t>1 819 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="0">
         <v>13494</v>
       </c>
       <c r="B730" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X7</t>
         </is>
       </c>
       <c r="C730" s="0" t="inlineStr">
         <is>
-          <t>2 551 000 сум</t>
+          <t>2 551 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="0">
         <v>13495</v>
       </c>
       <c r="B731" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X7A</t>
         </is>
       </c>
       <c r="C731" s="0" t="inlineStr">
         <is>
-          <t>3 188 000 сум</t>
+          <t>3 188 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="0">
         <v>13496</v>
       </c>
       <c r="B732" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil X7C</t>
         </is>
       </c>
       <c r="C732" s="0" t="inlineStr">
         <is>
-          <t>2 126 000 сум</t>
+          <t>2 126 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="0">
         <v>13497</v>
       </c>
       <c r="B733" s="0" t="inlineStr">
         <is>
           <t>IP-телефон Fanvil C600</t>
         </is>
       </c>
       <c r="C733" s="0" t="inlineStr">
         <is>
-          <t>3 542 000 сум</t>
+          <t>3 542 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="0">
         <v>13498</v>
       </c>
       <c r="B734" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar 120GB S100-120</t>
         </is>
       </c>
       <c r="C734" s="0" t="inlineStr">
         <is>
-          <t>277 200 сум</t>
+          <t>277 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="0">
         <v>13499</v>
       </c>
       <c r="B735" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar M700-256GB</t>
         </is>
       </c>
       <c r="C735" s="0" t="inlineStr">
         <is>
-          <t>528 800 сум</t>
+          <t>528 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="0">
         <v>13500</v>
       </c>
       <c r="B736" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar M700-512GB</t>
         </is>
       </c>
       <c r="C736" s="0" t="inlineStr">
         <is>
-          <t>891 100 сум</t>
+          <t>891 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="0">
         <v>13501</v>
       </c>
       <c r="B737" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar S100-256GB</t>
         </is>
       </c>
       <c r="C737" s="0" t="inlineStr">
         <is>
-          <t>505 100 сум</t>
+          <t>505 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="0">
         <v>13502</v>
       </c>
       <c r="B738" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar S120-1TB</t>
         </is>
       </c>
       <c r="C738" s="0" t="inlineStr">
         <is>
-          <t>1 683 300 сум</t>
+          <t>1 683 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="0">
         <v>13503</v>
       </c>
       <c r="B739" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar S120-256GB</t>
         </is>
       </c>
       <c r="C739" s="0" t="inlineStr">
         <is>
-          <t>574 800 сум</t>
+          <t>574 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="0">
         <v>13504</v>
       </c>
       <c r="B740" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar S120L-240GB</t>
         </is>
       </c>
       <c r="C740" s="0" t="inlineStr">
         <is>
-          <t>552 000 сум</t>
+          <t>552 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="0">
         <v>13505</v>
       </c>
       <c r="B741" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar S120L-480GB</t>
         </is>
       </c>
       <c r="C741" s="0" t="inlineStr">
         <is>
-          <t>848 700 сум</t>
+          <t>848 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="0">
         <v>13506</v>
       </c>
       <c r="B742" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar S120M-512GB</t>
         </is>
       </c>
       <c r="C742" s="0" t="inlineStr">
         <is>
-          <t>869 900 сум</t>
+          <t>869 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="0">
         <v>13507</v>
       </c>
       <c r="B743" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Biostar S160-512GB</t>
         </is>
       </c>
       <c r="C743" s="0" t="inlineStr">
         <is>
-          <t>944 300 сум</t>
+          <t>944 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="0">
         <v>13508</v>
       </c>
       <c r="B744" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Dahua E800S 256G</t>
         </is>
       </c>
       <c r="C744" s="0" t="inlineStr">
         <is>
-          <t>472 000 сум</t>
+          <t>472 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="0">
         <v>13509</v>
       </c>
       <c r="B745" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision C100 120GB</t>
         </is>
       </c>
       <c r="C745" s="0" t="inlineStr">
         <is>
-          <t>291 000 сум</t>
+          <t>291 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="0">
         <v>13510</v>
       </c>
       <c r="B746" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision C100 480GB</t>
         </is>
       </c>
       <c r="C746" s="0" t="inlineStr">
         <is>
-          <t>819 900 сум</t>
+          <t>819 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="0">
         <v>13511</v>
       </c>
       <c r="B747" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision E100 256GB</t>
         </is>
       </c>
       <c r="C747" s="0" t="inlineStr">
         <is>
-          <t>489 300 сум</t>
+          <t>489 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="0">
         <v>13512</v>
       </c>
       <c r="B748" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision E1000 128GB NVMe</t>
         </is>
       </c>
       <c r="C748" s="0" t="inlineStr">
         <is>
-          <t>370 300 сум</t>
+          <t>370 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="0">
         <v>13513</v>
       </c>
       <c r="B749" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision E1000 256GB NVMe</t>
         </is>
       </c>
       <c r="C749" s="0" t="inlineStr">
         <is>
-          <t>568 700 сум</t>
+          <t>568 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="0">
         <v>13514</v>
       </c>
       <c r="B750" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision E1000 512GB NVMe</t>
         </is>
       </c>
       <c r="C750" s="0" t="inlineStr">
         <is>
-          <t>899 300 сум</t>
+          <t>899 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="0">
         <v>13515</v>
       </c>
       <c r="B751" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision E100N 512GB M.2</t>
         </is>
       </c>
       <c r="C751" s="0" t="inlineStr">
         <is>
-          <t>833 200 сум</t>
+          <t>833 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="0">
         <v>13516</v>
       </c>
       <c r="B752" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision P0256BWD 256GB Portable USB 3.1 Type-C</t>
         </is>
       </c>
       <c r="C752" s="0" t="inlineStr">
         <is>
-          <t>555 500 сум</t>
+          <t>555 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="0">
         <v>13517</v>
       </c>
       <c r="B753" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision T1000 512GB Portable USB 3.2 Type-C</t>
         </is>
       </c>
       <c r="C753" s="0" t="inlineStr">
         <is>
-          <t>1 216 700 сум</t>
+          <t>1 216 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="0">
         <v>13518</v>
       </c>
       <c r="B754" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Hikvision T200N 128GB Portable USB 3.2 Type-C</t>
         </is>
       </c>
       <c r="C754" s="0" t="inlineStr">
         <is>
-          <t>383 500 сум</t>
+          <t>383 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="0">
         <v>13519</v>
       </c>
       <c r="B755" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD HyperX Fury RGB SHFR200/240G</t>
         </is>
       </c>
       <c r="C755" s="0" t="inlineStr">
         <is>
-          <t>814 200 сум</t>
+          <t>814 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="0">
         <v>13520</v>
       </c>
       <c r="B756" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston A2000</t>
         </is>
       </c>
       <c r="C756" s="0" t="inlineStr">
         <is>
-          <t>746 400 сум</t>
+          <t>746 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="0">
         <v>13521</v>
       </c>
       <c r="B757" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston A2000 500GB NVMe M.2</t>
         </is>
       </c>
       <c r="C757" s="0" t="inlineStr">
         <is>
-          <t>1 221 300 сум</t>
+          <t>1 221 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="0">
         <v>13522</v>
       </c>
       <c r="B758" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston A400 SSDNow 480GB M.2</t>
         </is>
       </c>
       <c r="C758" s="0" t="inlineStr">
         <is>
-          <t>1 017 700 сум</t>
+          <t>1 017 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="0">
         <v>13523</v>
       </c>
       <c r="B759" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston Fury RGB SHFR200B/240G</t>
         </is>
       </c>
       <c r="C759" s="0" t="inlineStr">
         <is>
-          <t>938 400 сум</t>
+          <t>938 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="0">
         <v>13524</v>
       </c>
       <c r="B760" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston KC2500 250GB NVMe</t>
         </is>
       </c>
       <c r="C760" s="0" t="inlineStr">
         <is>
-          <t>889 500 сум</t>
+          <t>889 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="0">
         <v>13525</v>
       </c>
       <c r="B761" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston KC2500 500GB NVMe</t>
         </is>
       </c>
       <c r="C761" s="0" t="inlineStr">
         <is>
-          <t>1 409 600 сум</t>
+          <t>1 409 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="0">
         <v>13526</v>
       </c>
       <c r="B762" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston SA1000M8/240G</t>
         </is>
       </c>
       <c r="C762" s="0" t="inlineStr">
         <is>
-          <t>1 029 600 сум</t>
+          <t>1 029 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="0">
         <v>13527</v>
       </c>
       <c r="B763" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston SA1000M8/480G</t>
         </is>
       </c>
       <c r="C763" s="0" t="inlineStr">
         <is>
-          <t>1 663 200 сум</t>
+          <t>1 663 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="0">
         <v>13528</v>
       </c>
       <c r="B764" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston SA400S37/240G</t>
         </is>
       </c>
       <c r="C764" s="0" t="inlineStr">
         <is>
-          <t>574 800 сум</t>
+          <t>574 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="0">
         <v>13529</v>
       </c>
       <c r="B765" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston SA400S37/480G</t>
         </is>
       </c>
       <c r="C765" s="0" t="inlineStr">
         <is>
-          <t>958 000 сум</t>
+          <t>958 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="0">
         <v>13530</v>
       </c>
       <c r="B766" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston Now A400 960GB 2.5</t>
         </is>
       </c>
       <c r="C766" s="0" t="inlineStr">
         <is>
-          <t>1 710 600 сум</t>
+          <t>1 710 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="0">
         <v>13531</v>
       </c>
       <c r="B767" s="0" t="inlineStr">
         <is>
           <t>Твердотельный накопитель SSD Kingston SA400M8/240G</t>
         </is>
       </c>
       <c r="C767" s="0" t="inlineStr">
         <is>
-          <t>597 100 сум</t>
+          <t>597 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="0">
         <v>13532</v>
       </c>
       <c r="B768" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Tenda A15</t>
         </is>
       </c>
       <c r="C768" s="0" t="inlineStr">
         <is>
-          <t>378 000 сум</t>
+          <t>378 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="0">
         <v>13533</v>
       </c>
       <c r="B769" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Tenda A18</t>
         </is>
       </c>
       <c r="C769" s="0" t="inlineStr">
         <is>
-          <t>459 000 сум</t>
+          <t>459 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="0">
         <v>13534</v>
       </c>
       <c r="B770" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Tenda A301</t>
         </is>
       </c>
       <c r="C770" s="0" t="inlineStr">
         <is>
-          <t>270 000 сум</t>
+          <t>270 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="0">
         <v>13535</v>
       </c>
       <c r="B771" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda AC10U</t>
         </is>
       </c>
       <c r="C771" s="0" t="inlineStr">
         <is>
-          <t>621 000 сум</t>
+          <t>621 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="0">
         <v>13536</v>
       </c>
       <c r="B772" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda Tenda AC9</t>
         </is>
       </c>
       <c r="C772" s="0" t="inlineStr">
         <is>
-          <t>649 400 сум</t>
+          <t>649 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="0">
         <v>13537</v>
       </c>
       <c r="B773" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda Tenda AP4</t>
         </is>
       </c>
       <c r="C773" s="0" t="inlineStr">
         <is>
-          <t>283 500 сум</t>
+          <t>283 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="0">
         <v>13538</v>
       </c>
       <c r="B774" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda Tenda AP5</t>
         </is>
       </c>
       <c r="C774" s="0" t="inlineStr">
         <is>
-          <t>391 500 сум</t>
+          <t>391 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="0">
         <v>13539</v>
       </c>
       <c r="B775" s="0" t="inlineStr">
         <is>
           <t>ADSL-маршрутизатор Tenda D820R</t>
         </is>
       </c>
       <c r="C775" s="0" t="inlineStr">
         <is>
-          <t>171 600 сум</t>
+          <t>171 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="0">
         <v>13540</v>
       </c>
       <c r="B776" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda F3</t>
         </is>
       </c>
       <c r="C776" s="0" t="inlineStr">
         <is>
-          <t>202 500 сум</t>
+          <t>202 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="0">
         <v>13541</v>
       </c>
       <c r="B777" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda F9</t>
         </is>
       </c>
       <c r="C777" s="0" t="inlineStr">
         <is>
-          <t>378 000 сум</t>
+          <t>378 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="0">
         <v>13542</v>
       </c>
       <c r="B778" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda N301</t>
         </is>
       </c>
       <c r="C778" s="0" t="inlineStr">
         <is>
-          <t>171 400 сум</t>
+          <t>171 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="0">
         <v>13543</v>
       </c>
       <c r="B779" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Tenda O6 Wireless 5GHz 10km 11AC N433 Outdoor Point to Point CPE</t>
         </is>
       </c>
       <c r="C779" s="0" t="inlineStr">
         <is>
-          <t>990 000 сум</t>
+          <t>990 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="0">
         <v>13544</v>
       </c>
       <c r="B780" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптерTenda P200Kit</t>
         </is>
       </c>
       <c r="C780" s="0" t="inlineStr">
         <is>
-          <t>495 000 сум</t>
+          <t>495 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="0">
         <v>13545</v>
       </c>
       <c r="B781" s="0" t="inlineStr">
         <is>
           <t>PoE инжекторTenda PoE15F</t>
         </is>
       </c>
       <c r="C781" s="0" t="inlineStr">
         <is>
-          <t>131 200 сум</t>
+          <t>131 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="0">
         <v>13546</v>
       </c>
       <c r="B782" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа Tenda PW201A</t>
         </is>
       </c>
       <c r="C782" s="0" t="inlineStr">
         <is>
-          <t>540 000 сум</t>
+          <t>540 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="0">
         <v>13547</v>
       </c>
       <c r="B783" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda S16</t>
         </is>
       </c>
       <c r="C783" s="0" t="inlineStr">
         <is>
-          <t>315 000 сум</t>
+          <t>315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="0">
         <v>13548</v>
       </c>
       <c r="B784" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda SG105</t>
         </is>
       </c>
       <c r="C784" s="0" t="inlineStr">
         <is>
-          <t>165 000 сум</t>
+          <t>165 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="0">
         <v>13549</v>
       </c>
       <c r="B785" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEF1008P</t>
         </is>
       </c>
       <c r="C785" s="0" t="inlineStr">
         <is>
-          <t>501 100 сум</t>
+          <t>501 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="0">
         <v>13550</v>
       </c>
       <c r="B786" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEF1105P</t>
         </is>
       </c>
       <c r="C786" s="0" t="inlineStr">
         <is>
-          <t>395 600 сум</t>
+          <t>395 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="0">
         <v>13551</v>
       </c>
       <c r="B787" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEF1105P-4-63W</t>
         </is>
       </c>
       <c r="C787" s="0" t="inlineStr">
         <is>
-          <t>396 000 сум</t>
+          <t>396 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="0">
         <v>13552</v>
       </c>
       <c r="B788" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEF1118-16-150W</t>
         </is>
       </c>
       <c r="C788" s="0" t="inlineStr">
         <is>
-          <t>1 905 000 сум</t>
+          <t>1 905 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="0">
         <v>13553</v>
       </c>
       <c r="B789" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEF1218P</t>
         </is>
       </c>
       <c r="C789" s="0" t="inlineStr">
         <is>
-          <t>3 195 000 сум</t>
+          <t>3 195 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="0">
         <v>13554</v>
       </c>
       <c r="B790" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEG1009P-EI</t>
         </is>
       </c>
       <c r="C790" s="0" t="inlineStr">
         <is>
-          <t>1 875 000 сум</t>
+          <t>1 875 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="0">
         <v>13555</v>
       </c>
       <c r="B791" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEG1016D</t>
         </is>
       </c>
       <c r="C791" s="0" t="inlineStr">
         <is>
-          <t>751 700 сум</t>
+          <t>751 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="0">
         <v>13556</v>
       </c>
       <c r="B792" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Tenda TEG1016G</t>
         </is>
       </c>
       <c r="C792" s="0" t="inlineStr">
         <is>
-          <t>1 155 000 сум</t>
+          <t>1 155 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="0">
         <v>13557</v>
       </c>
       <c r="B793" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEG1116P-16-150W</t>
         </is>
       </c>
       <c r="C793" s="0" t="inlineStr">
         <is>
-          <t>2 775 000 сум</t>
+          <t>2 775 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="0">
         <v>13558</v>
       </c>
       <c r="B794" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Tenda TEG3210P</t>
         </is>
       </c>
       <c r="C794" s="0" t="inlineStr">
         <is>
-          <t>2 400 000 сум</t>
+          <t>2 400 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="0">
         <v>13559</v>
       </c>
       <c r="B795" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адапетр Tenda U1</t>
         </is>
       </c>
       <c r="C795" s="0" t="inlineStr">
         <is>
-          <t>135 000 сум</t>
+          <t>135 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="0">
         <v>13560</v>
       </c>
       <c r="B796" s="0" t="inlineStr">
         <is>
           <t>Двухдиапазонный адаптер Tenda U12 5GHz / 2.4GHz</t>
         </is>
       </c>
       <c r="C796" s="0" t="inlineStr">
         <is>
-          <t>270 000 сум</t>
+          <t>270 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="0">
         <v>13561</v>
       </c>
       <c r="B797" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер Tenda U6</t>
         </is>
       </c>
       <c r="C797" s="0" t="inlineStr">
         <is>
-          <t>155 200 сум</t>
+          <t>155 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="0">
         <v>13562</v>
       </c>
       <c r="B798" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi USB‑адаптер Tenda U9</t>
         </is>
       </c>
       <c r="C798" s="0" t="inlineStr">
         <is>
-          <t>189 000 сум</t>
+          <t>189 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="0">
         <v>13563</v>
       </c>
       <c r="B799" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda W150M</t>
         </is>
       </c>
       <c r="C799" s="0" t="inlineStr">
         <is>
-          <t>184 800 сум</t>
+          <t>184 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="0">
         <v>13564</v>
       </c>
       <c r="B800" s="0" t="inlineStr">
         <is>
           <t>Медиаконвертер Tenda MC100FX-SC30-A</t>
         </is>
       </c>
       <c r="C800" s="0" t="inlineStr">
         <is>
-          <t>2 820 000 сум</t>
+          <t>2 820 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="0">
         <v>13565</v>
       </c>
       <c r="B801" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Tenda W15E</t>
         </is>
       </c>
       <c r="C801" s="0" t="inlineStr">
         <is>
-          <t>725 300 сум</t>
+          <t>725 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="0">
         <v>13566</v>
       </c>
       <c r="B802" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Tenda AC23</t>
         </is>
       </c>
       <c r="C802" s="0" t="inlineStr">
         <is>
-          <t>861 400 сум</t>
+          <t>861 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="0">
         <v>13567</v>
       </c>
       <c r="B803" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi Mesh система ASUS ZenWiFi AX</t>
         </is>
       </c>
       <c r="C803" s="0" t="inlineStr">
         <is>
-          <t>7 106 000 сум</t>
+          <t>7 106 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="0">
         <v>13568</v>
       </c>
       <c r="B804" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi Mesh роутер Keenetic Speedster</t>
         </is>
       </c>
       <c r="C804" s="0" t="inlineStr">
         <is>
-          <t>1 056 000 сум</t>
+          <t>1 056 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="0">
         <v>13569</v>
       </c>
       <c r="B805" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi Mesh система ASUS ZenWiFi AX Mini (XD4) (W-2-PK)</t>
         </is>
       </c>
       <c r="C805" s="0" t="inlineStr">
         <is>
-          <t>3 318 200 сум</t>
+          <t>3 318 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="0">
         <v>13570</v>
       </c>
       <c r="B806" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi Mesh система ASUS ZenWiFi AX Mini (XD4) (W-3-PK)</t>
         </is>
       </c>
       <c r="C806" s="0" t="inlineStr">
         <is>
-          <t>4 659 000 сум</t>
+          <t>4 659 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="0">
         <v>13571</v>
       </c>
       <c r="B807" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер ASUS PCE-AC51</t>
         </is>
       </c>
       <c r="C807" s="0" t="inlineStr">
         <is>
-          <t>423 500 сум</t>
+          <t>423 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="0">
         <v>13572</v>
       </c>
       <c r="B808" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi адаптер ASUS PCE-AX58BT</t>
         </is>
       </c>
       <c r="C808" s="0" t="inlineStr">
         <is>
-          <t>1 015 700 сум</t>
+          <t>1 015 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="0">
         <v>13573</v>
       </c>
       <c r="B809" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS ROG Rapture GT-AC2900</t>
         </is>
       </c>
       <c r="C809" s="0" t="inlineStr">
         <is>
-          <t>3 291 900 сум</t>
+          <t>3 291 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="0">
         <v>13574</v>
       </c>
       <c r="B810" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AC2400</t>
         </is>
       </c>
       <c r="C810" s="0" t="inlineStr">
         <is>
-          <t>2 073 300 сум</t>
+          <t>2 073 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="0">
         <v>13575</v>
       </c>
       <c r="B811" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AC57U V3</t>
         </is>
       </c>
       <c r="C811" s="0" t="inlineStr">
         <is>
-          <t>888 800 сум</t>
+          <t>888 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="0">
         <v>13576</v>
       </c>
       <c r="B812" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AC58U V3</t>
         </is>
       </c>
       <c r="C812" s="0" t="inlineStr">
         <is>
-          <t>1 023 600 сум</t>
+          <t>1 023 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="0">
         <v>13577</v>
       </c>
       <c r="B813" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AC59U V2</t>
         </is>
       </c>
       <c r="C813" s="0" t="inlineStr">
         <is>
-          <t>1 144 700 сум</t>
+          <t>1 144 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="0">
         <v>13578</v>
       </c>
       <c r="B814" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AC65P</t>
         </is>
       </c>
       <c r="C814" s="0" t="inlineStr">
         <is>
-          <t>1 696 900 сум</t>
+          <t>1 696 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="0">
         <v>13579</v>
       </c>
       <c r="B815" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AC68U V3</t>
         </is>
       </c>
       <c r="C815" s="0" t="inlineStr">
         <is>
-          <t>2 409 900 сум</t>
+          <t>2 409 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="0">
         <v>13580</v>
       </c>
       <c r="B816" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AC85P</t>
         </is>
       </c>
       <c r="C816" s="0" t="inlineStr">
         <is>
-          <t>1 998 100 сум</t>
+          <t>1 998 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="0">
         <v>13581</v>
       </c>
       <c r="B817" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AX55</t>
         </is>
       </c>
       <c r="C817" s="0" t="inlineStr">
         <is>
-          <t>1 566 900 сум</t>
+          <t>1 566 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="0">
         <v>13582</v>
       </c>
       <c r="B818" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AX58U</t>
         </is>
       </c>
       <c r="C818" s="0" t="inlineStr">
         <is>
-          <t>2 487 700 сум</t>
+          <t>2 487 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="0">
         <v>13583</v>
       </c>
       <c r="B819" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AX68U</t>
         </is>
       </c>
       <c r="C819" s="0" t="inlineStr">
         <is>
-          <t>2 487 700 сум</t>
+          <t>2 487 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="0">
         <v>13584</v>
       </c>
       <c r="B820" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AX82U</t>
         </is>
       </c>
       <c r="C820" s="0" t="inlineStr">
         <is>
-          <t>3 435 600 сум</t>
+          <t>3 435 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="0">
         <v>13585</v>
       </c>
       <c r="B821" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AX88U</t>
         </is>
       </c>
       <c r="C821" s="0" t="inlineStr">
         <is>
-          <t>4 584 000 сум</t>
+          <t>4 584 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="0">
         <v>13586</v>
       </c>
       <c r="B822" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор ASUS RT-AX89X</t>
         </is>
       </c>
       <c r="C822" s="0" t="inlineStr">
         <is>
-          <t>7 310 600 сум</t>
+          <t>7 310 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="0">
         <v>13587</v>
       </c>
       <c r="B823" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор Netis N2</t>
         </is>
       </c>
       <c r="C823" s="0" t="inlineStr">
         <is>
-          <t>430 100 сум</t>
+          <t>430 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="0">
         <v>13588</v>
       </c>
       <c r="B824" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Netis N4</t>
         </is>
       </c>
       <c r="C824" s="0" t="inlineStr">
         <is>
-          <t>253 000 сум</t>
+          <t>253 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="0">
         <v>13589</v>
       </c>
       <c r="B825" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Netis WF2409E</t>
         </is>
       </c>
       <c r="C825" s="0" t="inlineStr">
         <is>
-          <t>253 000 сум</t>
+          <t>253 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="0">
         <v>13590</v>
       </c>
       <c r="B826" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Netis WF2681 Beacon AC1200 Gaming Router</t>
         </is>
       </c>
       <c r="C826" s="0" t="inlineStr">
         <is>
-          <t>603 800 сум</t>
+          <t>603 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="0">
         <v>13591</v>
       </c>
       <c r="B827" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Netis WF2780</t>
         </is>
       </c>
       <c r="C827" s="0" t="inlineStr">
         <is>
-          <t>603 800 сум</t>
+          <t>603 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="0">
         <v>13592</v>
       </c>
       <c r="B828" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi маршрутизатор Zyxel NBG6515</t>
         </is>
       </c>
       <c r="C828" s="0" t="inlineStr">
         <is>
-          <t>527 000 сум</t>
+          <t>527 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="0">
         <v>13593</v>
       </c>
       <c r="B829" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа ZYXEL NAP102</t>
         </is>
       </c>
       <c r="C829" s="0" t="inlineStr">
         <is>
-          <t>3 293 000 сум</t>
+          <t>3 293 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="0">
         <v>13594</v>
       </c>
       <c r="B830" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа ZYXEL NAP353</t>
         </is>
       </c>
       <c r="C830" s="0" t="inlineStr">
         <is>
-          <t>12 363 000 сум</t>
+          <t>12 363 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="0">
         <v>13595</v>
       </c>
       <c r="B831" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi точка доступа ZYXEL NebulaFlex NWA110AX</t>
         </is>
       </c>
       <c r="C831" s="0" t="inlineStr">
         <is>
-          <t>4 412 000 сум</t>
+          <t>4 412 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="0">
         <v>13596</v>
       </c>
       <c r="B832" s="0" t="inlineStr">
         <is>
           <t>Веб-камера ASUS Webcam C3</t>
         </is>
       </c>
       <c r="C832" s="0" t="inlineStr">
         <is>
-          <t>681 900 сум</t>
+          <t>681 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="0">
         <v>13597</v>
       </c>
       <c r="B833" s="0" t="inlineStr">
         <is>
           <t>Веб-камера HIKVISION DS-U02</t>
         </is>
       </c>
       <c r="C833" s="0" t="inlineStr">
         <is>
-          <t>379 500 сум</t>
+          <t>379 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="0">
         <v>13598</v>
       </c>
       <c r="B834" s="0" t="inlineStr">
         <is>
           <t>Веб-камера HIKVISION DS-U12</t>
         </is>
       </c>
       <c r="C834" s="0" t="inlineStr">
         <is>
-          <t>632 500 сум</t>
+          <t>632 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="0">
         <v>13599</v>
       </c>
       <c r="B835" s="0" t="inlineStr">
         <is>
           <t>Веб-камера HIKVISION DS-U18 4K HD Web Camera</t>
         </is>
       </c>
       <c r="C835" s="0" t="inlineStr">
         <is>
-          <t>1 299 500 сум</t>
+          <t>1 299 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="0">
         <v>13600</v>
       </c>
       <c r="B836" s="0" t="inlineStr">
         <is>
           <t>Веб-камера Logitech C922 Pro Stream</t>
         </is>
       </c>
       <c r="C836" s="0" t="inlineStr">
         <is>
-          <t>1 960 800 сум</t>
+          <t>1 960 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="0">
         <v>13601</v>
       </c>
       <c r="B837" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ASUS GR101 ROG Z11 Black</t>
         </is>
       </c>
       <c r="C837" s="0" t="inlineStr">
         <is>
-          <t>4 298 100 сум</t>
+          <t>4 298 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="0">
         <v>13602</v>
       </c>
       <c r="B838" s="0" t="inlineStr">
         <is>
           <t>Кейс ASUS GR101 ROG Z11 Black + SEVEN Figure</t>
         </is>
       </c>
       <c r="C838" s="0" t="inlineStr">
         <is>
-          <t>4 298 100 сум</t>
+          <t>4 298 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="0">
         <v>13603</v>
       </c>
       <c r="B839" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ASUS GX601 ROG Strix Helios White Edition</t>
         </is>
       </c>
       <c r="C839" s="0" t="inlineStr">
         <is>
-          <t>6 071 300 сум</t>
+          <t>6 071 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="0">
         <v>13604</v>
       </c>
       <c r="B840" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ASUS TUF Gaming GT3011</t>
         </is>
       </c>
       <c r="C840" s="0" t="inlineStr">
         <is>
-          <t>1 722 700 сум</t>
+          <t>1 722 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="0">
         <v>13605</v>
       </c>
       <c r="B841" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ASUS TUF Gaming GT501 White Edition</t>
         </is>
       </c>
       <c r="C841" s="0" t="inlineStr">
         <is>
-          <t>3 435 600 сум</t>
+          <t>3 435 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="0">
         <v>13606</v>
       </c>
       <c r="B842" s="0" t="inlineStr">
         <is>
           <t>Коммутатор HP V1910-24G-PoE 170W</t>
         </is>
       </c>
       <c r="C842" s="0" t="inlineStr">
         <is>
-          <t>3 900 000 сум</t>
+          <t>3 900 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="0">
         <v>13607</v>
       </c>
       <c r="B843" s="0" t="inlineStr">
         <is>
           <t>Коммутатор HPE 1920S 24G 2SFP PoE+ 370W</t>
         </is>
       </c>
       <c r="C843" s="0" t="inlineStr">
         <is>
-          <t>7 290 000 сум</t>
+          <t>7 290 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="0">
         <v>13608</v>
       </c>
       <c r="B844" s="0" t="inlineStr">
         <is>
           <t>Коммутатор L3 ZYXEL XGS3700-48HP</t>
         </is>
       </c>
       <c r="C844" s="0" t="inlineStr">
         <is>
-          <t>36 915 000 сум</t>
+          <t>36 915 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="0">
         <v>13609</v>
       </c>
       <c r="B845" s="0" t="inlineStr">
         <is>
           <t>Коммутатор PoE+ для IP-видеокамер ZYXEL GS1300-10HP</t>
         </is>
       </c>
       <c r="C845" s="0" t="inlineStr">
         <is>
-          <t>2 290 000 сум</t>
+          <t>2 290 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="0">
         <v>13610</v>
       </c>
       <c r="B846" s="0" t="inlineStr">
         <is>
           <t>Коммутатор PoE+ для IP-видеокамер ZYXEL GS1300-18HP</t>
         </is>
       </c>
       <c r="C846" s="0" t="inlineStr">
         <is>
-          <t>3 283 000 сум</t>
+          <t>3 283 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="0">
         <v>13611</v>
       </c>
       <c r="B847" s="0" t="inlineStr">
         <is>
           <t>Коммутатор PoE+ для IP-видеокамер ZYXEL GS1300-26HP</t>
         </is>
       </c>
       <c r="C847" s="0" t="inlineStr">
         <is>
-          <t>4 383 000 сум</t>
+          <t>4 383 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="0">
         <v>13612</v>
       </c>
       <c r="B848" s="0" t="inlineStr">
         <is>
           <t>Компьютер Avtech CPU Intel Core i5-10400 / Windows 10</t>
         </is>
       </c>
       <c r="C848" s="0" t="inlineStr">
         <is>
-          <t>5 300 000 сум</t>
+          <t>5 300 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="0">
         <v>13613</v>
       </c>
       <c r="B849" s="0" t="inlineStr">
         <is>
           <t>Компьютер Avtech G6400 Windows 10</t>
         </is>
       </c>
       <c r="C849" s="0" t="inlineStr">
         <is>
-          <t>3 600 000 сум</t>
+          <t>3 600 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="0">
         <v>13614</v>
       </c>
       <c r="B850" s="0" t="inlineStr">
         <is>
           <t>Компьютер Intel Core i3 10100 Windows 10</t>
         </is>
       </c>
       <c r="C850" s="0" t="inlineStr">
         <is>
-          <t>4 600 000 сум</t>
+          <t>4 600 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="0">
         <v>13615</v>
       </c>
       <c r="B851" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Hikvision S1 DDR3 8Gb 1600Mhz SODIMM</t>
         </is>
       </c>
       <c r="C851" s="0" t="inlineStr">
         <is>
-          <t>447 000 сум</t>
+          <t>447 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="0">
         <v>13616</v>
       </c>
       <c r="B852" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Hikvision U1 DDR3 4Gb 1600Mhz</t>
         </is>
       </c>
       <c r="C852" s="0" t="inlineStr">
         <is>
-          <t>257 900 сум</t>
+          <t>257 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="0">
         <v>13617</v>
       </c>
       <c r="B853" s="0" t="inlineStr">
         <is>
           <t>Оперативная память Hikvision U1 DDR3 8Gb 1600Mhz</t>
         </is>
       </c>
       <c r="C853" s="0" t="inlineStr">
         <is>
-          <t>445 700 сум</t>
+          <t>445 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="0">
         <v>13618</v>
       </c>
       <c r="B854" s="0" t="inlineStr">
         <is>
           <t>Тонер-картридж Canon CRG 057 Black</t>
         </is>
       </c>
       <c r="C854" s="0" t="inlineStr">
         <is>
-          <t>1 353 800 сум</t>
+          <t>1 353 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="0">
         <v>13619</v>
       </c>
       <c r="B855" s="0" t="inlineStr">
         <is>
           <t>Тонер-картридж Canon CRG 057H Black</t>
         </is>
       </c>
       <c r="C855" s="0" t="inlineStr">
         <is>
-          <t>2 633 000 сум</t>
+          <t>2 633 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="0">
         <v>13620</v>
       </c>
       <c r="B856" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Aruba IAP-305 RW Instant 2x/3x 11ac AP</t>
         </is>
       </c>
       <c r="C856" s="0" t="inlineStr">
         <is>
-          <t>6 532 000 сум</t>
+          <t>6 532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="0">
         <v>13621</v>
       </c>
       <c r="B857" s="0" t="inlineStr">
         <is>
           <t>Точка доступа HPE OC20 с двумя радиомодулями 802.11ac</t>
         </is>
       </c>
       <c r="C857" s="0" t="inlineStr">
         <is>
-          <t>3 060 000 сум</t>
+          <t>3 060 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="0">
         <v>13622</v>
       </c>
       <c r="B858" s="0" t="inlineStr">
         <is>
           <t>Чернила Canon GI-490 BK</t>
         </is>
       </c>
       <c r="C858" s="0" t="inlineStr">
         <is>
-          <t>108 100 сум</t>
+          <t>108 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="0">
         <v>13624</v>
       </c>
       <c r="B859" s="0" t="inlineStr">
         <is>
           <t>Экшен-камера Xiaomi Mijia Mi Action Camera 4K</t>
         </is>
       </c>
       <c r="C859" s="0" t="inlineStr">
         <is>
-          <t>1 111 000 сум</t>
+          <t>1 111 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="0">
         <v>13625</v>
       </c>
       <c r="B860" s="0" t="inlineStr">
         <is>
           <t>Рюкзак ASUS OS100 ROG SACKPACK Black</t>
         </is>
       </c>
       <c r="C860" s="0" t="inlineStr">
         <is>
-          <t>177 900 сум</t>
+          <t>177 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="0">
         <v>13626</v>
       </c>
       <c r="B861" s="0" t="inlineStr">
         <is>
           <t>Рюкзак ASUS ROG Batoh BP1502G Black</t>
         </is>
       </c>
       <c r="C861" s="0" t="inlineStr">
         <is>
-          <t>493 400 сум</t>
+          <t>493 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="0">
         <v>13627</v>
       </c>
       <c r="B862" s="0" t="inlineStr">
         <is>
           <t>Рюкзак ASUS TUF Gaming BP2700 17 Black</t>
         </is>
       </c>
       <c r="C862" s="0" t="inlineStr">
         <is>
-          <t>556 100 сум</t>
+          <t>556 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="0">
         <v>13628</v>
       </c>
       <c r="B863" s="0" t="inlineStr">
         <is>
           <t>Рюкзак Xiaomi Mi City Sling Bag</t>
         </is>
       </c>
       <c r="C863" s="0" t="inlineStr">
         <is>
-          <t>204 200 сум</t>
+          <t>204 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="0">
         <v>13629</v>
       </c>
       <c r="B864" s="0" t="inlineStr">
         <is>
           <t>Светильник с датчиком движения Xiaomi Mi Motion-Activated Night Light</t>
         </is>
       </c>
       <c r="C864" s="0" t="inlineStr">
         <is>
-          <t>93 500 сум</t>
+          <t>93 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="0">
         <v>13630</v>
       </c>
       <c r="B865" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT - 1200VA AVR EA2120</t>
         </is>
       </c>
       <c r="C865" s="0" t="inlineStr">
         <is>
-          <t>952 200 сум</t>
+          <t>952 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="0">
         <v>13631</v>
       </c>
       <c r="B866" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT - 1500VA AVR EA2150</t>
         </is>
       </c>
       <c r="C866" s="0" t="inlineStr">
         <is>
-          <t>1 084 400 сум</t>
+          <t>1 084 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="0">
         <v>13632</v>
       </c>
       <c r="B867" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT – 1KVA AVR EA610H</t>
         </is>
       </c>
       <c r="C867" s="0" t="inlineStr">
         <is>
-          <t>1 771 000 сум</t>
+          <t>1 771 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="0">
         <v>13633</v>
       </c>
       <c r="B868" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT - 2000VA AVR EA2200</t>
         </is>
       </c>
       <c r="C868" s="0" t="inlineStr">
         <is>
-          <t>1 719 200 сум</t>
+          <t>1 719 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="0">
         <v>13634</v>
       </c>
       <c r="B869" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT – 3KVA AVR EA630H</t>
         </is>
       </c>
       <c r="C869" s="0" t="inlineStr">
         <is>
-          <t>3 542 000 сум</t>
+          <t>3 542 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="0">
         <v>13635</v>
       </c>
       <c r="B870" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT - 650VA AVR EA265</t>
         </is>
       </c>
       <c r="C870" s="0" t="inlineStr">
         <is>
-          <t>423 200 сум</t>
+          <t>423 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="0">
         <v>13636</v>
       </c>
       <c r="B871" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT - 850VA AVR EA285</t>
         </is>
       </c>
       <c r="C871" s="0" t="inlineStr">
         <is>
-          <t>581 900 сум</t>
+          <t>581 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="0">
         <v>13637</v>
       </c>
       <c r="B872" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT -10KVA Online EA9010</t>
         </is>
       </c>
       <c r="C872" s="0" t="inlineStr">
         <is>
-          <t>20 240 000 сум</t>
+          <t>20 240 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="0">
         <v>13638</v>
       </c>
       <c r="B873" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT -1KVA Online EA901PRO</t>
         </is>
       </c>
       <c r="C873" s="0" t="inlineStr">
         <is>
-          <t>3 107 900 сум</t>
+          <t>3 107 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="0">
         <v>13639</v>
       </c>
       <c r="B874" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT 1kVA Online EA901PRORT</t>
         </is>
       </c>
       <c r="C874" s="0" t="inlineStr">
         <is>
-          <t>3 795 000 сум</t>
+          <t>3 795 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="0">
         <v>13640</v>
       </c>
       <c r="B875" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT -20KVA Online с 1 внешним аккумуляторным блоком</t>
         </is>
       </c>
       <c r="C875" s="0" t="inlineStr">
         <is>
-          <t>129 492 000 сум</t>
+          <t>129 492 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="0">
         <v>13641</v>
       </c>
       <c r="B876" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT 2KVA Online EA902PRO</t>
         </is>
       </c>
       <c r="C876" s="0" t="inlineStr">
         <is>
-          <t>5 223 900 сум</t>
+          <t>5 223 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="0">
         <v>13642</v>
       </c>
       <c r="B877" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT -6KVA Online EA906RT</t>
         </is>
       </c>
       <c r="C877" s="0" t="inlineStr">
         <is>
-          <t>13 915 000 сум</t>
+          <t>13 915 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="0">
         <v>13643</v>
       </c>
       <c r="B878" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT AVT-3000AVR EA2300</t>
         </is>
       </c>
       <c r="C878" s="0" t="inlineStr">
         <is>
-          <t>2 975 600 сум</t>
+          <t>2 975 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="0">
         <v>13644</v>
       </c>
       <c r="B879" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT EA900PRO 3/3 20KVA</t>
         </is>
       </c>
       <c r="C879" s="0" t="inlineStr">
         <is>
-          <t>43 010 000 сум</t>
+          <t>43 010 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="0">
         <v>13645</v>
       </c>
       <c r="B880" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT EA900PRO 3/3 30KVA</t>
         </is>
       </c>
       <c r="C880" s="0" t="inlineStr">
         <is>
-          <t>50 956 500 сум</t>
+          <t>50 956 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="0">
         <v>13646</v>
       </c>
       <c r="B881" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS AVT-600 AVR EA260</t>
         </is>
       </c>
       <c r="C881" s="0" t="inlineStr">
         <is>
-          <t>396 800 сум</t>
+          <t>396 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="0">
         <v>13647</v>
       </c>
       <c r="B882" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS DK PLUS 10KVA 7мин</t>
         </is>
       </c>
       <c r="C882" s="0" t="inlineStr">
         <is>
-          <t>38 728 800 сум</t>
+          <t>38 728 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="0">
         <v>13648</v>
       </c>
       <c r="B883" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Keor HPE 100кВА 0</t>
         </is>
       </c>
       <c r="C883" s="0" t="inlineStr">
         <is>
-          <t>223 850 000 сум</t>
+          <t>223 850 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="0">
         <v>13649</v>
       </c>
       <c r="B884" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Keor HPE 125кВА 0</t>
         </is>
       </c>
       <c r="C884" s="0" t="inlineStr">
         <is>
-          <t>250 470 000 сум</t>
+          <t>250 470 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="0">
         <v>13650</v>
       </c>
       <c r="B885" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Keor HPE 80кВА 0</t>
         </is>
       </c>
       <c r="C885" s="0" t="inlineStr">
         <is>
-          <t>205 700 000 сум</t>
+          <t>205 700 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="0">
         <v>13651</v>
       </c>
       <c r="B886" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS KEOR T Evo 10 kВA 0</t>
         </is>
       </c>
       <c r="C886" s="0" t="inlineStr">
         <is>
-          <t>66 550 000 сум</t>
+          <t>66 550 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="0">
         <v>13652</v>
       </c>
       <c r="B887" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS KEOR T Evo 20 kВA 0</t>
         </is>
       </c>
       <c r="C887" s="0" t="inlineStr">
         <is>
-          <t>78 650 000 сум</t>
+          <t>78 650 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="0">
         <v>13653</v>
       </c>
       <c r="B888" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS KEOR T Evo 40 kВA 0</t>
         </is>
       </c>
       <c r="C888" s="0" t="inlineStr">
         <is>
-          <t>123 420 000 сум</t>
+          <t>123 420 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="0">
         <v>13654</v>
       </c>
       <c r="B889" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS KEOR T Evo 60 kВA 0</t>
         </is>
       </c>
       <c r="C889" s="0" t="inlineStr">
         <is>
-          <t>158 268 000 сум</t>
+          <t>158 268 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="0">
         <v>13655</v>
       </c>
       <c r="B890" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS KEOR-T 20KVA 3/3 10мин</t>
         </is>
       </c>
       <c r="C890" s="0" t="inlineStr">
         <is>
-          <t>111 775 400 сум</t>
+          <t>111 775 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="0">
         <v>13656</v>
       </c>
       <c r="B891" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS KEOR-T 20KVA 3/3 15мин</t>
         </is>
       </c>
       <c r="C891" s="0" t="inlineStr">
         <is>
-          <t>114 975 900 сум</t>
+          <t>114 975 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="0">
         <v>13657</v>
       </c>
       <c r="B892" s="0" t="inlineStr">
         <is>
           <t>Блок питания ASUS ROG Strix 750G 750W</t>
         </is>
       </c>
       <c r="C892" s="0" t="inlineStr">
         <is>
-          <t>2 884 200 сум</t>
+          <t>2 884 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="0">
         <v>13658</v>
       </c>
       <c r="B893" s="0" t="inlineStr">
         <is>
           <t>Блок питания ASUS ROG Strix 850W Gold PSU White Edition</t>
         </is>
       </c>
       <c r="C893" s="0" t="inlineStr">
         <is>
-          <t>3 914 400 сум</t>
+          <t>3 914 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="0">
         <v>13659</v>
       </c>
       <c r="B894" s="0" t="inlineStr">
         <is>
           <t>Блок питания ASUS ROG THOR 850P RGB OLED 850W</t>
         </is>
       </c>
       <c r="C894" s="0" t="inlineStr">
         <is>
-          <t>4 954 200 сум</t>
+          <t>4 954 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="0">
         <v>13660</v>
       </c>
       <c r="B895" s="0" t="inlineStr">
         <is>
           <t>Блок питания ASUS ROG-STRIX-550G</t>
         </is>
       </c>
       <c r="C895" s="0" t="inlineStr">
         <is>
-          <t>2 332 200 сум</t>
+          <t>2 332 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="0">
         <v>13661</v>
       </c>
       <c r="B896" s="0" t="inlineStr">
         <is>
           <t>Блок питания ASUS ROG-STRIX-650G 650W 80-PLUS GOLD</t>
         </is>
       </c>
       <c r="C896" s="0" t="inlineStr">
         <is>
-          <t>2 792 000 сум</t>
+          <t>2 792 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="0">
         <v>13662</v>
       </c>
       <c r="B897" s="0" t="inlineStr">
         <is>
           <t>Блок питания ASUS TUF Gaming 550B 550W</t>
         </is>
       </c>
       <c r="C897" s="0" t="inlineStr">
         <is>
-          <t>1 519 000 сум</t>
+          <t>1 519 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="0">
         <v>13663</v>
       </c>
       <c r="B898" s="0" t="inlineStr">
         <is>
           <t>Блок питания ASUS TUF-GAMING-650B</t>
         </is>
       </c>
       <c r="C898" s="0" t="inlineStr">
         <is>
-          <t>1 795 000 сум</t>
+          <t>1 795 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="0">
         <v>13664</v>
       </c>
       <c r="B899" s="0" t="inlineStr">
         <is>
           <t>Блок питания AVTECH 450W</t>
         </is>
       </c>
       <c r="C899" s="0" t="inlineStr">
         <is>
-          <t>124 900 сум</t>
+          <t>124 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="0">
         <v>13665</v>
       </c>
       <c r="B900" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS ROG Falchion</t>
         </is>
       </c>
       <c r="C900" s="0" t="inlineStr">
         <is>
-          <t>2 235 000 сум</t>
+          <t>2 235 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="0">
         <v>13666</v>
       </c>
       <c r="B901" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS ROG STRIX SCOPE RX</t>
         </is>
       </c>
       <c r="C901" s="0" t="inlineStr">
         <is>
-          <t>2 235 000 сум</t>
+          <t>2 235 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="0">
         <v>13667</v>
       </c>
       <c r="B902" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS ROG Strix Scope TKL</t>
         </is>
       </c>
       <c r="C902" s="0" t="inlineStr">
         <is>
-          <t>2 254 500 сум</t>
+          <t>2 254 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="0">
         <v>13668</v>
       </c>
       <c r="B903" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS TUF Gaming K1</t>
         </is>
       </c>
       <c r="C903" s="0" t="inlineStr">
         <is>
-          <t>787 100 сум</t>
+          <t>787 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="0">
         <v>13669</v>
       </c>
       <c r="B904" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS TUF Gaming K3</t>
         </is>
       </c>
       <c r="C904" s="0" t="inlineStr">
         <is>
-          <t>1 377 600 сум</t>
+          <t>1 377 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="0">
         <v>13670</v>
       </c>
       <c r="B905" s="0" t="inlineStr">
         <is>
           <t>Клавиатура ASUS TUF Gaming K7 Линейные</t>
         </is>
       </c>
       <c r="C905" s="0" t="inlineStr">
         <is>
-          <t>2 021 900 сум</t>
+          <t>2 021 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="0">
         <v>13671</v>
       </c>
       <c r="B906" s="0" t="inlineStr">
         <is>
           <t>Клавиатура AVT KBM 300</t>
         </is>
       </c>
       <c r="C906" s="0" t="inlineStr">
         <is>
-          <t>51 500 сум</t>
+          <t>51 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="0">
         <v>13672</v>
       </c>
       <c r="B907" s="0" t="inlineStr">
         <is>
           <t>Клавиатура AVTECH Pro KB768</t>
         </is>
       </c>
       <c r="C907" s="0" t="inlineStr">
         <is>
-          <t>85 800 сум</t>
+          <t>85 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="0">
         <v>13673</v>
       </c>
       <c r="B908" s="0" t="inlineStr">
         <is>
           <t>Клавиатура AVTECH Pro KB819W</t>
         </is>
       </c>
       <c r="C908" s="0" t="inlineStr">
         <is>
-          <t>94 100 сум</t>
+          <t>94 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="0">
         <v>13674</v>
       </c>
       <c r="B909" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Cougar 700K EVO</t>
         </is>
       </c>
       <c r="C909" s="0" t="inlineStr">
         <is>
-          <t>1 897 500 сум</t>
+          <t>1 897 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="0">
         <v>13675</v>
       </c>
       <c r="B910" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Cougar PURI RGB</t>
         </is>
       </c>
       <c r="C910" s="0" t="inlineStr">
         <is>
-          <t>1 146 300 сум</t>
+          <t>1 146 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="0">
         <v>13676</v>
       </c>
       <c r="B911" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Cougar Vantar MX</t>
         </is>
       </c>
       <c r="C911" s="0" t="inlineStr">
         <is>
-          <t>822 300 сум</t>
+          <t>822 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="0">
         <v>13677</v>
       </c>
       <c r="B912" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech G915 LightSpeed GL Tactile</t>
         </is>
       </c>
       <c r="C912" s="0" t="inlineStr">
         <is>
-          <t>3 339 600 сум</t>
+          <t>3 339 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="0">
         <v>13678</v>
       </c>
       <c r="B913" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK295 Silent Wireless Combo Graphite</t>
         </is>
       </c>
       <c r="C913" s="0" t="inlineStr">
         <is>
-          <t>594 600 сум</t>
+          <t>594 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="0">
         <v>13679</v>
       </c>
       <c r="B914" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK345</t>
         </is>
       </c>
       <c r="C914" s="0" t="inlineStr">
         <is>
-          <t>478 500 сум</t>
+          <t>478 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="0">
         <v>13680</v>
       </c>
       <c r="B915" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь Logitech MK470 Wireless Slim Graphite</t>
         </is>
       </c>
       <c r="C915" s="0" t="inlineStr">
         <is>
-          <t>626 700 сум</t>
+          <t>626 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="0">
         <v>13681</v>
       </c>
       <c r="B916" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS CERBERUS MAT Mini Red</t>
         </is>
       </c>
       <c r="C916" s="0" t="inlineStr">
         <is>
-          <t>199 600 сум</t>
+          <t>199 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="0">
         <v>13682</v>
       </c>
       <c r="B917" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS CERBERUS MAT Plus Red</t>
         </is>
       </c>
       <c r="C917" s="0" t="inlineStr">
         <is>
-          <t>399 300 сум</t>
+          <t>399 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="0">
         <v>13683</v>
       </c>
       <c r="B918" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS ROG Balteus Qi RGB</t>
         </is>
       </c>
       <c r="C918" s="0" t="inlineStr">
         <is>
-          <t>1 587 000 сум</t>
+          <t>1 587 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="0">
         <v>13684</v>
       </c>
       <c r="B919" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS ROG Balteus RGB</t>
         </is>
       </c>
       <c r="C919" s="0" t="inlineStr">
         <is>
-          <t>1 218 000 сум</t>
+          <t>1 218 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="0">
         <v>13685</v>
       </c>
       <c r="B920" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS ROG GM50</t>
         </is>
       </c>
       <c r="C920" s="0" t="inlineStr">
         <is>
-          <t>176 400 сум</t>
+          <t>176 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="0">
         <v>13686</v>
       </c>
       <c r="B921" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS ROG GM50 Plus</t>
         </is>
       </c>
       <c r="C921" s="0" t="inlineStr">
         <is>
-          <t>336 700 сум</t>
+          <t>336 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="0">
         <v>13687</v>
       </c>
       <c r="B922" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS ROG Scabbard II</t>
         </is>
       </c>
       <c r="C922" s="0" t="inlineStr">
         <is>
-          <t>653 700 сум</t>
+          <t>653 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="0">
         <v>13688</v>
       </c>
       <c r="B923" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS ROG SHEATH</t>
         </is>
       </c>
       <c r="C923" s="0" t="inlineStr">
         <is>
-          <t>684 200 сум</t>
+          <t>684 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="0">
         <v>13689</v>
       </c>
       <c r="B924" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS ROG SHEATH BLK</t>
         </is>
       </c>
       <c r="C924" s="0" t="inlineStr">
         <is>
-          <t>550 600 сум</t>
+          <t>550 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="0">
         <v>13690</v>
       </c>
       <c r="B925" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS ROG Sheath Electro Punk</t>
         </is>
       </c>
       <c r="C925" s="0" t="inlineStr">
         <is>
-          <t>513 400 сум</t>
+          <t>513 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="0">
         <v>13691</v>
       </c>
       <c r="B926" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS ROG Strix Slice</t>
         </is>
       </c>
       <c r="C926" s="0" t="inlineStr">
         <is>
-          <t>292 200 сум</t>
+          <t>292 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="0">
         <v>13692</v>
       </c>
       <c r="B927" s="0" t="inlineStr">
         <is>
           <t>Коврик ASUS TUF Gaming P3</t>
         </is>
       </c>
       <c r="C927" s="0" t="inlineStr">
         <is>
-          <t>244 700 сум</t>
+          <t>244 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="0">
         <v>13693</v>
       </c>
       <c r="B928" s="0" t="inlineStr">
         <is>
           <t>Коврик Cougar SPEED EX -S</t>
         </is>
       </c>
       <c r="C928" s="0" t="inlineStr">
         <is>
-          <t>101 200 сум</t>
+          <t>101 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="0">
         <v>13694</v>
       </c>
       <c r="B929" s="0" t="inlineStr">
         <is>
           <t>Коврик Logitech G440</t>
         </is>
       </c>
       <c r="C929" s="0" t="inlineStr">
         <is>
-          <t>496 800 сум</t>
+          <t>496 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="0">
         <v>13695</v>
       </c>
       <c r="B930" s="0" t="inlineStr">
         <is>
           <t>Коврик Logitech G640</t>
         </is>
       </c>
       <c r="C930" s="0" t="inlineStr">
         <is>
-          <t>531 300 сум</t>
+          <t>531 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="0">
         <v>13696</v>
       </c>
       <c r="B931" s="0" t="inlineStr">
         <is>
           <t>Колонки Logitech S120</t>
         </is>
       </c>
       <c r="C931" s="0" t="inlineStr">
         <is>
-          <t>233 800 сум</t>
+          <t>233 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="0">
         <v>13697</v>
       </c>
       <c r="B932" s="0" t="inlineStr">
         <is>
           <t>Колонки Logitech Z120</t>
         </is>
       </c>
       <c r="C932" s="0" t="inlineStr">
         <is>
-          <t>211 100 сум</t>
+          <t>211 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="0">
         <v>13698</v>
       </c>
       <c r="B933" s="0" t="inlineStr">
         <is>
           <t>Колонки Logitech Z207 Bluetooth Computer Speakers BLACK EMEA</t>
         </is>
       </c>
       <c r="C933" s="0" t="inlineStr">
         <is>
-          <t>734 200 сум</t>
+          <t>734 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="0">
         <v>13699</v>
       </c>
       <c r="B934" s="0" t="inlineStr">
         <is>
           <t>Колонки Microlab SOLO 6C</t>
         </is>
       </c>
       <c r="C934" s="0" t="inlineStr">
         <is>
-          <t>1 729 200 сум</t>
+          <t>1 729 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="0">
         <v>13700</v>
       </c>
       <c r="B935" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS P705 ROG PUGIO II WL Black</t>
         </is>
       </c>
       <c r="C935" s="0" t="inlineStr">
         <is>
-          <t>1 354 800 сум</t>
+          <t>1 354 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="0">
         <v>13701</v>
       </c>
       <c r="B936" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG Keris Wireless</t>
         </is>
       </c>
       <c r="C936" s="0" t="inlineStr">
         <is>
-          <t>1 269 600 сум</t>
+          <t>1 269 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="0">
         <v>13702</v>
       </c>
       <c r="B937" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG Spatha Wireless/USB Black</t>
         </is>
       </c>
       <c r="C937" s="0" t="inlineStr">
         <is>
-          <t>2 073 300 сум</t>
+          <t>2 073 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="0">
         <v>13703</v>
       </c>
       <c r="B938" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG Strix Carry Black</t>
         </is>
       </c>
       <c r="C938" s="0" t="inlineStr">
         <is>
-          <t>1 081 100 сум</t>
+          <t>1 081 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="0">
         <v>13704</v>
       </c>
       <c r="B939" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AVT MW205</t>
         </is>
       </c>
       <c r="C939" s="0" t="inlineStr">
         <is>
-          <t>46 200 сум</t>
+          <t>46 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="0">
         <v>13705</v>
       </c>
       <c r="B940" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AVT MW209</t>
         </is>
       </c>
       <c r="C940" s="0" t="inlineStr">
         <is>
-          <t>39 600 сум</t>
+          <t>39 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="0">
         <v>13706</v>
       </c>
       <c r="B941" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AVTECH MW207</t>
         </is>
       </c>
       <c r="C941" s="0" t="inlineStr">
         <is>
-          <t>66 000 сум</t>
+          <t>66 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="0">
         <v>13707</v>
       </c>
       <c r="B942" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AVTECH MW309</t>
         </is>
       </c>
       <c r="C942" s="0" t="inlineStr">
         <is>
-          <t>66 000 сум</t>
+          <t>66 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="0">
         <v>13708</v>
       </c>
       <c r="B943" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G604 LIGHTSPEED</t>
         </is>
       </c>
       <c r="C943" s="0" t="inlineStr">
         <is>
-          <t>1 416 800 сум</t>
+          <t>1 416 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="0">
         <v>13709</v>
       </c>
       <c r="B944" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G903 LIGHTSPEED BLACK</t>
         </is>
       </c>
       <c r="C944" s="0" t="inlineStr">
         <is>
-          <t>2 194 200 сум</t>
+          <t>2 194 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="0">
         <v>13710</v>
       </c>
       <c r="B945" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech M535 Grey</t>
         </is>
       </c>
       <c r="C945" s="0" t="inlineStr">
         <is>
-          <t>639 300 сум</t>
+          <t>639 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="0">
         <v>13711</v>
       </c>
       <c r="B946" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech Pebble M350 ROSE</t>
         </is>
       </c>
       <c r="C946" s="0" t="inlineStr">
         <is>
-          <t>288 300 сум</t>
+          <t>288 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="0">
         <v>13712</v>
       </c>
       <c r="B947" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь METOO E0SE Black</t>
         </is>
       </c>
       <c r="C947" s="0" t="inlineStr">
         <is>
-          <t>46 200 сум</t>
+          <t>46 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="0">
         <v>13713</v>
       </c>
       <c r="B948" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Xiaomi Mi Dual Mode Wireless Mouse Silent Edition</t>
         </is>
       </c>
       <c r="C948" s="0" t="inlineStr">
         <is>
-          <t>158 700 сум</t>
+          <t>158 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="0">
         <v>13931</v>
       </c>
       <c r="B949" s="0" t="inlineStr">
         <is>
           <t>UPS AVT -10KVA Online Rack (EA9010)  + Внешний Аккумуляторный блок</t>
         </is>
       </c>
       <c r="C949" s="0" t="inlineStr">
         <is>
-          <t>25 872 000 сум</t>
+          <t>25 872 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="0">
         <v>13932</v>
       </c>
       <c r="B950" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar ARGO Black</t>
         </is>
       </c>
       <c r="C950" s="0" t="inlineStr">
         <is>
-          <t>6 400 900 сум</t>
+          <t>6 400 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="0">
         <v>13933</v>
       </c>
       <c r="B951" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar ARGO Black-Orange</t>
         </is>
       </c>
       <c r="C951" s="0" t="inlineStr">
         <is>
-          <t>6 400 900 сум</t>
+          <t>6 400 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="0">
         <v>13934</v>
       </c>
       <c r="B952" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar EXPLORE</t>
         </is>
       </c>
       <c r="C952" s="0" t="inlineStr">
         <is>
-          <t>2 837 700 сум</t>
+          <t>2 837 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="0">
         <v>13935</v>
       </c>
       <c r="B953" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar EXPLORE Black</t>
         </is>
       </c>
       <c r="C953" s="0" t="inlineStr">
         <is>
-          <t>2 837 700 сум</t>
+          <t>2 837 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="0">
         <v>13936</v>
       </c>
       <c r="B954" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar EXPLORE Racing</t>
         </is>
       </c>
       <c r="C954" s="0" t="inlineStr">
         <is>
-          <t>2 837 700 сум</t>
+          <t>2 837 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="0">
         <v>13937</v>
       </c>
       <c r="B955" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar RANGER EVA Gaming Sofa</t>
         </is>
       </c>
       <c r="C955" s="0" t="inlineStr">
         <is>
-          <t>3 522 100 сум</t>
+          <t>3 522 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="0">
         <v>13938</v>
       </c>
       <c r="B956" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar Ranger Gaming Sofa</t>
         </is>
       </c>
       <c r="C956" s="0" t="inlineStr">
         <is>
-          <t>3 978 500 сум</t>
+          <t>3 978 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="0">
         <v>13939</v>
       </c>
       <c r="B957" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar RANGER PS Gaming Sofa Blue</t>
         </is>
       </c>
       <c r="C957" s="0" t="inlineStr">
         <is>
-          <t>3 978 500 сум</t>
+          <t>3 978 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="0">
         <v>13940</v>
       </c>
       <c r="B958" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar RANGER ROYAL Gaming Sofa Gold</t>
         </is>
       </c>
       <c r="C958" s="0" t="inlineStr">
         <is>
-          <t>3 978 500 сум</t>
+          <t>3 978 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="0">
         <v>13941</v>
       </c>
       <c r="B959" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Cougar RANGER XB Gaming Sofa Green</t>
         </is>
       </c>
       <c r="C959" s="0" t="inlineStr">
         <is>
-          <t>3 978 500 сум</t>
+          <t>3 978 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="0">
         <v>13942</v>
       </c>
       <c r="B960" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Xigmatek Chicane EN42432 GC008</t>
         </is>
       </c>
       <c r="C960" s="0" t="inlineStr">
         <is>
-          <t>2 532 000 сум</t>
+          <t>2 532 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="0">
         <v>13943</v>
       </c>
       <c r="B961" s="0" t="inlineStr">
         <is>
           <t>Кресло компьютерное игровое  Xigmatek Hairpin EN42425 GC002</t>
         </is>
       </c>
       <c r="C961" s="0" t="inlineStr">
         <is>
-          <t>2 371 100 сум</t>
+          <t>2 371 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="0">
         <v>13954</v>
       </c>
       <c r="B962" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCCooler GI-UX4 Blue</t>
         </is>
       </c>
       <c r="C962" s="0" t="inlineStr">
         <is>
-          <t>278 300 сум</t>
+          <t>278 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="0">
         <v>13955</v>
       </c>
       <c r="B963" s="0" t="inlineStr">
         <is>
           <t>Вентиляторы для корпуса PCCooler HALO FRGB KIT 3 in 1</t>
         </is>
       </c>
       <c r="C963" s="0" t="inlineStr">
         <is>
-          <t>389 800 сум</t>
+          <t>389 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="0">
         <v>13956</v>
       </c>
       <c r="B964" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCCooler Q126 V2</t>
         </is>
       </c>
       <c r="C964" s="0" t="inlineStr">
         <is>
-          <t>116 900 сум</t>
+          <t>116 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="0">
         <v>13957</v>
       </c>
       <c r="B965" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCCooler S83 V2</t>
         </is>
       </c>
       <c r="C965" s="0" t="inlineStr">
         <is>
-          <t>102 100 сум</t>
+          <t>102 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="0">
         <v>13958</v>
       </c>
       <c r="B966" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCCooler S93 V2</t>
         </is>
       </c>
       <c r="C966" s="0" t="inlineStr">
         <is>
-          <t>160 000 сум</t>
+          <t>160 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="0">
         <v>13959</v>
       </c>
       <c r="B967" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCCooler S93+</t>
         </is>
       </c>
       <c r="C967" s="0" t="inlineStr">
         <is>
-          <t>221 500 сум</t>
+          <t>221 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="0">
         <v>13960</v>
       </c>
       <c r="B968" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Xigmatek Apache Plus</t>
         </is>
       </c>
       <c r="C968" s="0" t="inlineStr">
         <is>
-          <t>123 200 сум</t>
+          <t>123 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="0">
         <v>13961</v>
       </c>
       <c r="B969" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Xigmatek Windpower WP1264</t>
         </is>
       </c>
       <c r="C969" s="0" t="inlineStr">
         <is>
-          <t>403 500 сум</t>
+          <t>403 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="0">
         <v>13962</v>
       </c>
       <c r="B970" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора Xigmatek Windpower WP1266</t>
         </is>
       </c>
       <c r="C970" s="0" t="inlineStr">
         <is>
-          <t>538 200 сум</t>
+          <t>538 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="0">
         <v>13963</v>
       </c>
       <c r="B971" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора AVTECH PRO PWM EX1</t>
         </is>
       </c>
       <c r="C971" s="0" t="inlineStr">
         <is>
-          <t>70 000 сум</t>
+          <t>70 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="0">
         <v>14014</v>
       </c>
       <c r="B972" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCCooler GI-D66A HALO FRGB</t>
         </is>
       </c>
       <c r="C972" s="0" t="inlineStr">
         <is>
-          <t>721 100 сум</t>
+          <t>721 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="0">
         <v>14015</v>
       </c>
       <c r="B973" s="0" t="inlineStr">
         <is>
           <t>Вентиляторы для корпуса PCCooler FX-120-3</t>
         </is>
       </c>
       <c r="C973" s="0" t="inlineStr">
         <is>
-          <t>62 100 сум</t>
+          <t>62 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="0">
         <v>14016</v>
       </c>
       <c r="B974" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCCooler E90M</t>
         </is>
       </c>
       <c r="C974" s="0" t="inlineStr">
         <is>
-          <t>56 400 сум</t>
+          <t>56 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="0">
         <v>14017</v>
       </c>
       <c r="B975" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCCooler E90</t>
         </is>
       </c>
       <c r="C975" s="0" t="inlineStr">
         <is>
-          <t>47 900 сум</t>
+          <t>47 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="0">
         <v>14018</v>
       </c>
       <c r="B976" s="0" t="inlineStr">
         <is>
           <t>Кулер для процессора PCCooler GI-D56A HALO FRGB</t>
         </is>
       </c>
       <c r="C976" s="0" t="inlineStr">
         <is>
-          <t>514 900 сум</t>
+          <t>514 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="0">
         <v>14019</v>
       </c>
       <c r="B977" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASRock Fatal1ty Z87 Killer</t>
         </is>
       </c>
       <c r="C977" s="0" t="inlineStr">
         <is>
-          <t>1 320 000 сум</t>
+          <t>1 320 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="0">
         <v>14020</v>
       </c>
       <c r="B978" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asrock Z97 OC FORMULA</t>
         </is>
       </c>
       <c r="C978" s="0" t="inlineStr">
         <is>
-          <t>1 980 000 сум</t>
+          <t>1 980 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="0">
         <v>14021</v>
       </c>
       <c r="B979" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asrock Z170 Pro4/D3</t>
         </is>
       </c>
       <c r="C979" s="0" t="inlineStr">
         <is>
-          <t>1 188 000 сум</t>
+          <t>1 188 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="0">
         <v>14022</v>
       </c>
       <c r="B980" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Asrock Z170A-X1</t>
         </is>
       </c>
       <c r="C980" s="0" t="inlineStr">
         <is>
-          <t>1 188 000 сум</t>
+          <t>1 188 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="0">
         <v>14023</v>
       </c>
       <c r="B981" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS Prime A320M-E</t>
         </is>
       </c>
       <c r="C981" s="0" t="inlineStr">
         <is>
-          <t>1 157 100 сум</t>
+          <t>1 157 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="0">
         <v>14024</v>
       </c>
       <c r="B982" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME A520M-A</t>
         </is>
       </c>
       <c r="C982" s="0" t="inlineStr">
         <is>
-          <t>1 302 700 сум</t>
+          <t>1 302 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="0">
         <v>14025</v>
       </c>
       <c r="B983" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME A520M-E</t>
         </is>
       </c>
       <c r="C983" s="0" t="inlineStr">
         <is>
-          <t>1 081 100 сум</t>
+          <t>1 081 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="0">
         <v>14026</v>
       </c>
       <c r="B984" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME A520M-K</t>
         </is>
       </c>
       <c r="C984" s="0" t="inlineStr">
         <is>
-          <t>1 207 700 сум</t>
+          <t>1 207 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="0">
         <v>14027</v>
       </c>
       <c r="B985" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME B450M-K II</t>
         </is>
       </c>
       <c r="C985" s="0" t="inlineStr">
         <is>
-          <t>1 280 200 сум</t>
+          <t>1 280 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="0">
         <v>14028</v>
       </c>
       <c r="B986" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME B460M-A</t>
         </is>
       </c>
       <c r="C986" s="0" t="inlineStr">
         <is>
-          <t>1 839 500 сум</t>
+          <t>1 839 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="0">
         <v>14029</v>
       </c>
       <c r="B987" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME B550M-A</t>
         </is>
       </c>
       <c r="C987" s="0" t="inlineStr">
         <is>
-          <t>1 780 200 сум</t>
+          <t>1 780 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="0">
         <v>14030</v>
       </c>
       <c r="B988" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME B550M-A Wi-Fi</t>
         </is>
       </c>
       <c r="C988" s="0" t="inlineStr">
         <is>
-          <t>2 073 300 сум</t>
+          <t>2 073 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="0">
         <v>14031</v>
       </c>
       <c r="B989" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME B550M-K</t>
         </is>
       </c>
       <c r="C989" s="0" t="inlineStr">
         <is>
-          <t>1 655 900 сум</t>
+          <t>1 655 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="0">
         <v>14032</v>
       </c>
       <c r="B990" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME H310M-A</t>
         </is>
       </c>
       <c r="C990" s="0" t="inlineStr">
         <is>
-          <t>1 228 200 сум</t>
+          <t>1 228 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="0">
         <v>14033</v>
       </c>
       <c r="B991" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME H310M-D R2.0</t>
         </is>
       </c>
       <c r="C991" s="0" t="inlineStr">
         <is>
-          <t>1 137 400 сум</t>
+          <t>1 137 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="0">
         <v>14034</v>
       </c>
       <c r="B992" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME H310-PLUS</t>
         </is>
       </c>
       <c r="C992" s="0" t="inlineStr">
         <is>
-          <t>1 354 800 сум</t>
+          <t>1 354 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="0">
         <v>14035</v>
       </c>
       <c r="B993" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME H370-A</t>
         </is>
       </c>
       <c r="C993" s="0" t="inlineStr">
         <is>
-          <t>2 107 600 сум</t>
+          <t>2 107 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="0">
         <v>14036</v>
       </c>
       <c r="B994" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME H410M-K</t>
         </is>
       </c>
       <c r="C994" s="0" t="inlineStr">
         <is>
-          <t>1 343 400 сум</t>
+          <t>1 343 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="0">
         <v>14037</v>
       </c>
       <c r="B995" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME TRX40-PRO S</t>
         </is>
       </c>
       <c r="C995" s="0" t="inlineStr">
         <is>
-          <t>8 375 700 сум</t>
+          <t>8 375 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="0">
         <v>14038</v>
       </c>
       <c r="B996" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME X570-PRO</t>
         </is>
       </c>
       <c r="C996" s="0" t="inlineStr">
         <is>
-          <t>4 010 600 сум</t>
+          <t>4 010 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="0">
         <v>14039</v>
       </c>
       <c r="B997" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME Z490-A</t>
         </is>
       </c>
       <c r="C997" s="0" t="inlineStr">
         <is>
-          <t>4 578 000 сум</t>
+          <t>4 578 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="0">
         <v>14040</v>
       </c>
       <c r="B998" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME Z490-P</t>
         </is>
       </c>
       <c r="C998" s="0" t="inlineStr">
         <is>
-          <t>3 198 500 сум</t>
+          <t>3 198 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="0">
         <v>14041</v>
       </c>
       <c r="B999" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME Z590-A</t>
         </is>
       </c>
       <c r="C999" s="0" t="inlineStr">
         <is>
-          <t>4 795 200 сум</t>
+          <t>4 795 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="0">
         <v>14042</v>
       </c>
       <c r="B1000" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS Pro WS X570-ACE</t>
         </is>
       </c>
       <c r="C1000" s="0" t="inlineStr">
         <is>
-          <t>5 078 100 сум</t>
+          <t>5 078 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="0">
         <v>14043</v>
       </c>
       <c r="B1001" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ProArt Z490-CREATOR 10G</t>
         </is>
       </c>
       <c r="C1001" s="0" t="inlineStr">
         <is>
-          <t>6 563 100 сум</t>
+          <t>6 563 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="0">
         <v>14044</v>
       </c>
       <c r="B1002" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG MAXIMUS X HERO WI-FI AC</t>
         </is>
       </c>
       <c r="C1002" s="0" t="inlineStr">
         <is>
-          <t>4 672 800 сум</t>
+          <t>4 672 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="0">
         <v>14045</v>
       </c>
       <c r="B1003" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG MAXIMUS XII FORMULA</t>
         </is>
       </c>
       <c r="C1003" s="0" t="inlineStr">
         <is>
-          <t>8 965 200 сум</t>
+          <t>8 965 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="0">
         <v>14089</v>
       </c>
       <c r="B1004" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG MAXIMUS XII HERO WI-FI</t>
         </is>
       </c>
       <c r="C1004" s="0" t="inlineStr">
         <is>
-          <t>7 258 300 сум</t>
+          <t>7 258 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="0">
         <v>14090</v>
       </c>
       <c r="B1005" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG RAMPAGE VI APEX</t>
         </is>
       </c>
       <c r="C1005" s="0" t="inlineStr">
         <is>
-          <t>6 982 800 сум</t>
+          <t>6 982 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="0">
         <v>14091</v>
       </c>
       <c r="B1006" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX B460-F GAMING</t>
         </is>
       </c>
       <c r="C1006" s="0" t="inlineStr">
         <is>
-          <t>3 097 800 сум</t>
+          <t>3 097 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="0">
         <v>14092</v>
       </c>
       <c r="B1007" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX B550-E GAMING</t>
         </is>
       </c>
       <c r="C1007" s="0" t="inlineStr">
         <is>
-          <t>3 818 100 сум</t>
+          <t>3 818 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="0">
         <v>14093</v>
       </c>
       <c r="B1008" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX B550-F GAMING</t>
         </is>
       </c>
       <c r="C1008" s="0" t="inlineStr">
         <is>
-          <t>2 946 600 сум</t>
+          <t>2 946 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="0">
         <v>14094</v>
       </c>
       <c r="B1009" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX H370-F GAMING</t>
         </is>
       </c>
       <c r="C1009" s="0" t="inlineStr">
         <is>
-          <t>2 428 800 сум</t>
+          <t>2 428 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="0">
         <v>14095</v>
       </c>
       <c r="B1010" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX H370-I GAMING</t>
         </is>
       </c>
       <c r="C1010" s="0" t="inlineStr">
         <is>
-          <t>2 191 200 сум</t>
+          <t>2 191 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="0">
         <v>14096</v>
       </c>
       <c r="B1011" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX X570-E GAMING Wi-Fi</t>
         </is>
       </c>
       <c r="C1011" s="0" t="inlineStr">
         <is>
-          <t>5 689 700 сум</t>
+          <t>5 689 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="0">
         <v>14097</v>
       </c>
       <c r="B1012" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z370-E GAMING</t>
         </is>
       </c>
       <c r="C1012" s="0" t="inlineStr">
         <is>
-          <t>3 577 200 сум</t>
+          <t>3 577 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="0">
         <v>14098</v>
       </c>
       <c r="B1013" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z370-F GAMING</t>
         </is>
       </c>
       <c r="C1013" s="0" t="inlineStr">
         <is>
-          <t>3 286 800 сум</t>
+          <t>3 286 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="0">
         <v>14099</v>
       </c>
       <c r="B1014" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z370-G GAMING WI-FI</t>
         </is>
       </c>
       <c r="C1014" s="0" t="inlineStr">
         <is>
-          <t>2 943 600 сум</t>
+          <t>2 943 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="0">
         <v>14100</v>
       </c>
       <c r="B1015" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z370-H GAMING</t>
         </is>
       </c>
       <c r="C1015" s="0" t="inlineStr">
         <is>
-          <t>2 983 200 сум</t>
+          <t>2 983 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="0">
         <v>14101</v>
       </c>
       <c r="B1016" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z490-E GAMING Wi-Fi</t>
         </is>
       </c>
       <c r="C1016" s="0" t="inlineStr">
         <is>
-          <t>5 643 900 сум</t>
+          <t>5 643 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="0">
         <v>14102</v>
       </c>
       <c r="B1017" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z490-F GAMING</t>
         </is>
       </c>
       <c r="C1017" s="0" t="inlineStr">
         <is>
-          <t>5 177 100 сум</t>
+          <t>5 177 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="0">
         <v>14103</v>
       </c>
       <c r="B1018" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z490-H GAMING</t>
         </is>
       </c>
       <c r="C1018" s="0" t="inlineStr">
         <is>
-          <t>4 856 300 сум</t>
+          <t>4 856 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="0">
         <v>14104</v>
       </c>
       <c r="B1019" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z490-I GAMING</t>
         </is>
       </c>
       <c r="C1019" s="0" t="inlineStr">
         <is>
-          <t>5 781 500 сум</t>
+          <t>5 781 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="0">
         <v>14105</v>
       </c>
       <c r="B1020" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z590-A GAMING WIFI</t>
         </is>
       </c>
       <c r="C1020" s="0" t="inlineStr">
         <is>
-          <t>5 591 900 сум</t>
+          <t>5 591 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="0">
         <v>14106</v>
       </c>
       <c r="B1021" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z590-E GAMING WIFI</t>
         </is>
       </c>
       <c r="C1021" s="0" t="inlineStr">
         <is>
-          <t>6 598 100 сум</t>
+          <t>6 598 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="0">
         <v>14107</v>
       </c>
       <c r="B1022" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG STRIX Z590-F GAMING WIFI</t>
         </is>
       </c>
       <c r="C1022" s="0" t="inlineStr">
         <is>
-          <t>5 974 900 сум</t>
+          <t>5 974 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="0">
         <v>14108</v>
       </c>
       <c r="B1023" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS ROG Zenith II Extreme Alpha</t>
         </is>
       </c>
       <c r="C1023" s="0" t="inlineStr">
         <is>
-          <t>15 292 600 сум</t>
+          <t>15 292 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="0">
         <v>14109</v>
       </c>
       <c r="B1024" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF B360-PRO GAMING</t>
         </is>
       </c>
       <c r="C1024" s="0" t="inlineStr">
         <is>
-          <t>1 765 400 сум</t>
+          <t>1 765 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="0">
         <v>14110</v>
       </c>
       <c r="B1025" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF B360-PRO GAMING WI-FI</t>
         </is>
       </c>
       <c r="C1025" s="0" t="inlineStr">
         <is>
-          <t>1 918 200 сум</t>
+          <t>1 918 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="0">
         <v>14111</v>
       </c>
       <c r="B1026" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF B365M-PLUS GAMING</t>
         </is>
       </c>
       <c r="C1026" s="0" t="inlineStr">
         <is>
-          <t>1 735 700 сум</t>
+          <t>1 735 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="0">
         <v>14112</v>
       </c>
       <c r="B1027" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING A520M-PLUS</t>
         </is>
       </c>
       <c r="C1027" s="0" t="inlineStr">
         <is>
-          <t>1 479 100 сум</t>
+          <t>1 479 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="0">
         <v>14113</v>
       </c>
       <c r="B1028" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING B450M-PLUS II</t>
         </is>
       </c>
       <c r="C1028" s="0" t="inlineStr">
         <is>
-          <t>2 021 900 сум</t>
+          <t>2 021 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="0">
         <v>14114</v>
       </c>
       <c r="B1029" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING B450M-PRO II</t>
         </is>
       </c>
       <c r="C1029" s="0" t="inlineStr">
         <is>
-          <t>2 004 800 сум</t>
+          <t>2 004 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="0">
         <v>14115</v>
       </c>
       <c r="B1030" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING B450M-PRO S</t>
         </is>
       </c>
       <c r="C1030" s="0" t="inlineStr">
         <is>
-          <t>2 157 600 сум</t>
+          <t>2 157 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="0">
         <v>14116</v>
       </c>
       <c r="B1031" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING B460M-PLUS</t>
         </is>
       </c>
       <c r="C1031" s="0" t="inlineStr">
         <is>
-          <t>2 139 300 сум</t>
+          <t>2 139 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="0">
         <v>14117</v>
       </c>
       <c r="B1032" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING B460-PRO WI-FI</t>
         </is>
       </c>
       <c r="C1032" s="0" t="inlineStr">
         <is>
-          <t>2 521 300 сум</t>
+          <t>2 521 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="0">
         <v>14118</v>
       </c>
       <c r="B1033" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING B550M-PLUS</t>
         </is>
       </c>
       <c r="C1033" s="0" t="inlineStr">
         <is>
-          <t>2 371 100 сум</t>
+          <t>2 371 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="0">
         <v>14119</v>
       </c>
       <c r="B1034" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING B550-PLUS</t>
         </is>
       </c>
       <c r="C1034" s="0" t="inlineStr">
         <is>
-          <t>2 367 300 сум</t>
+          <t>2 367 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="0">
         <v>14120</v>
       </c>
       <c r="B1035" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING B560-PLUS WIFI</t>
         </is>
       </c>
       <c r="C1035" s="0" t="inlineStr">
         <is>
-          <t>2 769 100 сум</t>
+          <t>2 769 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="0">
         <v>14121</v>
       </c>
       <c r="B1036" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING X570-PRO WI-FI</t>
         </is>
       </c>
       <c r="C1036" s="0" t="inlineStr">
         <is>
-          <t>4 263 700 сум</t>
+          <t>4 263 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="0">
         <v>14122</v>
       </c>
       <c r="B1037" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING Z490-PLUS WI-FI</t>
         </is>
       </c>
       <c r="C1037" s="0" t="inlineStr">
         <is>
-          <t>4 160 600 сум</t>
+          <t>4 160 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="0">
         <v>14123</v>
       </c>
       <c r="B1038" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF GAMING Z590-PLUS WIFI</t>
         </is>
       </c>
       <c r="C1038" s="0" t="inlineStr">
         <is>
-          <t>4 540 200 сум</t>
+          <t>4 540 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="0">
         <v>14124</v>
       </c>
       <c r="B1039" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF H370-PRO GAMING</t>
         </is>
       </c>
       <c r="C1039" s="0" t="inlineStr">
         <is>
-          <t>2 032 800 сум</t>
+          <t>2 032 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="0">
         <v>14125</v>
       </c>
       <c r="B1040" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF Z370-PLUS GAMING</t>
         </is>
       </c>
       <c r="C1040" s="0" t="inlineStr">
         <is>
-          <t>2 230 800 сум</t>
+          <t>2 230 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="0">
         <v>14126</v>
       </c>
       <c r="B1041" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS TUF Z370-PRO GAMING</t>
         </is>
       </c>
       <c r="C1041" s="0" t="inlineStr">
         <is>
-          <t>2 402 400 сум</t>
+          <t>2 402 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="0">
         <v>14134</v>
       </c>
       <c r="B1042" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar A32M2</t>
         </is>
       </c>
       <c r="C1042" s="0" t="inlineStr">
         <is>
-          <t>793 700 сум</t>
+          <t>793 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="0">
         <v>14135</v>
       </c>
       <c r="B1043" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar A520MH</t>
         </is>
       </c>
       <c r="C1043" s="0" t="inlineStr">
         <is>
-          <t>1 008 400 сум</t>
+          <t>1 008 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="0">
         <v>14136</v>
       </c>
       <c r="B1044" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar A68N-2100K</t>
         </is>
       </c>
       <c r="C1044" s="0" t="inlineStr">
         <is>
-          <t>675 600 сум</t>
+          <t>675 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="0">
         <v>14137</v>
       </c>
       <c r="B1045" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar A68N-5600E</t>
         </is>
       </c>
       <c r="C1045" s="0" t="inlineStr">
         <is>
-          <t>955 400 сум</t>
+          <t>955 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="0">
         <v>14138</v>
       </c>
       <c r="B1046" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar B550MH</t>
         </is>
       </c>
       <c r="C1046" s="0" t="inlineStr">
         <is>
-          <t>1 269 600 сум</t>
+          <t>1 269 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="0">
         <v>14139</v>
       </c>
       <c r="B1047" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar B560M-SILVER</t>
         </is>
       </c>
       <c r="C1047" s="0" t="inlineStr">
         <is>
-          <t>2 121 200 сум</t>
+          <t>2 121 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="0">
         <v>14140</v>
       </c>
       <c r="B1048" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar B560MX-E Pro</t>
         </is>
       </c>
       <c r="C1048" s="0" t="inlineStr">
         <is>
-          <t>1 391 400 сум</t>
+          <t>1 391 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="0">
         <v>14141</v>
       </c>
       <c r="B1049" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar H410MH</t>
         </is>
       </c>
       <c r="C1049" s="0" t="inlineStr">
         <is>
-          <t>1 048 800 сум</t>
+          <t>1 048 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="0">
         <v>14142</v>
       </c>
       <c r="B1050" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar H410MHG</t>
         </is>
       </c>
       <c r="C1050" s="0" t="inlineStr">
         <is>
-          <t>1 114 300 сум</t>
+          <t>1 114 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="0">
         <v>14143</v>
       </c>
       <c r="B1051" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar Hi-Fi B150S1 D4</t>
         </is>
       </c>
       <c r="C1051" s="0" t="inlineStr">
         <is>
-          <t>726 000 сум</t>
+          <t>726 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="0">
         <v>14144</v>
       </c>
       <c r="B1052" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar J1800MH2</t>
         </is>
       </c>
       <c r="C1052" s="0" t="inlineStr">
         <is>
-          <t>660 000 сум</t>
+          <t>660 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="0">
         <v>14145</v>
       </c>
       <c r="B1053" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar J1900MH2</t>
         </is>
       </c>
       <c r="C1053" s="0" t="inlineStr">
         <is>
-          <t>805 200 сум</t>
+          <t>805 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="0">
         <v>14146</v>
       </c>
       <c r="B1054" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar J3160NH</t>
         </is>
       </c>
       <c r="C1054" s="0" t="inlineStr">
         <is>
-          <t>1 030 400 сум</t>
+          <t>1 030 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="0">
         <v>14147</v>
       </c>
       <c r="B1055" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar Racing B560GTQ</t>
         </is>
       </c>
       <c r="C1055" s="0" t="inlineStr">
         <is>
-          <t>2 193 300 сум</t>
+          <t>2 193 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="0">
         <v>14148</v>
       </c>
       <c r="B1056" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar Racing Z490GTA</t>
         </is>
       </c>
       <c r="C1056" s="0" t="inlineStr">
         <is>
-          <t>2 390 500 сум</t>
+          <t>2 390 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="0">
         <v>14149</v>
       </c>
       <c r="B1057" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar Racing Z490GTA Evo</t>
         </is>
       </c>
       <c r="C1057" s="0" t="inlineStr">
         <is>
-          <t>2 932 300 сум</t>
+          <t>2 932 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="0">
         <v>14150</v>
       </c>
       <c r="B1058" s="0" t="inlineStr">
         <is>
           <t>Материнская плата Biostar Racing Z490T-Silver</t>
         </is>
       </c>
       <c r="C1058" s="0" t="inlineStr">
         <is>
-          <t>2 546 000 сум</t>
+          <t>2 546 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="0">
         <v>14151</v>
       </c>
       <c r="B1059" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI A320M-A PRO</t>
         </is>
       </c>
       <c r="C1059" s="0" t="inlineStr">
         <is>
-          <t>773 500 сум</t>
+          <t>773 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="0">
         <v>14152</v>
       </c>
       <c r="B1060" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI B450M-A PRO MAX</t>
         </is>
       </c>
       <c r="C1060" s="0" t="inlineStr">
         <is>
-          <t>1 481 200 сум</t>
+          <t>1 481 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="0">
         <v>14153</v>
       </c>
       <c r="B1061" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MEG Z590 ACE</t>
         </is>
       </c>
       <c r="C1061" s="0" t="inlineStr">
         <is>
-          <t>8 159 300 сум</t>
+          <t>8 159 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="0">
         <v>14154</v>
       </c>
       <c r="B1062" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z590 GAMING CARBON WIFI</t>
         </is>
       </c>
       <c r="C1062" s="0" t="inlineStr">
         <is>
-          <t>6 411 600 сум</t>
+          <t>6 411 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="0">
         <v>14155</v>
       </c>
       <c r="B1063" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG Z590 GAMING FORCE</t>
         </is>
       </c>
       <c r="C1063" s="0" t="inlineStr">
         <is>
-          <t>5 926 400 сум</t>
+          <t>5 926 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="0">
         <v>14156</v>
       </c>
       <c r="B1064" s="0" t="inlineStr">
         <is>
           <t>Материнская плата ASUS PRIME B365M-K</t>
         </is>
       </c>
       <c r="C1064" s="0" t="inlineStr">
         <is>
-          <t>1 273 000 сум</t>
+          <t>1 273 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="0">
         <v>14157</v>
       </c>
       <c r="B1065" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран ZYXEL ZyWALL ATP100</t>
         </is>
       </c>
       <c r="C1065" s="0" t="inlineStr">
         <is>
-          <t>11 690 000 сум</t>
+          <t>11 690 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="0">
         <v>14158</v>
       </c>
       <c r="B1066" s="0" t="inlineStr">
         <is>
           <t>Межсетевой экран ZYXEL ZyWALL ATP500</t>
         </is>
       </c>
       <c r="C1066" s="0" t="inlineStr">
         <is>
-          <t>22 097 000 сум</t>
+          <t>22 097 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="0">
         <v>14159</v>
       </c>
       <c r="B1067" s="0" t="inlineStr">
         <is>
           <t>Моноблок Avtech K40 PRO - H310 IPS 23.8"</t>
         </is>
       </c>
       <c r="C1067" s="0" t="inlineStr">
         <is>
-          <t>7 491 000 сум</t>
+          <t>7 491 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="0">
         <v>14160</v>
       </c>
       <c r="B1068" s="0" t="inlineStr">
         <is>
           <t>Моноблок Avtech K40 PRO - H410 IPS 23.8"</t>
         </is>
       </c>
       <c r="C1068" s="0" t="inlineStr">
         <is>
-          <t>7 786 000 сум</t>
+          <t>7 786 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="0">
         <v>14161</v>
       </c>
       <c r="B1069" s="0" t="inlineStr">
         <is>
           <t>Колонки Logitech Z150</t>
         </is>
       </c>
       <c r="C1069" s="0" t="inlineStr">
         <is>
-          <t>255 300 сум</t>
+          <t>255 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="0">
         <v>14162</v>
       </c>
       <c r="B1070" s="0" t="inlineStr">
         <is>
           <t>Колонки Logitech Z200</t>
         </is>
       </c>
       <c r="C1070" s="0" t="inlineStr">
         <is>
-          <t>459 500 сум</t>
+          <t>459 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="0">
         <v>14163</v>
       </c>
       <c r="B1071" s="0" t="inlineStr">
         <is>
           <t>Проектор Canon LV-WX300USTi</t>
         </is>
       </c>
       <c r="C1071" s="0" t="inlineStr">
         <is>
-          <t>17 574 300 сум</t>
+          <t>17 574 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="0">
         <v>14164</v>
       </c>
       <c r="B1072" s="0" t="inlineStr">
         <is>
           <t>Проектор Canon LV-WX370</t>
         </is>
       </c>
       <c r="C1072" s="0" t="inlineStr">
         <is>
-          <t>6 508 100 сум</t>
+          <t>6 508 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="0">
         <v>14165</v>
       </c>
       <c r="B1073" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2425 MFP</t>
         </is>
       </c>
       <c r="C1073" s="0" t="inlineStr">
         <is>
-          <t>11 476 100 сум</t>
+          <t>11 476 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="0">
         <v>14166</v>
       </c>
       <c r="B1074" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF445dw</t>
         </is>
       </c>
       <c r="C1074" s="0" t="inlineStr">
         <is>
-          <t>6 756 500 сум</t>
+          <t>6 756 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="0">
         <v>14167</v>
       </c>
       <c r="B1075" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF542x</t>
         </is>
       </c>
       <c r="C1075" s="0" t="inlineStr">
         <is>
-          <t>11 997 700 сум</t>
+          <t>11 997 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="0">
         <v>14168</v>
       </c>
       <c r="B1076" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon i-SENSYS MF543x</t>
         </is>
       </c>
       <c r="C1076" s="0" t="inlineStr">
         <is>
-          <t>12 159 200 сум</t>
+          <t>12 159 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="0">
         <v>14169</v>
       </c>
       <c r="B1077" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon MAXIFY GX6040 EUM/EMB</t>
         </is>
       </c>
       <c r="C1077" s="0" t="inlineStr">
         <is>
-          <t>9 775 000 сум</t>
+          <t>9 775 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="0">
         <v>14170</v>
       </c>
       <c r="B1078" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon PIXMA G640 EUM/EMB</t>
         </is>
       </c>
       <c r="C1078" s="0" t="inlineStr">
         <is>
-          <t>5 706 900 сум</t>
+          <t>5 706 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="0">
         <v>14171</v>
       </c>
       <c r="B1079" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG Gladius II Origin PNK</t>
         </is>
       </c>
       <c r="C1079" s="0" t="inlineStr">
         <is>
-          <t>1 207 700 сум</t>
+          <t>1 207 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="0">
         <v>14172</v>
       </c>
       <c r="B1080" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG Keris</t>
         </is>
       </c>
       <c r="C1080" s="0" t="inlineStr">
         <is>
-          <t>846 400 сум</t>
+          <t>846 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="0">
         <v>14173</v>
       </c>
       <c r="B1081" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG Strix Impact II</t>
         </is>
       </c>
       <c r="C1081" s="0" t="inlineStr">
         <is>
-          <t>787 100 сум</t>
+          <t>787 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="0">
         <v>14174</v>
       </c>
       <c r="B1082" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь AVTECH PRO MS590W</t>
         </is>
       </c>
       <c r="C1082" s="0" t="inlineStr">
         <is>
-          <t>53 800 сум</t>
+          <t>53 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="0">
         <v>14175</v>
       </c>
       <c r="B1083" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar Minos XT Pink</t>
         </is>
       </c>
       <c r="C1083" s="0" t="inlineStr">
         <is>
-          <t>316 200 сум</t>
+          <t>316 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="0">
         <v>14176</v>
       </c>
       <c r="B1084" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Logitech G PRO HERO BLACK</t>
         </is>
       </c>
       <c r="C1084" s="0" t="inlineStr">
         <is>
-          <t>1 113 200 сум</t>
+          <t>1 113 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="0">
         <v>14177</v>
       </c>
       <c r="B1085" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Metoo F1 Black</t>
         </is>
       </c>
       <c r="C1085" s="0" t="inlineStr">
         <is>
-          <t>46 200 сум</t>
+          <t>46 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="0">
         <v>14178</v>
       </c>
       <c r="B1086" s="0" t="inlineStr">
         <is>
           <t>Наушники ASUS ROG DELTA S</t>
         </is>
       </c>
       <c r="C1086" s="0" t="inlineStr">
         <is>
-          <t>2 845 900 сум</t>
+          <t>2 845 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="0">
         <v>14179</v>
       </c>
       <c r="B1087" s="0" t="inlineStr">
         <is>
           <t>Наушники ASUS ROG Strix Go 2.4 Black</t>
         </is>
       </c>
       <c r="C1087" s="0" t="inlineStr">
         <is>
-          <t>2 837 700 сум</t>
+          <t>2 837 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="0">
         <v>14180</v>
       </c>
       <c r="B1088" s="0" t="inlineStr">
         <is>
           <t>Наушники ASUS ROG Strix Go 2.4 Electro Punk</t>
         </is>
       </c>
       <c r="C1088" s="0" t="inlineStr">
         <is>
-          <t>2 769 100 сум</t>
+          <t>2 769 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="0">
         <v>14181</v>
       </c>
       <c r="B1089" s="0" t="inlineStr">
         <is>
           <t>Наушники ASUS ROG Strix GO CORE</t>
         </is>
       </c>
       <c r="C1089" s="0" t="inlineStr">
         <is>
-          <t>1 207 700 сум</t>
+          <t>1 207 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="0">
         <v>14182</v>
       </c>
       <c r="B1090" s="0" t="inlineStr">
         <is>
           <t>Наушники ASUS ROG Theta Electret</t>
         </is>
       </c>
       <c r="C1090" s="0" t="inlineStr">
         <is>
-          <t>3 914 400 сум</t>
+          <t>3 914 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="0">
         <v>14183</v>
       </c>
       <c r="B1091" s="0" t="inlineStr">
         <is>
           <t>Наушники ASUS TUF Gaming H3 Wireless Black</t>
         </is>
       </c>
       <c r="C1091" s="0" t="inlineStr">
         <is>
-          <t>1 278 200 сум</t>
+          <t>1 278 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="0">
         <v>14184</v>
       </c>
       <c r="B1092" s="0" t="inlineStr">
         <is>
           <t>Наушники Cougar Phontum Pro</t>
         </is>
       </c>
       <c r="C1092" s="0" t="inlineStr">
         <is>
-          <t>1 212 700 сум</t>
+          <t>1 212 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="0">
         <v>14185</v>
       </c>
       <c r="B1093" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech H820e Wireless Headset Mono</t>
         </is>
       </c>
       <c r="C1093" s="0" t="inlineStr">
         <is>
-          <t>3 225 800 сум</t>
+          <t>3 225 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="0">
         <v>14186</v>
       </c>
       <c r="B1094" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech Zone Wireless GRAPHITE</t>
         </is>
       </c>
       <c r="C1094" s="0" t="inlineStr">
         <is>
-          <t>3 352 200 сум</t>
+          <t>3 352 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="0">
         <v>14187</v>
       </c>
       <c r="B1095" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech Zone Wireless Plus GRAPHITE Bluetooth</t>
         </is>
       </c>
       <c r="C1095" s="0" t="inlineStr">
         <is>
-          <t>4 048 000 сум</t>
+          <t>4 048 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="0">
         <v>14188</v>
       </c>
       <c r="B1096" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics BackBeat 100</t>
         </is>
       </c>
       <c r="C1096" s="0" t="inlineStr">
         <is>
-          <t>1 280 400 сум</t>
+          <t>1 280 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="0">
         <v>14189</v>
       </c>
       <c r="B1097" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics BACKBEAT PRO 2 Special Edition</t>
         </is>
       </c>
       <c r="C1097" s="0" t="inlineStr">
         <is>
-          <t>3 273 600 сум</t>
+          <t>3 273 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="0">
         <v>14190</v>
       </c>
       <c r="B1098" s="0" t="inlineStr">
         <is>
           <t>Коммутатор Zyxel XGS1010-12-ZZ0101F 10G</t>
         </is>
       </c>
       <c r="C1098" s="0" t="inlineStr">
         <is>
-          <t>2 397 000 сум</t>
+          <t>2 397 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="0">
         <v>14191</v>
       </c>
       <c r="B1099" s="0" t="inlineStr">
         <is>
           <t>Ноутбук AVTECH W1582C i3-10110U DDR4 8Gb HDD 1Tb 15.6 IPS Windows 10 Black</t>
         </is>
       </c>
       <c r="C1099" s="0" t="inlineStr">
         <is>
-          <t>6 204 000 сум</t>
+          <t>6 204 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="0">
         <v>14192</v>
       </c>
       <c r="B1100" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Avtech W950LU 2GB</t>
         </is>
       </c>
       <c r="C1100" s="0" t="inlineStr">
         <is>
-          <t>3 471 600 сум</t>
+          <t>3 471 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="0">
         <v>14193</v>
       </c>
       <c r="B1101" s="0" t="inlineStr">
         <is>
           <t>Ноутбук Avtech W950LU 4GB</t>
         </is>
       </c>
       <c r="C1101" s="0" t="inlineStr">
         <is>
-          <t>3 590 400 сум</t>
+          <t>3 590 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="0">
         <v>14194</v>
       </c>
       <c r="B1102" s="0" t="inlineStr">
         <is>
           <t>Оперативная память QNAP RAM-4GDR3EC-LD-1333 DDR3 4GB ECC</t>
         </is>
       </c>
       <c r="C1102" s="0" t="inlineStr">
         <is>
-          <t>2 840 000 сум</t>
+          <t>2 840 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="0">
         <v>14195</v>
       </c>
       <c r="B1103" s="0" t="inlineStr">
         <is>
           <t>Педальный переключатель Fanvil PD1</t>
         </is>
       </c>
       <c r="C1103" s="0" t="inlineStr">
         <is>
-          <t>288 000 сум</t>
+          <t>288 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="0">
         <v>14196</v>
       </c>
       <c r="B1104" s="0" t="inlineStr">
         <is>
           <t>Планшет Acer Tablet PC Iconia Tab A1-713-K2D1</t>
         </is>
       </c>
       <c r="C1104" s="0" t="inlineStr">
         <is>
-          <t>2 402 400 сум</t>
+          <t>2 402 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="0">
         <v>14197</v>
       </c>
       <c r="B1105" s="0" t="inlineStr">
         <is>
           <t>Планшет Acer Tablet PC Iconia Tab7 A1-713HD</t>
         </is>
       </c>
       <c r="C1105" s="0" t="inlineStr">
         <is>
-          <t>2 402 400 сум</t>
+          <t>2 402 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="0">
         <v>14198</v>
       </c>
       <c r="B1106" s="0" t="inlineStr">
         <is>
           <t>Подставка для наушников ASUS ROG THRONE</t>
         </is>
       </c>
       <c r="C1106" s="0" t="inlineStr">
         <is>
-          <t>1 735 700 сум</t>
+          <t>1 735 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="0">
         <v>14199</v>
       </c>
       <c r="B1107" s="0" t="inlineStr">
         <is>
           <t>Подставка для наушников ASUS ROG THRONE CORE</t>
         </is>
       </c>
       <c r="C1107" s="0" t="inlineStr">
         <is>
-          <t>579 600 сум</t>
+          <t>579 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="0">
         <v>14200</v>
       </c>
       <c r="B1108" s="0" t="inlineStr">
         <is>
           <t>Маршрутизатор Zyxel WAH7601 LTE Cat.4 MiFi</t>
         </is>
       </c>
       <c r="C1108" s="0" t="inlineStr">
         <is>
-          <t>1 051 000 сум</t>
+          <t>1 051 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="0">
         <v>14201</v>
       </c>
       <c r="B1109" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP351x</t>
         </is>
       </c>
       <c r="C1109" s="0" t="inlineStr">
         <is>
-          <t>11 078 600 сум</t>
+          <t>11 078 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="0">
         <v>14202</v>
       </c>
       <c r="B1110" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G540 EUM EMB</t>
         </is>
       </c>
       <c r="C1110" s="0" t="inlineStr">
         <is>
-          <t>3 737 500 сум</t>
+          <t>3 737 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="0">
         <v>14203</v>
       </c>
       <c r="B1111" s="0" t="inlineStr">
         <is>
           <t>Проводные наушники ASUS ROG Delta White Edition</t>
         </is>
       </c>
       <c r="C1111" s="0" t="inlineStr">
         <is>
-          <t>2 814 900 сум</t>
+          <t>2 814 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="0">
         <v>14204</v>
       </c>
       <c r="B1112" s="0" t="inlineStr">
         <is>
           <t>Проводные наушники ASUS ROG Strix Go USB Type-C Black</t>
         </is>
       </c>
       <c r="C1112" s="0" t="inlineStr">
         <is>
-          <t>1 479 100 сум</t>
+          <t>1 479 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="0">
         <v>14205</v>
       </c>
       <c r="B1113" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Basic</t>
         </is>
       </c>
       <c r="C1113" s="0" t="inlineStr">
         <is>
-          <t>52 200 сум</t>
+          <t>52 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="0">
         <v>14206</v>
       </c>
       <c r="B1114" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Basic Black</t>
         </is>
       </c>
       <c r="C1114" s="0" t="inlineStr">
         <is>
-          <t>66 000 сум</t>
+          <t>66 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="0">
         <v>14207</v>
       </c>
       <c r="B1115" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Basic Blue</t>
         </is>
       </c>
       <c r="C1115" s="0" t="inlineStr">
         <is>
-          <t>66 000 сум</t>
+          <t>66 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="0">
         <v>14208</v>
       </c>
       <c r="B1116" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Basic Silver</t>
         </is>
       </c>
       <c r="C1116" s="0" t="inlineStr">
         <is>
-          <t>66 000 сум</t>
+          <t>66 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="0">
         <v>14209</v>
       </c>
       <c r="B1117" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Pro HD</t>
         </is>
       </c>
       <c r="C1117" s="0" t="inlineStr">
         <is>
-          <t>242 000 сум</t>
+          <t>242 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="0">
         <v>14210</v>
       </c>
       <c r="B1118" s="0" t="inlineStr">
         <is>
           <t>Проектор ASUS P3B WXGA 800 WD EU White</t>
         </is>
       </c>
       <c r="C1118" s="0" t="inlineStr">
         <is>
-          <t>11 577 500 сум</t>
+          <t>11 577 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="0">
         <v>14211</v>
       </c>
       <c r="B1119" s="0" t="inlineStr">
         <is>
           <t>Проектор ASUS ZenBeam S2 White 500 EU</t>
         </is>
       </c>
       <c r="C1119" s="0" t="inlineStr">
         <is>
-          <t>8 541 700 сум</t>
+          <t>8 541 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="0">
         <v>14212</v>
       </c>
       <c r="B1120" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech G635</t>
         </is>
       </c>
       <c r="C1120" s="0" t="inlineStr">
         <is>
-          <t>2 150 500 сум</t>
+          <t>2 150 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="0">
         <v>14213</v>
       </c>
       <c r="B1121" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech G433</t>
         </is>
       </c>
       <c r="C1121" s="0" t="inlineStr">
         <is>
-          <t>1 932 000 сум</t>
+          <t>1 932 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="0">
         <v>14214</v>
       </c>
       <c r="B1122" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG RYUJIN 240</t>
         </is>
       </c>
       <c r="C1122" s="0" t="inlineStr">
         <is>
-          <t>4 263 700 сум</t>
+          <t>4 263 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="0">
         <v>14215</v>
       </c>
       <c r="B1123" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG RYUJIN 360</t>
         </is>
       </c>
       <c r="C1123" s="0" t="inlineStr">
         <is>
-          <t>5 457 700 сум</t>
+          <t>5 457 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="0">
         <v>14216</v>
       </c>
       <c r="B1124" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG Ryuo 120</t>
         </is>
       </c>
       <c r="C1124" s="0" t="inlineStr">
         <is>
-          <t>2 332 200 сум</t>
+          <t>2 332 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="0">
         <v>14217</v>
       </c>
       <c r="B1125" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG Ryuo 240</t>
         </is>
       </c>
       <c r="C1125" s="0" t="inlineStr">
         <is>
-          <t>3 693 300 сум</t>
+          <t>3 693 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="0">
         <v>14218</v>
       </c>
       <c r="B1126" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG STRIX LC 120</t>
         </is>
       </c>
       <c r="C1126" s="0" t="inlineStr">
         <is>
-          <t>1 886 200 сум</t>
+          <t>1 886 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="0">
         <v>14219</v>
       </c>
       <c r="B1127" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG STRIX LC 120 RGB</t>
         </is>
       </c>
       <c r="C1127" s="0" t="inlineStr">
         <is>
-          <t>2 175 900 сум</t>
+          <t>2 175 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="0">
         <v>14220</v>
       </c>
       <c r="B1128" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG STRIX LC 240</t>
         </is>
       </c>
       <c r="C1128" s="0" t="inlineStr">
         <is>
-          <t>2 408 400 сум</t>
+          <t>2 408 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="0">
         <v>14221</v>
       </c>
       <c r="B1129" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG STRIX LC 240 RGB</t>
         </is>
       </c>
       <c r="C1129" s="0" t="inlineStr">
         <is>
-          <t>3 681 300 сум</t>
+          <t>3 681 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="0">
         <v>14222</v>
       </c>
       <c r="B1130" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG STRIX LC 240 RGB White Edition</t>
         </is>
       </c>
       <c r="C1130" s="0" t="inlineStr">
         <is>
-          <t>2 764 000 сум</t>
+          <t>2 764 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="0">
         <v>14223</v>
       </c>
       <c r="B1131" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG STRIX LC 360 RGB</t>
         </is>
       </c>
       <c r="C1131" s="0" t="inlineStr">
         <is>
-          <t>4 896 500 сум</t>
+          <t>4 896 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="0">
         <v>14224</v>
       </c>
       <c r="B1132" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS ROG STRIX LC 360 RGB White Edition</t>
         </is>
       </c>
       <c r="C1132" s="0" t="inlineStr">
         <is>
-          <t>5 160 600 сум</t>
+          <t>5 160 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="0">
         <v>14225</v>
       </c>
       <c r="B1133" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS TUF GAMING LC 120 RGB</t>
         </is>
       </c>
       <c r="C1133" s="0" t="inlineStr">
         <is>
-          <t>1 566 900 сум</t>
+          <t>1 566 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="0">
         <v>14226</v>
       </c>
       <c r="B1134" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора ASUS TUF Gaming LC 240 RGB</t>
         </is>
       </c>
       <c r="C1134" s="0" t="inlineStr">
         <is>
-          <t>1 902 000 сум</t>
+          <t>1 902 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="0">
         <v>14227</v>
       </c>
       <c r="B1135" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Cougar AQUA ARGB 240</t>
         </is>
       </c>
       <c r="C1135" s="0" t="inlineStr">
         <is>
-          <t>1 320 700 сум</t>
+          <t>1 320 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="0">
         <v>14228</v>
       </c>
       <c r="B1136" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Cougar AQUA ARGB 280</t>
         </is>
       </c>
       <c r="C1136" s="0" t="inlineStr">
         <is>
-          <t>1 587 500 сум</t>
+          <t>1 587 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="0">
         <v>14229</v>
       </c>
       <c r="B1137" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Cougar AQUA ARGB 360</t>
         </is>
       </c>
       <c r="C1137" s="0" t="inlineStr">
         <is>
-          <t>1 706 000 сум</t>
+          <t>1 706 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="0">
         <v>14230</v>
       </c>
       <c r="B1138" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора PCCooler GI-CL120vc</t>
         </is>
       </c>
       <c r="C1138" s="0" t="inlineStr">
         <is>
-          <t>670 600 сум</t>
+          <t>670 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="0">
         <v>14231</v>
       </c>
       <c r="B1139" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора PCCooler GI-CL240vc</t>
         </is>
       </c>
       <c r="C1139" s="0" t="inlineStr">
         <is>
-          <t>944 300 сум</t>
+          <t>944 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="0">
         <v>14232</v>
       </c>
       <c r="B1140" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора PCCooler GI-CX240 HALO FRGB</t>
         </is>
       </c>
       <c r="C1140" s="0" t="inlineStr">
         <is>
-          <t>1 138 500 сум</t>
+          <t>1 138 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="0">
         <v>14233</v>
       </c>
       <c r="B1141" s="0" t="inlineStr">
         <is>
           <t>Система водяного охлаждения для процессора Xigmatek Aurora 240</t>
         </is>
       </c>
       <c r="C1141" s="0" t="inlineStr">
         <is>
-          <t>1 354 800 сум</t>
+          <t>1 354 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="0">
         <v>14234</v>
       </c>
       <c r="B1142" s="0" t="inlineStr">
         <is>
           <t>Сканер Canon DOCUMENT READER DR-C225II</t>
         </is>
       </c>
       <c r="C1142" s="0" t="inlineStr">
         <is>
-          <t>6 234 800 сум</t>
+          <t>6 234 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="0">
         <v>14235</v>
       </c>
       <c r="B1143" s="0" t="inlineStr">
         <is>
           <t>Сканер Canon L24 Scanner 2861V989</t>
         </is>
       </c>
       <c r="C1143" s="0" t="inlineStr">
         <is>
-          <t>3 117 400 сум</t>
+          <t>3 117 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="0">
         <v>14236</v>
       </c>
       <c r="B1144" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения AVR LCD 1000VA Крепится на стену</t>
         </is>
       </c>
       <c r="C1144" s="0" t="inlineStr">
         <is>
-          <t>379 500 сум</t>
+          <t>379 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="0">
         <v>14237</v>
       </c>
       <c r="B1145" s="0" t="inlineStr">
         <is>
           <t>Стабилизатор напряжения AVT ZTY 20 KVA</t>
         </is>
       </c>
       <c r="C1145" s="0" t="inlineStr">
         <is>
-          <t>4 351 900 сум</t>
+          <t>4 351 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="0">
         <v>14238</v>
       </c>
       <c r="B1146" s="0" t="inlineStr">
         <is>
           <t>Автомобильный прикуриватель-сплиттер Roidmi 2s Splitter 1 to 2 Charging Port</t>
         </is>
       </c>
       <c r="C1146" s="0" t="inlineStr">
         <is>
-          <t>184 800 сум</t>
+          <t>184 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="0">
         <v>14239</v>
       </c>
       <c r="B1147" s="0" t="inlineStr">
         <is>
           <t>Адаптер Fanvil WF20 USB Wi-Fi</t>
         </is>
       </c>
       <c r="C1147" s="0" t="inlineStr">
         <is>
-          <t>248 000 сум</t>
+          <t>248 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="0">
         <v>14240</v>
       </c>
       <c r="B1148" s="0" t="inlineStr">
         <is>
           <t>Блок питания AP-AC-12V30B 12V 30W Power Adapter</t>
         </is>
       </c>
       <c r="C1148" s="0" t="inlineStr">
         <is>
-          <t>414 000 сум</t>
+          <t>414 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="0">
         <v>14241</v>
       </c>
       <c r="B1149" s="0" t="inlineStr">
         <is>
           <t>Блок питания Aruba Instant On 12V Power Adapter</t>
         </is>
       </c>
       <c r="C1149" s="0" t="inlineStr">
         <is>
-          <t>312 000 сум</t>
+          <t>312 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="0">
         <v>14242</v>
       </c>
       <c r="B1150" s="0" t="inlineStr">
         <is>
           <t>Аккумулятор Xiaomi Redmi Power Bank 10000 mAh Black</t>
         </is>
       </c>
       <c r="C1150" s="0" t="inlineStr">
         <is>
-          <t>186 600 сум</t>
+          <t>186 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="0">
         <v>14243</v>
       </c>
       <c r="B1151" s="0" t="inlineStr">
         <is>
           <t>Аккумуляторная батарея MHB MM100-12T</t>
         </is>
       </c>
       <c r="C1151" s="0" t="inlineStr">
         <is>
-          <t>2 178 000 сум</t>
+          <t>2 178 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="0">
         <v>14244</v>
       </c>
       <c r="B1152" s="0" t="inlineStr">
         <is>
           <t>Аккумуляторная батарея MHB MM40-12</t>
         </is>
       </c>
       <c r="C1152" s="0" t="inlineStr">
         <is>
-          <t>976 800 сум</t>
+          <t>976 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="0">
         <v>14245</v>
       </c>
       <c r="B1153" s="0" t="inlineStr">
         <is>
           <t>Аккумуляторная батарея MHB MM65-12</t>
         </is>
       </c>
       <c r="C1153" s="0" t="inlineStr">
         <is>
-          <t>1 584 000 сум</t>
+          <t>1 584 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="0">
         <v>14246</v>
       </c>
       <c r="B1154" s="0" t="inlineStr">
         <is>
           <t>Аккумуляторная батарея MHB MS9-12</t>
         </is>
       </c>
       <c r="C1154" s="0" t="inlineStr">
         <is>
-          <t>211 200 сум</t>
+          <t>211 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="0">
         <v>14247</v>
       </c>
       <c r="B1155" s="0" t="inlineStr">
         <is>
           <t>Аккустическая система Microlab SOLO 3C</t>
         </is>
       </c>
       <c r="C1155" s="0" t="inlineStr">
         <is>
-          <t>1 465 200 сум</t>
+          <t>1 465 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="0">
         <v>14248</v>
       </c>
       <c r="B1156" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Logitech Z607</t>
         </is>
       </c>
       <c r="C1156" s="0" t="inlineStr">
         <is>
-          <t>2 447 200 сум</t>
+          <t>2 447 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="0">
         <v>14249</v>
       </c>
       <c r="B1157" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Logitech Z213</t>
         </is>
       </c>
       <c r="C1157" s="0" t="inlineStr">
         <is>
-          <t>413 700 сум</t>
+          <t>413 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="0">
         <v>14250</v>
       </c>
       <c r="B1158" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Logitech Z313</t>
         </is>
       </c>
       <c r="C1158" s="0" t="inlineStr">
         <is>
-          <t>689 400 сум</t>
+          <t>689 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="0">
         <v>14251</v>
       </c>
       <c r="B1159" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Logitech Z333</t>
         </is>
       </c>
       <c r="C1159" s="0" t="inlineStr">
         <is>
-          <t>1 075 200 сум</t>
+          <t>1 075 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="0">
         <v>14252</v>
       </c>
       <c r="B1160" s="0" t="inlineStr">
         <is>
           <t>Акустическая система Logitech Z533</t>
         </is>
       </c>
       <c r="C1160" s="0" t="inlineStr">
         <is>
-          <t>1 614 600 сум</t>
+          <t>1 614 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="0">
         <v>14338</v>
       </c>
       <c r="B1161" s="0" t="inlineStr">
         <is>
           <t>Аудиоприемник с поддержкой Logitecg Buetooth</t>
         </is>
       </c>
       <c r="C1161" s="0" t="inlineStr">
         <is>
-          <t>400 200 сум</t>
+          <t>400 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="0">
         <v>14339</v>
       </c>
       <c r="B1162" s="0" t="inlineStr">
         <is>
           <t>Шкаф для батарей Legrand Daker DK Plus 5/6 кВА</t>
         </is>
       </c>
       <c r="C1162" s="0" t="inlineStr">
         <is>
-          <t>9 993 500 сум</t>
+          <t>9 993 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="0">
         <v>14340</v>
       </c>
       <c r="B1163" s="0" t="inlineStr">
         <is>
           <t>Шкаф для батарей Legrand  Keor HPE, Keor T Evo, для 60 шт. АКБ 105 Ач</t>
         </is>
       </c>
       <c r="C1163" s="0" t="inlineStr">
         <is>
-          <t>63 250 000 сум</t>
+          <t>63 250 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="0">
         <v>14341</v>
       </c>
       <c r="B1164" s="0" t="inlineStr">
         <is>
           <t>Беспроводной адаптер Xiaomi Mi Bluetooth Receiver</t>
         </is>
       </c>
       <c r="C1164" s="0" t="inlineStr">
         <is>
-          <t>170 500 сум</t>
+          <t>170 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="0">
         <v>14342</v>
       </c>
       <c r="B1165" s="0" t="inlineStr">
         <is>
           <t>Бумага Canon ZINK PAPER ZP-2030 для ZOEMINI PV123 20 шт</t>
         </is>
       </c>
       <c r="C1165" s="0" t="inlineStr">
         <is>
-          <t>221 500 сум</t>
+          <t>221 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="0">
         <v>14343</v>
       </c>
       <c r="B1166" s="0" t="inlineStr">
         <is>
           <t>Бумага Canon ZINK PAPER  ZP-2030 для ZOEMINI PV123 50 шт</t>
         </is>
       </c>
       <c r="C1166" s="0" t="inlineStr">
         <is>
-          <t>443 000 сум</t>
+          <t>443 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="0">
         <v>14344</v>
       </c>
       <c r="B1167" s="0" t="inlineStr">
         <is>
           <t>Оптический привод LITE-ON iHAS124-14</t>
         </is>
       </c>
       <c r="C1167" s="0" t="inlineStr">
         <is>
-          <t>207 900 сум</t>
+          <t>207 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="0">
         <v>14366</v>
       </c>
       <c r="B1168" s="0" t="inlineStr">
         <is>
           <t>Наушники Fanvil HT201</t>
         </is>
       </c>
       <c r="C1168" s="0" t="inlineStr">
         <is>
-          <t>519 000 сум</t>
+          <t>519 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="0">
         <v>14367</v>
       </c>
       <c r="B1169" s="0" t="inlineStr">
         <is>
           <t>Наушники Fanvil HT202</t>
         </is>
       </c>
       <c r="C1169" s="0" t="inlineStr">
         <is>
-          <t>729 000 сум</t>
+          <t>729 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="0">
         <v>14368</v>
       </c>
       <c r="B1170" s="0" t="inlineStr">
         <is>
           <t>Графический планшет Xiaomi LCD Writing Tablet 13.5''</t>
         </is>
       </c>
       <c r="C1170" s="0" t="inlineStr">
         <is>
-          <t>215 100 сум</t>
+          <t>215 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="0">
         <v>14369</v>
       </c>
       <c r="B1171" s="0" t="inlineStr">
         <is>
           <t>Двухпортовая сетевая карта 10 GbE QNAP LAN-10G2T-X550</t>
         </is>
       </c>
       <c r="C1171" s="0" t="inlineStr">
         <is>
-          <t>9 243 000 сум</t>
+          <t>9 243 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="0">
         <v>14370</v>
       </c>
       <c r="B1172" s="0" t="inlineStr">
         <is>
           <t>Дополнительное зарядное устройство - 200 Вт - для Daker DK 1000  EXT. BATTERY CHARGER 36V</t>
         </is>
       </c>
       <c r="C1172" s="0" t="inlineStr">
         <is>
-          <t>2 315 000 сум</t>
+          <t>2 315 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="0">
         <v>14371</v>
       </c>
       <c r="B1173" s="0" t="inlineStr">
         <is>
           <t>Дополнительное зарядное устройство — 200 Вт EXT. BATTERY CHARGER 72V</t>
         </is>
       </c>
       <c r="C1173" s="0" t="inlineStr">
         <is>
-          <t>3 175 200 сум</t>
+          <t>3 175 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="0">
         <v>14372</v>
       </c>
       <c r="B1174" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD  HIKVISION T30 Portable 1TB Blue</t>
         </is>
       </c>
       <c r="C1174" s="0" t="inlineStr">
         <is>
-          <t>661 300 сум</t>
+          <t>661 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="0">
         <v>14373</v>
       </c>
       <c r="B1175" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD HIKVISION T30 Portable 1TB Gray</t>
         </is>
       </c>
       <c r="C1175" s="0" t="inlineStr">
         <is>
-          <t>661 300 сум</t>
+          <t>661 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="0">
         <v>14374</v>
       </c>
       <c r="B1176" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD HIKVISION T30 Portable 1TB Green</t>
         </is>
       </c>
       <c r="C1176" s="0" t="inlineStr">
         <is>
-          <t>661 300 сум</t>
+          <t>661 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="0">
         <v>14375</v>
       </c>
       <c r="B1177" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD HIKVISION T30 Portable 2TB Blue</t>
         </is>
       </c>
       <c r="C1177" s="0" t="inlineStr">
         <is>
-          <t>925 800 сум</t>
+          <t>925 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="0">
         <v>14376</v>
       </c>
       <c r="B1178" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD HIKVISION T30 Portable 2TB Gray</t>
         </is>
       </c>
       <c r="C1178" s="0" t="inlineStr">
         <is>
-          <t>925 800 сум</t>
+          <t>925 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="0">
         <v>14377</v>
       </c>
       <c r="B1179" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD HIKVISION T30 Portable 2TB Green</t>
         </is>
       </c>
       <c r="C1179" s="0" t="inlineStr">
         <is>
-          <t>925 800 сум</t>
+          <t>925 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="0">
         <v>14378</v>
       </c>
       <c r="B1180" s="0" t="inlineStr">
         <is>
           <t>Зарядная станция Legrand 1-фазная, метал Schuko</t>
         </is>
       </c>
       <c r="C1180" s="0" t="inlineStr">
         <is>
-          <t>18 975 000 сум</t>
+          <t>18 975 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="0">
         <v>14379</v>
       </c>
       <c r="B1181" s="0" t="inlineStr">
         <is>
           <t>Зарядная станция Legrand 1-фазная, метал Schuko  для 2 авто</t>
         </is>
       </c>
       <c r="C1181" s="0" t="inlineStr">
         <is>
-          <t>32 257 500 сум</t>
+          <t>32 257 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="0">
         <v>14380</v>
       </c>
       <c r="B1182" s="0" t="inlineStr">
         <is>
           <t>Зарядная станция Legrand 1-фазная, пластик</t>
         </is>
       </c>
       <c r="C1182" s="0" t="inlineStr">
         <is>
-          <t>11 258 500 сум</t>
+          <t>11 258 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="0">
         <v>14381</v>
       </c>
       <c r="B1183" s="0" t="inlineStr">
         <is>
           <t>Зарядная станция Legrand 1-фазная, пластик Schuko</t>
         </is>
       </c>
       <c r="C1183" s="0" t="inlineStr">
         <is>
-          <t>12 523 500 сум</t>
+          <t>12 523 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="0">
         <v>14382</v>
       </c>
       <c r="B1184" s="0" t="inlineStr">
         <is>
           <t>Зарядная станция Legrand 3-фазная, метал Schuko для 2 авто</t>
         </is>
       </c>
       <c r="C1184" s="0" t="inlineStr">
         <is>
-          <t>32 890 000 сум</t>
+          <t>32 890 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="0">
         <v>14383</v>
       </c>
       <c r="B1185" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech G G613 Wireless Black USB</t>
         </is>
       </c>
       <c r="C1185" s="0" t="inlineStr">
         <is>
-          <t>2 139 000 сум</t>
+          <t>2 139 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="0">
         <v>14384</v>
       </c>
       <c r="B1186" s="0" t="inlineStr">
         <is>
           <t>Клавиатура Logitech G G815 RGB Mechanical Gaming</t>
         </is>
       </c>
       <c r="C1186" s="0" t="inlineStr">
         <is>
-          <t>3 036 000 сум</t>
+          <t>3 036 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="0">
         <v>14385</v>
       </c>
       <c r="B1187" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG Gladius III</t>
         </is>
       </c>
       <c r="C1187" s="0" t="inlineStr">
         <is>
-          <t>1 252 400 сум</t>
+          <t>1 252 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="0">
         <v>14386</v>
       </c>
       <c r="B1188" s="0" t="inlineStr">
         <is>
           <t>Компьютерный игровой стол Cougar MARS</t>
         </is>
       </c>
       <c r="C1188" s="0" t="inlineStr">
         <is>
-          <t>5 550 100 сум</t>
+          <t>5 550 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="0">
         <v>14387</v>
       </c>
       <c r="B1189" s="0" t="inlineStr">
         <is>
           <t>Компьютерный игровой стол Cougar MARS 120</t>
         </is>
       </c>
       <c r="C1189" s="0" t="inlineStr">
         <is>
-          <t>3 350 300 сум</t>
+          <t>3 350 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="0">
         <v>14388</v>
       </c>
       <c r="B1190" s="0" t="inlineStr">
         <is>
           <t>Инвертор напряжения AVT 1000W</t>
         </is>
       </c>
       <c r="C1190" s="0" t="inlineStr">
         <is>
-          <t>2 188 500 сум</t>
+          <t>2 188 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="0">
         <v>14389</v>
       </c>
       <c r="B1191" s="0" t="inlineStr">
         <is>
           <t>Инвертор напряжения AVT 1000W со встроенной аккумуляторной батареей</t>
         </is>
       </c>
       <c r="C1191" s="0" t="inlineStr">
         <is>
-          <t>4 098 600 сум</t>
+          <t>4 098 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="0">
         <v>14390</v>
       </c>
       <c r="B1192" s="0" t="inlineStr">
         <is>
           <t>Инвертор напряжения AVT 1600W</t>
         </is>
       </c>
       <c r="C1192" s="0" t="inlineStr">
         <is>
-          <t>2 517 300 сум</t>
+          <t>2 517 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="0">
         <v>14391</v>
       </c>
       <c r="B1193" s="0" t="inlineStr">
         <is>
           <t>Инвертор напряжения AVT 600W</t>
         </is>
       </c>
       <c r="C1193" s="0" t="inlineStr">
         <is>
-          <t>1 315 600 сум</t>
+          <t>1 315 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="0">
         <v>14392</v>
       </c>
       <c r="B1194" s="0" t="inlineStr">
         <is>
           <t>Инвертор напряжения AVT 600W со встроенной аккумуляторной батареей</t>
         </is>
       </c>
       <c r="C1194" s="0" t="inlineStr">
         <is>
-          <t>4 060 700 сум</t>
+          <t>4 060 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="0">
         <v>14393</v>
       </c>
       <c r="B1195" s="0" t="inlineStr">
         <is>
           <t>Кабель ASUS RS200 ROG STRIX RISER</t>
         </is>
       </c>
       <c r="C1195" s="0" t="inlineStr">
         <is>
-          <t>888 700 сум</t>
+          <t>888 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="0">
         <v>14394</v>
       </c>
       <c r="B1196" s="0" t="inlineStr">
         <is>
           <t>Кабель Plantronics HIC-10 CE2001</t>
         </is>
       </c>
       <c r="C1196" s="0" t="inlineStr">
         <is>
-          <t>514 800 сум</t>
+          <t>514 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="0">
         <v>14395</v>
       </c>
       <c r="B1197" s="0" t="inlineStr">
         <is>
           <t>Кабель Plantronics U10P</t>
         </is>
       </c>
       <c r="C1197" s="0" t="inlineStr">
         <is>
-          <t>237 600 сум</t>
+          <t>237 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="0">
         <v>14396</v>
       </c>
       <c r="B1198" s="0" t="inlineStr">
         <is>
           <t>Кабель Plantronics U10P-S</t>
         </is>
       </c>
       <c r="C1198" s="0" t="inlineStr">
         <is>
-          <t>237 600 сум</t>
+          <t>237 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="0">
         <v>14397</v>
       </c>
       <c r="B1199" s="0" t="inlineStr">
         <is>
           <t>Кабель адаптера Plantronics HIS</t>
         </is>
       </c>
       <c r="C1199" s="0" t="inlineStr">
         <is>
-          <t>514 800 сум</t>
+          <t>514 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="0">
         <v>14398</v>
       </c>
       <c r="B1200" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь AVT COMBO KBM300+M100 USB</t>
         </is>
       </c>
       <c r="C1200" s="0" t="inlineStr">
         <is>
-          <t>76 500 сум</t>
+          <t>76 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="0">
         <v>14399</v>
       </c>
       <c r="B1201" s="0" t="inlineStr">
         <is>
           <t>Клавиатура и мышь AVT COMBO KBM301+M101 USB</t>
         </is>
       </c>
       <c r="C1201" s="0" t="inlineStr">
         <is>
-          <t>76 500 сум</t>
+          <t>76 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="0">
         <v>14400</v>
       </c>
       <c r="B1202" s="0" t="inlineStr">
         <is>
           <t>Комплект направляющих для сетевого накопителя QNAP RAIL-B02</t>
         </is>
       </c>
       <c r="C1202" s="0" t="inlineStr">
         <is>
-          <t>2 211 000 сум</t>
+          <t>2 211 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="0">
         <v>14401</v>
       </c>
       <c r="B1203" s="0" t="inlineStr">
         <is>
           <t>Комплект направляющих для установки в стойку RAIL KIT RACK DK 2U</t>
         </is>
       </c>
       <c r="C1203" s="0" t="inlineStr">
         <is>
-          <t>493 400 сум</t>
+          <t>493 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="0">
         <v>14402</v>
       </c>
       <c r="B1204" s="0" t="inlineStr">
         <is>
           <t>Контроллер беспроводной сети Zyxel NXC2500</t>
         </is>
       </c>
       <c r="C1204" s="0" t="inlineStr">
         <is>
-          <t>9 807 000 сум</t>
+          <t>9 807 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="0">
         <v>14403</v>
       </c>
       <c r="B1205" s="0" t="inlineStr">
         <is>
           <t>Модем Zyxel VMG8623-T50B VDSL</t>
         </is>
       </c>
       <c r="C1205" s="0" t="inlineStr">
         <is>
-          <t>765 000 сум</t>
+          <t>765 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="0">
         <v>14404</v>
       </c>
       <c r="B1206" s="0" t="inlineStr">
         <is>
           <t>Набор из двух маршрутизаторов Zyxel WSQ50</t>
         </is>
       </c>
       <c r="C1206" s="0" t="inlineStr">
         <is>
-          <t>5 900 000 сум</t>
+          <t>5 900 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="0">
         <v>14405</v>
       </c>
       <c r="B1207" s="0" t="inlineStr">
         <is>
           <t>Набор из двух маршрутизаторов Zyxel WSR30</t>
         </is>
       </c>
       <c r="C1207" s="0" t="inlineStr">
         <is>
-          <t>3 435 000 сум</t>
+          <t>3 435 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="0">
         <v>14406</v>
       </c>
       <c r="B1208" s="0" t="inlineStr">
         <is>
           <t>Набор из трех маршрутизаторов Zyxel WSQ50</t>
         </is>
       </c>
       <c r="C1208" s="0" t="inlineStr">
         <is>
-          <t>8 082 000 сум</t>
+          <t>8 082 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="0">
         <v>14407</v>
       </c>
       <c r="B1209" s="0" t="inlineStr">
         <is>
           <t>Пульт для презентаций Logitech Spotlight Gray</t>
         </is>
       </c>
       <c r="C1209" s="0" t="inlineStr">
         <is>
-          <t>2 087 300 сум</t>
+          <t>2 087 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="0">
         <v>14408</v>
       </c>
       <c r="B1210" s="0" t="inlineStr">
         <is>
           <t>Пульт для презентаций Logitech Wireless Presenter R400</t>
         </is>
       </c>
       <c r="C1210" s="0" t="inlineStr">
         <is>
-          <t>468 000 сум</t>
+          <t>468 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="0">
         <v>14409</v>
       </c>
       <c r="B1211" s="0" t="inlineStr">
         <is>
           <t>Ручка Xiaomi Mi Aluminum Rollerball Pen</t>
         </is>
       </c>
       <c r="C1211" s="0" t="inlineStr">
         <is>
-          <t>66 000 сум</t>
+          <t>66 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="0">
         <v>14410</v>
       </c>
       <c r="B1212" s="0" t="inlineStr">
         <is>
           <t>Ручка Xiaomi Mi Rollerball Pen</t>
         </is>
       </c>
       <c r="C1212" s="0" t="inlineStr">
         <is>
-          <t>28 600 сум</t>
+          <t>28 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="0">
         <v>14411</v>
       </c>
       <c r="B1213" s="0" t="inlineStr">
         <is>
           <t>Сетевой фильтр AVT 1.8</t>
         </is>
       </c>
       <c r="C1213" s="0" t="inlineStr">
         <is>
-          <t>38 000 сум</t>
+          <t>38 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="0">
         <v>14412</v>
       </c>
       <c r="B1214" s="0" t="inlineStr">
         <is>
           <t>Сетевой фильтр AVT 5</t>
         </is>
       </c>
       <c r="C1214" s="0" t="inlineStr">
         <is>
-          <t>64 700 сум</t>
+          <t>64 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="0">
         <v>14413</v>
       </c>
       <c r="B1215" s="0" t="inlineStr">
         <is>
           <t>Стержень Xiaomi Mi Rollerball Pen Refill</t>
         </is>
       </c>
       <c r="C1215" s="0" t="inlineStr">
         <is>
-          <t>20 900 сум</t>
+          <t>20 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="0">
         <v>14414</v>
       </c>
       <c r="B1216" s="0" t="inlineStr">
         <is>
           <t>Умные часы Xiaomi Amazfit Pace</t>
         </is>
       </c>
       <c r="C1216" s="0" t="inlineStr">
         <is>
-          <t>1 122 000 сум</t>
+          <t>1 122 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="0">
         <v>14415</v>
       </c>
       <c r="B1217" s="0" t="inlineStr">
         <is>
           <t>Фитнес браслет Mi Band 2</t>
         </is>
       </c>
       <c r="C1217" s="0" t="inlineStr">
         <is>
-          <t>198 000 сум</t>
+          <t>198 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="0">
         <v>14534</v>
       </c>
       <c r="B1218" s="0" t="inlineStr">
         <is>
           <t>Компьютер HP 290 G2 Microtower</t>
         </is>
       </c>
       <c r="C1218" s="0" t="inlineStr">
         <is>
-          <t>6 798 000 сум</t>
+          <t>6 798 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="0">
         <v>14535</v>
       </c>
       <c r="B1219" s="0" t="inlineStr">
         <is>
           <t>Коммутатор HPE 1920S 48G 4SFP</t>
         </is>
       </c>
       <c r="C1219" s="0" t="inlineStr">
         <is>
-          <t>5 302 000 сум</t>
+          <t>5 302 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="0">
         <v>14536</v>
       </c>
       <c r="B1220" s="0" t="inlineStr">
         <is>
           <t>Коммутатор HPE 1950 24G 2SFP+ 2XGT</t>
         </is>
       </c>
       <c r="C1220" s="0" t="inlineStr">
         <is>
-          <t>10 171 000 сум</t>
+          <t>10 171 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="0">
         <v>14537</v>
       </c>
       <c r="B1221" s="0" t="inlineStr">
         <is>
           <t>Коммутатор HPE 1950 48G 2SFP+ 2XGT</t>
         </is>
       </c>
       <c r="C1221" s="0" t="inlineStr">
         <is>
-          <t>17 268 000 сум</t>
+          <t>17 268 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="0">
         <v>14538</v>
       </c>
       <c r="B1222" s="0" t="inlineStr">
         <is>
           <t>Оперативная память HyperX Impact DDR4 16GB Kit 2x8GB 2133 SODIMM</t>
         </is>
       </c>
       <c r="C1222" s="0" t="inlineStr">
         <is>
-          <t>2 376 000 сум</t>
+          <t>2 376 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="0">
         <v>14539</v>
       </c>
       <c r="B1223" s="0" t="inlineStr">
         <is>
           <t>Оперативная память HyperX Impact DDR4 8GB 2133</t>
         </is>
       </c>
       <c r="C1223" s="0" t="inlineStr">
         <is>
-          <t>1 029 600 сум</t>
+          <t>1 029 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="0">
         <v>14540</v>
       </c>
       <c r="B1224" s="0" t="inlineStr">
         <is>
           <t>Оперативная память HyperX Predator DDR4 8GB 2666</t>
         </is>
       </c>
       <c r="C1224" s="0" t="inlineStr">
         <is>
-          <t>1 188 000 сум</t>
+          <t>1 188 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="0">
         <v>14541</v>
       </c>
       <c r="B1225" s="0" t="inlineStr">
         <is>
           <t>Оперативная память HyperX Predator DDR4 RGB 16GB  3200</t>
         </is>
       </c>
       <c r="C1225" s="0" t="inlineStr">
         <is>
-          <t>1 716 000 сум</t>
+          <t>1 716 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="0">
         <v>14542</v>
       </c>
       <c r="B1226" s="0" t="inlineStr">
         <is>
           <t>Оперативная память HyperX Predator DDR4 RGB 16GB Kit 2x8GB 3200</t>
         </is>
       </c>
       <c r="C1226" s="0" t="inlineStr">
         <is>
-          <t>1 650 000 сум</t>
+          <t>1 650 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="0">
         <v>14543</v>
       </c>
       <c r="B1227" s="0" t="inlineStr">
         <is>
           <t>Оперативная память HyperX Predator DDR4 RGB 32GB Kit 2x16GB 3200</t>
         </is>
       </c>
       <c r="C1227" s="0" t="inlineStr">
         <is>
-          <t>2 970 000 сум</t>
+          <t>2 970 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="0">
         <v>14549</v>
       </c>
       <c r="B1228" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Asgard FRGB (G516) Black</t>
         </is>
       </c>
       <c r="C1228" s="0" t="inlineStr">
         <is>
-          <t>869 900 сум</t>
+          <t>869 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="0">
         <v>14550</v>
       </c>
       <c r="B1229" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Diamond Black</t>
         </is>
       </c>
       <c r="C1229" s="0" t="inlineStr">
         <is>
-          <t>594 100 сум</t>
+          <t>594 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="0">
         <v>14551</v>
       </c>
       <c r="B1230" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Brufen C1 Black</t>
         </is>
       </c>
       <c r="C1230" s="0" t="inlineStr">
         <is>
-          <t>926 000 сум</t>
+          <t>926 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="0">
         <v>14552</v>
       </c>
       <c r="B1231" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Brufen C3 BW Black-White</t>
         </is>
       </c>
       <c r="C1231" s="0" t="inlineStr">
         <is>
-          <t>778 700 сум</t>
+          <t>778 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="0">
         <v>14553</v>
       </c>
       <c r="B1232" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Draco XD Black</t>
         </is>
       </c>
       <c r="C1232" s="0" t="inlineStr">
         <is>
-          <t>812 800 сум</t>
+          <t>812 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="0">
         <v>14554</v>
       </c>
       <c r="B1233" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax G561 Black</t>
         </is>
       </c>
       <c r="C1233" s="0" t="inlineStr">
         <is>
-          <t>517 500 сум</t>
+          <t>517 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="0">
         <v>14555</v>
       </c>
       <c r="B1234" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax M911 Rainbow Black</t>
         </is>
       </c>
       <c r="C1234" s="0" t="inlineStr">
         <is>
-          <t>1 380 000 сум</t>
+          <t>1 380 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="0">
         <v>14556</v>
       </c>
       <c r="B1235" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Matrix G562-RGB Black</t>
         </is>
       </c>
       <c r="C1235" s="0" t="inlineStr">
         <is>
-          <t>621 000 сум</t>
+          <t>621 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="0">
         <v>14557</v>
       </c>
       <c r="B1236" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax MINI Abyss H608 Black</t>
         </is>
       </c>
       <c r="C1236" s="0" t="inlineStr">
         <is>
-          <t>904 500 сум</t>
+          <t>904 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="0">
         <v>14558</v>
       </c>
       <c r="B1237" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax MoonLight FRGB BK Black</t>
         </is>
       </c>
       <c r="C1237" s="0" t="inlineStr">
         <is>
-          <t>707 300 сум</t>
+          <t>707 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="0">
         <v>14559</v>
       </c>
       <c r="B1238" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Onyx II (M910) Black</t>
         </is>
       </c>
       <c r="C1238" s="0" t="inlineStr">
         <is>
-          <t>1 642 200 сум</t>
+          <t>1 642 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="0">
         <v>14560</v>
       </c>
       <c r="B1239" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Optical G510 BK Black</t>
         </is>
       </c>
       <c r="C1239" s="0" t="inlineStr">
         <is>
-          <t>848 700 сум</t>
+          <t>848 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="0">
         <v>14561</v>
       </c>
       <c r="B1240" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Optical G510 WT White</t>
         </is>
       </c>
       <c r="C1240" s="0" t="inlineStr">
         <is>
-          <t>877 000 сум</t>
+          <t>877 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="0">
         <v>14562</v>
       </c>
       <c r="B1241" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax RockStar (G515) Black</t>
         </is>
       </c>
       <c r="C1241" s="0" t="inlineStr">
         <is>
-          <t>672 800 сум</t>
+          <t>672 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="0">
         <v>14563</v>
       </c>
       <c r="B1242" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Vega Pro Grey</t>
         </is>
       </c>
       <c r="C1242" s="0" t="inlineStr">
         <is>
-          <t>1 069 500 сум</t>
+          <t>1 069 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="0">
         <v>14564</v>
       </c>
       <c r="B1243" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Violin (S106) Black</t>
         </is>
       </c>
       <c r="C1243" s="0" t="inlineStr">
         <is>
-          <t>1 026 400 сум</t>
+          <t>1 026 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="0">
         <v>14565</v>
       </c>
       <c r="B1244" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Violin (S106) Silver</t>
         </is>
       </c>
       <c r="C1244" s="0" t="inlineStr">
         <is>
-          <t>1 044 900 сум</t>
+          <t>1 044 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="0">
         <v>14566</v>
       </c>
       <c r="B1245" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус GameMax Diamond White</t>
         </is>
       </c>
       <c r="C1245" s="0" t="inlineStr">
         <is>
-          <t>608 600 сум</t>
+          <t>608 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="0">
         <v>14683</v>
       </c>
       <c r="B1246" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Keenetic City KN-1511</t>
         </is>
       </c>
       <c r="C1246" s="0" t="inlineStr">
         <is>
-          <t>638 000 сум</t>
+          <t>638 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="0">
         <v>14684</v>
       </c>
       <c r="B1247" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Keenetic Extra KN-1711</t>
         </is>
       </c>
       <c r="C1247" s="0" t="inlineStr">
         <is>
-          <t>1 087 500 сум</t>
+          <t>1 087 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="0">
         <v>14685</v>
       </c>
       <c r="B1248" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Keenetic Giga KN-1010</t>
         </is>
       </c>
       <c r="C1248" s="0" t="inlineStr">
         <is>
-          <t>1 681 000 сум</t>
+          <t>1 681 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="0">
         <v>14686</v>
       </c>
       <c r="B1249" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Keenetic Lite KN-1310</t>
         </is>
       </c>
       <c r="C1249" s="0" t="inlineStr">
         <is>
-          <t>450 000 сум</t>
+          <t>450 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="0">
         <v>14687</v>
       </c>
       <c r="B1250" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Keenetic Start KN-1110</t>
         </is>
       </c>
       <c r="C1250" s="0" t="inlineStr">
         <is>
-          <t>354 000 сум</t>
+          <t>354 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="0">
         <v>14688</v>
       </c>
       <c r="B1251" s="0" t="inlineStr">
         <is>
           <t>Wi-Fi роутер Keenetic Viva KN-1910</t>
         </is>
       </c>
       <c r="C1251" s="0" t="inlineStr">
         <is>
-          <t>1 272 000 сум</t>
+          <t>1 272 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="0">
         <v>14689</v>
       </c>
       <c r="B1252" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Keor SP 1000 ВА</t>
         </is>
       </c>
       <c r="C1252" s="0" t="inlineStr">
         <is>
-          <t>3 428 100 сум</t>
+          <t>3 428 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="0">
         <v>14690</v>
       </c>
       <c r="B1253" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Keor SP 1500 ВА</t>
         </is>
       </c>
       <c r="C1253" s="0" t="inlineStr">
         <is>
-          <t>4 604 600 сум</t>
+          <t>4 604 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="0">
         <v>14691</v>
       </c>
       <c r="B1254" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Keor SP 2000 ВА</t>
         </is>
       </c>
       <c r="C1254" s="0" t="inlineStr">
         <is>
-          <t>6 299 700 сум</t>
+          <t>6 299 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="0">
         <v>14692</v>
       </c>
       <c r="B1255" s="0" t="inlineStr">
         <is>
           <t>Источник бесперебойного питания UPS Keor SP 800 ВА</t>
         </is>
       </c>
       <c r="C1255" s="0" t="inlineStr">
         <is>
-          <t>2 201 100 сум</t>
+          <t>2 201 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="0">
         <v>14693</v>
       </c>
       <c r="B1256" s="0" t="inlineStr">
         <is>
           <t>Набор игровых клавиш ASUS ROG GAMING KEYCAP SET</t>
         </is>
       </c>
       <c r="C1256" s="0" t="inlineStr">
         <is>
-          <t>246 900 сум</t>
+          <t>246 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="0">
         <v>14694</v>
       </c>
       <c r="B1257" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Kingston DataTraveler 100 G3 128GB</t>
         </is>
       </c>
       <c r="C1257" s="0" t="inlineStr">
         <is>
-          <t>219 000 сум</t>
+          <t>219 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="0">
         <v>14695</v>
       </c>
       <c r="B1258" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Kingston DataTraveler 100 G3 256GB</t>
         </is>
       </c>
       <c r="C1258" s="0" t="inlineStr">
         <is>
-          <t>664 900 сум</t>
+          <t>664 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="0">
         <v>14696</v>
       </c>
       <c r="B1259" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Kingston DataTraveler 100 G3 32GB</t>
         </is>
       </c>
       <c r="C1259" s="0" t="inlineStr">
         <is>
-          <t>68 400 сум</t>
+          <t>68 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="0">
         <v>14697</v>
       </c>
       <c r="B1260" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Kingston DataTraveler 100 G3 64GB</t>
         </is>
       </c>
       <c r="C1260" s="0" t="inlineStr">
         <is>
-          <t>116 300 сум</t>
+          <t>116 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="0">
         <v>14698</v>
       </c>
       <c r="B1261" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Kingston DataTraveler 20 DT20 32GB</t>
         </is>
       </c>
       <c r="C1261" s="0" t="inlineStr">
         <is>
-          <t>62 200 сум</t>
+          <t>62 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="0">
         <v>14699</v>
       </c>
       <c r="B1262" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Kingston DataTraveler microDuo 3C 128GB</t>
         </is>
       </c>
       <c r="C1262" s="0" t="inlineStr">
         <is>
-          <t>488 500 сум</t>
+          <t>488 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="0">
         <v>14700</v>
       </c>
       <c r="B1263" s="0" t="inlineStr">
         <is>
           <t>Флеш накопитель Kingston DTIG4/64GB</t>
         </is>
       </c>
       <c r="C1263" s="0" t="inlineStr">
         <is>
-          <t>117 700 сум</t>
+          <t>117 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="0">
         <v>14701</v>
       </c>
       <c r="B1264" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar Minos X5</t>
         </is>
       </c>
       <c r="C1264" s="0" t="inlineStr">
         <is>
-          <t>619 800 сум</t>
+          <t>619 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="0">
         <v>14702</v>
       </c>
       <c r="B1265" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar Minos XT</t>
         </is>
       </c>
       <c r="C1265" s="0" t="inlineStr">
         <is>
-          <t>316 200 сум</t>
+          <t>316 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="0">
         <v>14703</v>
       </c>
       <c r="B1266" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar MX330-G</t>
         </is>
       </c>
       <c r="C1266" s="0" t="inlineStr">
         <is>
-          <t>704 400 сум</t>
+          <t>704 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="0">
         <v>14704</v>
       </c>
       <c r="B1267" s="0" t="inlineStr">
         <is>
           <t>Коврик Cougar NEON</t>
         </is>
       </c>
       <c r="C1267" s="0" t="inlineStr">
         <is>
-          <t>417 500 сум</t>
+          <t>417 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="0">
         <v>14839</v>
       </c>
       <c r="B1268" s="0" t="inlineStr">
         <is>
           <t>Коврик Cougar NEON X</t>
         </is>
       </c>
       <c r="C1268" s="0" t="inlineStr">
         <is>
-          <t>489 400 сум</t>
+          <t>489 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="0">
         <v>14840</v>
       </c>
       <c r="B1269" s="0" t="inlineStr">
         <is>
           <t>POE коммутатор Dahua DHI-VTNS1060A</t>
         </is>
       </c>
       <c r="C1269" s="0" t="inlineStr">
         <is>
-          <t>330 000 сум</t>
+          <t>330 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="0">
         <v>14841</v>
       </c>
       <c r="B1270" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Panzer EVO</t>
         </is>
       </c>
       <c r="C1270" s="0" t="inlineStr">
         <is>
-          <t>2 285 600 сум</t>
+          <t>2 285 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="0">
         <v>14842</v>
       </c>
       <c r="B1271" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Panzer EVO RGB</t>
         </is>
       </c>
       <c r="C1271" s="0" t="inlineStr">
         <is>
-          <t>3 306 200 сум</t>
+          <t>3 306 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="0">
         <v>14843</v>
       </c>
       <c r="B1272" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Panzer Max</t>
         </is>
       </c>
       <c r="C1272" s="0" t="inlineStr">
         <is>
-          <t>2 246 000 сум</t>
+          <t>2 246 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="0">
         <v>14844</v>
       </c>
       <c r="B1273" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Panzer-S</t>
         </is>
       </c>
       <c r="C1273" s="0" t="inlineStr">
         <is>
-          <t>1 509 400 сум</t>
+          <t>1 509 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="0">
         <v>14845</v>
       </c>
       <c r="B1274" s="0" t="inlineStr">
         <is>
           <t>Наушники Cougar Phontum S</t>
         </is>
       </c>
       <c r="C1274" s="0" t="inlineStr">
         <is>
-          <t>753 100 сум</t>
+          <t>753 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="0">
         <v>14846</v>
       </c>
       <c r="B1275" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics BackBeat GO 3</t>
         </is>
       </c>
       <c r="C1275" s="0" t="inlineStr">
         <is>
-          <t>1 729 200 сум</t>
+          <t>1 729 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="0">
         <v>14847</v>
       </c>
       <c r="B1276" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics BACKBEAT PRO 2</t>
         </is>
       </c>
       <c r="C1276" s="0" t="inlineStr">
         <is>
-          <t>2 930 400 сум</t>
+          <t>2 930 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="0">
         <v>14848</v>
       </c>
       <c r="B1277" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics Explorer 500 Silver</t>
         </is>
       </c>
       <c r="C1277" s="0" t="inlineStr">
         <is>
-          <t>884 400 сум</t>
+          <t>884 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="0">
         <v>14849</v>
       </c>
       <c r="B1278" s="0" t="inlineStr">
         <is>
           <t>Наушники Plantronics ML15</t>
         </is>
       </c>
       <c r="C1278" s="0" t="inlineStr">
         <is>
-          <t>237 600 сум</t>
+          <t>237 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="0">
         <v>14850</v>
       </c>
       <c r="B1279" s="0" t="inlineStr">
         <is>
           <t>Блок питания для домофона Huntkey POWER SUPPLY ADS-65LSI-19-124060G</t>
         </is>
       </c>
       <c r="C1279" s="0" t="inlineStr">
         <is>
-          <t>198 000 сум</t>
+          <t>198 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="0">
         <v>14851</v>
       </c>
       <c r="B1280" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь Cougar Revenger S</t>
         </is>
       </c>
       <c r="C1280" s="0" t="inlineStr">
         <is>
-          <t>632 500 сум</t>
+          <t>632 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="0">
         <v>14852</v>
       </c>
       <c r="B1281" s="0" t="inlineStr">
         <is>
           <t>Подставка под запястья ASUS ROG GAMING Wrist Rest</t>
         </is>
       </c>
       <c r="C1281" s="0" t="inlineStr">
         <is>
-          <t>393 500 сум</t>
+          <t>393 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="0">
         <v>14853</v>
       </c>
       <c r="B1282" s="0" t="inlineStr">
         <is>
           <t>Материнская карта ASUS ROG Strix X299-E Gaming II</t>
         </is>
       </c>
       <c r="C1282" s="0" t="inlineStr">
         <is>
-          <t>6 741 900 сум</t>
+          <t>6 741 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="0">
         <v>14854</v>
       </c>
       <c r="B1283" s="0" t="inlineStr">
         <is>
           <t>Материнская карта ASUS ROG STRIX X399-E GAMING</t>
         </is>
       </c>
       <c r="C1283" s="0" t="inlineStr">
         <is>
-          <t>5 598 000 сум</t>
+          <t>5 598 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="0">
         <v>14855</v>
       </c>
       <c r="B1284" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL380 Gen9 / CPU Intel Xeon E5-2620v4</t>
         </is>
       </c>
       <c r="C1284" s="0" t="inlineStr">
         <is>
-          <t>35 824 000 сум</t>
+          <t>35 824 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="0">
         <v>14856</v>
       </c>
       <c r="B1285" s="0" t="inlineStr">
         <is>
           <t>Камера видеонаблюдения SPECTOR HDN-06-14</t>
         </is>
       </c>
       <c r="C1285" s="0" t="inlineStr">
         <is>
-          <t>488 400 сум</t>
+          <t>488 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="0">
         <v>14857</v>
       </c>
       <c r="B1286" s="0" t="inlineStr">
         <is>
           <t>Коврик Cougar SPEED EX -L</t>
         </is>
       </c>
       <c r="C1286" s="0" t="inlineStr">
         <is>
-          <t>189 800 сум</t>
+          <t>189 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="0">
         <v>14858</v>
       </c>
       <c r="B1287" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус ASUS TUF Gaming GT501 Case</t>
         </is>
       </c>
       <c r="C1287" s="0" t="inlineStr">
         <is>
-          <t>3 449 900 сум</t>
+          <t>3 449 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="0">
         <v>14859</v>
       </c>
       <c r="B1288" s="0" t="inlineStr">
         <is>
           <t>USB разветвитель Huntkey 4 USB ports + 1 Type C ports Smart C</t>
         </is>
       </c>
       <c r="C1288" s="0" t="inlineStr">
         <is>
-          <t>211 100 сум</t>
+          <t>211 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="0">
         <v>14860</v>
       </c>
       <c r="B1289" s="0" t="inlineStr">
         <is>
           <t>Адаптер Xiaomi Mi USB</t>
         </is>
       </c>
       <c r="C1289" s="0" t="inlineStr">
         <is>
-          <t>293 700 сум</t>
+          <t>293 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="0">
         <v>14861</v>
       </c>
       <c r="B1290" s="0" t="inlineStr">
         <is>
           <t>Домофон DAHUA DHI-VTH1550CH VDP INDOOR DISPLAY</t>
         </is>
       </c>
       <c r="C1290" s="0" t="inlineStr">
         <is>
-          <t>1 650 000 сум</t>
+          <t>1 650 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="0">
         <v>14862</v>
       </c>
       <c r="B1291" s="0" t="inlineStr">
         <is>
           <t>Домофон DAHUA DHI-VTH1560BW VDP INDOOR DISPLAY</t>
         </is>
       </c>
       <c r="C1291" s="0" t="inlineStr">
         <is>
-          <t>1 927 200 сум</t>
+          <t>1 927 200 сўм</t>
         </is>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="0">
         <v>14863</v>
       </c>
       <c r="B1292" s="0" t="inlineStr">
         <is>
           <t>Домофон DAHUA DHI-VTH5221D VDP INDOOR DISPLAY</t>
         </is>
       </c>
       <c r="C1292" s="0" t="inlineStr">
         <is>
-          <t>1 834 800 сум</t>
+          <t>1 834 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="0">
         <v>14864</v>
       </c>
       <c r="B1293" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar VTC500</t>
         </is>
       </c>
       <c r="C1293" s="0" t="inlineStr">
         <is>
-          <t>578 600 сум</t>
+          <t>578 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="0">
         <v>14865</v>
       </c>
       <c r="B1294" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar VTE500</t>
         </is>
       </c>
       <c r="C1294" s="0" t="inlineStr">
         <is>
-          <t>602 100 сум</t>
+          <t>602 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="0">
         <v>14866</v>
       </c>
       <c r="B1295" s="0" t="inlineStr">
         <is>
           <t>Блок питания Cougar VTE600</t>
         </is>
       </c>
       <c r="C1295" s="0" t="inlineStr">
         <is>
-          <t>700 900 сум</t>
+          <t>700 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="0">
         <v>14867</v>
       </c>
       <c r="B1296" s="0" t="inlineStr">
         <is>
           <t>Защитный козырек для вызывной панели Dahua VTOB108 DHI-VTO2000A</t>
         </is>
       </c>
       <c r="C1296" s="0" t="inlineStr">
         <is>
-          <t>184 800 сум</t>
+          <t>184 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="0">
         <v>14868</v>
       </c>
       <c r="B1297" s="0" t="inlineStr">
         <is>
           <t>Microsoft Windows 10 Pro DVD ОС</t>
         </is>
       </c>
       <c r="C1297" s="0" t="inlineStr">
         <is>
-          <t>3 794 900 сум</t>
+          <t>3 794 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="0">
         <v>14869</v>
       </c>
       <c r="B1298" s="0" t="inlineStr">
         <is>
           <t>Microsoft Windows 10 Home OC</t>
         </is>
       </c>
       <c r="C1298" s="0" t="inlineStr">
         <is>
-          <t>350 000 сум</t>
+          <t>350 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="0">
         <v>14870</v>
       </c>
       <c r="B1299" s="0" t="inlineStr">
         <is>
           <t>Портативная акустика Xiaomi Mi Bluetooth Speaker Mini</t>
         </is>
       </c>
       <c r="C1299" s="0" t="inlineStr">
         <is>
-          <t>104 500 сум</t>
+          <t>104 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="0">
         <v>14871</v>
       </c>
       <c r="B1300" s="0" t="inlineStr">
         <is>
           <t>Ноутбук HP ZBook Studio G4</t>
         </is>
       </c>
       <c r="C1300" s="0" t="inlineStr">
         <is>
-          <t>36 471 600 сум</t>
+          <t>36 471 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="0">
         <v>14872</v>
       </c>
       <c r="B1301" s="0" t="inlineStr">
         <is>
           <t>Антенна всенаправленная Zyxel ANT2105</t>
         </is>
       </c>
       <c r="C1301" s="0" t="inlineStr">
         <is>
-          <t>383 000 сум</t>
+          <t>383 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="0">
         <v>14873</v>
       </c>
       <c r="B1302" s="0" t="inlineStr">
         <is>
           <t>Вспомогательный контакт Legrand DRY CONTACT CARD DAKER DK</t>
         </is>
       </c>
       <c r="C1302" s="0" t="inlineStr">
         <is>
-          <t>581 900 сум</t>
+          <t>581 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="0">
         <v>14874</v>
       </c>
       <c r="B1303" s="0" t="inlineStr">
         <is>
           <t>Интерфейс CS141B SK стандартный сетевой встроенный</t>
         </is>
       </c>
       <c r="C1303" s="0" t="inlineStr">
         <is>
-          <t>6 325 000 сум</t>
+          <t>6 325 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="0">
         <v>14875</v>
       </c>
       <c r="B1304" s="0" t="inlineStr">
         <is>
           <t>Материнская плата MSI MPG X570 GAMING PRO CARBON WIFI</t>
         </is>
       </c>
       <c r="C1304" s="0" t="inlineStr">
         <is>
-          <t>3 834 700 сум</t>
+          <t>3 834 700 сўм</t>
         </is>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="0">
         <v>14876</v>
       </c>
       <c r="B1305" s="0" t="inlineStr">
         <is>
           <t>Компьютерная мышь ASUS ROG Chakram Core</t>
         </is>
       </c>
       <c r="C1305" s="0" t="inlineStr">
         <is>
-          <t>1 217 800 сум</t>
+          <t>1 217 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="0">
         <v>14877</v>
       </c>
       <c r="B1306" s="0" t="inlineStr">
         <is>
           <t>Набор перемычек для батарейного шкафа 55 Ач / K BAT CABLES 60B 55AH EXT BA</t>
         </is>
       </c>
       <c r="C1306" s="0" t="inlineStr">
         <is>
-          <t>1 897 500 сум</t>
+          <t>1 897 500 сўм</t>
         </is>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="0">
         <v>14878</v>
       </c>
       <c r="B1307" s="0" t="inlineStr">
         <is>
           <t>Напольный ковёр Cougar COMMAND Gaming Chair Floor Mat</t>
         </is>
       </c>
       <c r="C1307" s="0" t="inlineStr">
         <is>
-          <t>514 900 сум</t>
+          <t>514 900 сўм</t>
         </is>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="0">
         <v>14890</v>
       </c>
       <c r="B1308" s="0" t="inlineStr">
         <is>
           <t>Microsoft Office 2019 for Home and Business</t>
         </is>
       </c>
       <c r="C1308" s="0" t="inlineStr">
         <is>
-          <t>4 554 000 сум</t>
+          <t>4 554 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="0">
         <v>14891</v>
       </c>
       <c r="B1309" s="0" t="inlineStr">
         <is>
           <t>Microsoft Office 2019 for Home and study</t>
         </is>
       </c>
       <c r="C1309" s="0" t="inlineStr">
         <is>
-          <t>1 746 400 сум</t>
+          <t>1 746 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="0">
         <v>14892</v>
       </c>
       <c r="B1310" s="0" t="inlineStr">
         <is>
           <t>Microsoft Office 2019 Professional</t>
         </is>
       </c>
       <c r="C1310" s="0" t="inlineStr">
         <is>
-          <t>7 590 000 сум</t>
+          <t>7 590 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="0">
         <v>14893</v>
       </c>
       <c r="B1311" s="0" t="inlineStr">
         <is>
           <t>Microsoft Office 365 Busines Standart</t>
         </is>
       </c>
       <c r="C1311" s="0" t="inlineStr">
         <is>
-          <t>2 481 600 сум</t>
+          <t>2 481 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="0">
         <v>14894</v>
       </c>
       <c r="B1312" s="0" t="inlineStr">
         <is>
           <t>Microsoft Office 365 Professional</t>
         </is>
       </c>
       <c r="C1312" s="0" t="inlineStr">
         <is>
-          <t>822 000 сум</t>
+          <t>822 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="0">
         <v>14895</v>
       </c>
       <c r="B1313" s="0" t="inlineStr">
         <is>
           <t>Microsoft Project Professional 2019</t>
         </is>
       </c>
       <c r="C1313" s="0" t="inlineStr">
         <is>
-          <t>19 140 000 сум</t>
+          <t>19 140 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="0">
         <v>14896</v>
       </c>
       <c r="B1314" s="0" t="inlineStr">
         <is>
           <t>Microsoft Project Standard 2019</t>
         </is>
       </c>
       <c r="C1314" s="0" t="inlineStr">
         <is>
-          <t>12 732 000 сум</t>
+          <t>12 732 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="0">
         <v>14897</v>
       </c>
       <c r="B1315" s="0" t="inlineStr">
         <is>
           <t>Microsoft Visio Professional 2019</t>
         </is>
       </c>
       <c r="C1315" s="0" t="inlineStr">
         <is>
-          <t>11 220 000 сум</t>
+          <t>11 220 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="0">
         <v>14898</v>
       </c>
       <c r="B1316" s="0" t="inlineStr">
         <is>
           <t>Microsoft Visio Standard 2019</t>
         </is>
       </c>
       <c r="C1316" s="0" t="inlineStr">
         <is>
-          <t>5 760 000 сум</t>
+          <t>5 760 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="0">
         <v>14899</v>
       </c>
       <c r="B1317" s="0" t="inlineStr">
         <is>
           <t>Dr.WEB Security Space 2 ПК/1 One year</t>
         </is>
       </c>
       <c r="C1317" s="0" t="inlineStr">
         <is>
-          <t>153 600 сум</t>
+          <t>153 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="0">
         <v>14900</v>
       </c>
       <c r="B1318" s="0" t="inlineStr">
         <is>
           <t>Dr.WEB Security Space GOLD 1 ПК Threу years</t>
         </is>
       </c>
       <c r="C1318" s="0" t="inlineStr">
         <is>
-          <t>201 600 сум</t>
+          <t>201 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="0">
         <v>14901</v>
       </c>
       <c r="B1319" s="0" t="inlineStr">
         <is>
           <t>Dr.WEB Security Space SILVER 1 ПК Two years</t>
         </is>
       </c>
       <c r="C1319" s="0" t="inlineStr">
         <is>
-          <t>172 800 сум</t>
+          <t>172 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="0">
         <v>14902</v>
       </c>
       <c r="B1320" s="0" t="inlineStr">
         <is>
           <t>Сетевой адаптер ASUS XG-C100C</t>
         </is>
       </c>
       <c r="C1320" s="0" t="inlineStr">
         <is>
-          <t>1 601 100 сум</t>
+          <t>1 601 100 сўм</t>
         </is>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="0">
         <v>14903</v>
       </c>
       <c r="B1321" s="0" t="inlineStr">
         <is>
           <t>Точка доступа Zyxel NWA5123-ACHD</t>
         </is>
       </c>
       <c r="C1321" s="0" t="inlineStr">
         <is>
-          <t>3 254 000 сум</t>
+          <t>3 254 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="0">
         <v>14904</v>
       </c>
       <c r="B1322" s="0" t="inlineStr">
         <is>
           <t>Наушники Cougar Immersa Pro Ti</t>
         </is>
       </c>
       <c r="C1322" s="0" t="inlineStr">
         <is>
-          <t>1 013 600 сум</t>
+          <t>1 013 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="0">
         <v>14905</v>
       </c>
       <c r="B1323" s="0" t="inlineStr">
         <is>
           <t>Наушники Cougar Immersa Ti</t>
         </is>
       </c>
       <c r="C1323" s="0" t="inlineStr">
         <is>
-          <t>822 300 сум</t>
+          <t>822 300 сўм</t>
         </is>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="0">
         <v>14906</v>
       </c>
       <c r="B1324" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS LBP215x</t>
         </is>
       </c>
       <c r="C1324" s="0" t="inlineStr">
         <is>
-          <t>3 867 600 сум</t>
+          <t>3 867 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="0">
         <v>14907</v>
       </c>
       <c r="B1325" s="0" t="inlineStr">
         <is>
           <t>Веб камера Fanvil CM60 USB</t>
         </is>
       </c>
       <c r="C1325" s="0" t="inlineStr">
         <is>
-          <t>709 000 сум</t>
+          <t>709 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="0">
         <v>14908</v>
       </c>
       <c r="B1326" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Gemini M Iron Gray</t>
         </is>
       </c>
       <c r="C1326" s="0" t="inlineStr">
         <is>
-          <t>812 800 сум</t>
+          <t>812 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="0">
         <v>14909</v>
       </c>
       <c r="B1327" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Gemini M Silver</t>
         </is>
       </c>
       <c r="C1327" s="0" t="inlineStr">
         <is>
-          <t>812 800 сум</t>
+          <t>812 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="0">
         <v>14910</v>
       </c>
       <c r="B1328" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Gemini S Iron Gray</t>
         </is>
       </c>
       <c r="C1328" s="0" t="inlineStr">
         <is>
-          <t>1 135 600 сум</t>
+          <t>1 135 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="0">
         <v>14911</v>
       </c>
       <c r="B1329" s="0" t="inlineStr">
         <is>
           <t>Компьютерный корпус Cougar Gemini S Silver</t>
         </is>
       </c>
       <c r="C1329" s="0" t="inlineStr">
         <is>
-          <t>1 135 600 сум</t>
+          <t>1 135 600 сўм</t>
         </is>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="0">
         <v>14912</v>
       </c>
       <c r="B1330" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Seagate HDD 1000Gb</t>
         </is>
       </c>
       <c r="C1330" s="0" t="inlineStr">
         <is>
-          <t>493 400 сум</t>
+          <t>493 400 сўм</t>
         </is>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="0">
         <v>14913</v>
       </c>
       <c r="B1331" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Seagate HDD 1000Gb Ноутбучный</t>
         </is>
       </c>
       <c r="C1331" s="0" t="inlineStr">
         <is>
-          <t>844 800 сум</t>
+          <t>844 800 сўм</t>
         </is>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="0">
         <v>14914</v>
       </c>
       <c r="B1332" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Seagate HDD 500GB Ноутбучный</t>
         </is>
       </c>
       <c r="C1332" s="0" t="inlineStr">
         <is>
-          <t>660 000 сум</t>
+          <t>660 000 сўм</t>
         </is>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="0">
         <v>14915</v>
       </c>
       <c r="B1333" s="0" t="inlineStr">
         <is>
           <t>Жесткий диск Toshiba HDD 500GB Ноутбучный</t>
         </is>
       </c>
       <c r="C1333" s="0" t="inlineStr">
         <is>
-          <t>506 000 сум</t>
+          <t>506 000 сўм</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>