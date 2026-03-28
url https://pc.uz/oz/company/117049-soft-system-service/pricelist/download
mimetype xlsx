--- v0 (2025-10-23)
+++ v1 (2026-03-28)
@@ -85,767 +85,767 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4388</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB V20</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>4389</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB K22</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4390</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB K24</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4391</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB V24 (J3160)</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4392</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB V24S (J3160)</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4393</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB V24</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>4394</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB V24S (TH110)</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>4395</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB V24S (TH310)</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>4396</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB B24 (E2-3800)</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>4397</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB B24 (H81)</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>4398</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB B24 (H110)</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>4399</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB C24D</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>4400</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB S24</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>4401</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB C27D</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>4402</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Моноблок AIO FPB E24</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>4403</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Компьютер HP 460-a210ur (4XJ29EA)</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>4404</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Компьютер HP Pavilion 590-a0001ur (4GL96EA)</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>4405</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Компьютер Lenovo Ideacentre V530-15ICB Desktop 10TV0015RU</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>4406</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Компьютер Lenovo ThinkCentre M910S (10MLS01X3H)</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>4408</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Панель для видеостены FPB BSVW-55A - 55"</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>4409</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Коммутатор управления панелей 4 входа и 4 выхода</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>4410</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Коммутатор управления панелей 4 входа и 16 выходов</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>4411</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Интерактивная сенсорная панель FPB 65"</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>4412</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Интерактивная сенсорная панель FPB 86"</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>4413</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Интерактивная сенсорная панель FPB 100"</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>4414</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Мобильный стенд для интерактивной сенсорной панели</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>4415</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Интерактивная сенсорная панель FPB 75"</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>4416</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Интерактивная сенсорная панель FPB 65" PRO</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>4417</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Интерактивная сенсорная панель FPB 75" PRO</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>4418</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Видеостена 2,1x1,2 FPB BSVW-49S</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>4419</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Видеостена 3,2x1,2 FPB BSVW-49S</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>4420</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Видеостена 3,2х1,8 FPB BSVW-49S</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>4421</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Видеостена 4,3x1,8 FPB BSVW-49S</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>4422</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Видеостена 4.3x2,4 FPB BSVW-49S</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>4423</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Видеостена 2.4x1,3 FPB BSVW-55A</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>4424</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Видеостена 3.6x1,3 FPB BSVW-55A</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0">
         <v>4425</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Видеостена 3.6x2 FPB BSVW-55A</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0">
         <v>4426</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Видеостена 4.8x2 FPB BSVW-55A</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0">
         <v>4427</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>Видеостена 4.8x2.7 FPB BSVW-55A</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0">
         <v>4428</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Интерактивная доска FPB 10 points 82"</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0">
         <v>4430</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>Интерактивная доска FPB 10 points 96"</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0">
         <v>4431</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Интерактивная доска FPB 10 points 100"</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0">
         <v>4429</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>Интерактивная доска FPB 10 points 88"</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0">
         <v>4432</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>Сенсорный инфокиоск на базе моноблока HUNTKEY AIO HA191-T</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0">
         <v>4433</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Сенсорный горизонтальный инфокиоск 32" FPB P32K1</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0">
         <v>4434</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Сенсорный горизонтальный инфокиоск 43" FPB P43K1</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0">
         <v>4435</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Сенсорный вертикальный инфокиоск 43" FPB P43F1U вращающийся экран</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0">
         <v>4436</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Сенсорный вертикальный инфокиоск 55" FPB-P55F1A</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0">
         <v>4437</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Сенсорный вертикальный инфокиоск 55" FPB P55F1U вращающийся экран</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>