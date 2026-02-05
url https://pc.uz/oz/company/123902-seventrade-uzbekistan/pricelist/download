--- v0 (2025-10-25)
+++ v1 (2026-02-05)
@@ -85,362 +85,362 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4339</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Сервер Fujitsu Primergy PY TX1310 M3 8GB DDR4 2 x HDD SATA 6G 1TB 7.2K</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>4340</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Сервер Fujitsu Primergy PY TX1310 M3 16GB DDR4 2 x HDD SATA 6G 1TB 7.2K</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4341</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML30 Gen10</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4342</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML350 Gen10</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4343</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL20 Gen9 Server</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4344</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL360 Gen10 16GB DDR4</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>4345</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant DL360 Gen10 32GB DDR4</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>4346</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Сервер HPE ProLiant ML110 Gen10</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>4347</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Сервер Fujitsu Primergy PY TX1310 M3 8GB DDR4 No HDD</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>4348</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Сервер Fujitsu Primergy RX1330 M2 Rack 1U No HDD</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>4349</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Сервер Fujitsu Primergy RX1330 M2 Rack 1U 2 x HDD SATA 6G 1TB 7.2K</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>4350</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Сервер Fujitsu Primergy RX2540 M5 Rack 2U 1 x CPU Intel Xeon Silver 4210</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>4351</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Сервер Fujitsu Primergy RX2540 M5 Rack 2U 2 x CPU Intel Xeon Silver 4210 4 x HDD SAS 12G 1.2TB 10K 3.5"</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>4352</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Сервер Fujitsu Primergy RX2540 M5 Rack 2U 2 x CPU Intel Xeon Silver 4210 4 x HDD SAS 12G 2.4TB 10K 3.5"</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>4463</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Сканер Canon CanoScan LiDE 120</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>4464</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Сканер Epson Perfection V370 Photo</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>4465</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Сканер Epson WorkForce DS-30</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>4466</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Сканер Epson WorkForce DS-1630</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>4467</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Сканер Epson WorkForce DS-530</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>4468</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Сканер Epson WorkForce DS-6500</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>4469</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Сканер Epson WorkForce DS-50000</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>4510</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP113W</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>