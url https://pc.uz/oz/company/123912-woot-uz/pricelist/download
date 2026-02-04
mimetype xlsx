--- v0 (2025-10-02)
+++ v1 (2026-02-04)
@@ -85,1397 +85,1397 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>3785</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Celeron G4900 - 3.1 GHz, 2M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>3787</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G4560 - 3.5 GHz, 3M, oem, LGA1151, KabyLake</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>3788</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G5400 - 3.7 GHz, 4M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>3789</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel DualCore G5420 - 3.8 GHz, 4M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>3790</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 7100,  3.9 GHz, 3M, oem, LGA1151, KabyLake</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>3791</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 8100,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>3792</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i3 - 9100F,  3.6 GHz, 6M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>3794</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 7400, 3.5 GHz, 6M, oem, LGA1151, KabyLake</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>3795</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 8400, 2.8 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>3796</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9400F, 2.9 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0">
         <v>3797</v>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9400, 2.9 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0">
         <v>3798</v>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i5 - 9600K, 3.7 GHz, 9M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0">
         <v>3799</v>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i7 - 8700,  3.2 GHz, 12M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0">
         <v>3802</v>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i7 - 9700,  3.0 GHz, 12M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0">
         <v>3803</v>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i7 - 9700К,  3.6 GHz, 12M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0">
         <v>3806</v>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i9 - 9900К,  3.6 GHz, 64M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0">
         <v>3807</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Athlon™ 200GE-3,2 GHZ, 2 core/4 threads, Radeon™ Vega 3 Graphics, AM4, (YD200GC6M20FB), oem</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0">
         <v>3808</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 3 1200 - 3.1 GHz, 4 core/4 Threads, 2+8Mb, 65W, no GPU, AM4 (YD1200BBM4KAE), oem</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0">
         <v>3810</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen™ 7 1700 - 3.2 GHz, 8 cores/16 threads, 3+16Mb/65W, no GPU, AM4 (YD170BBM88AE), oem</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0">
         <v>3837</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Принтер HP Ink Tank 115</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0">
         <v>3838</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Принтер HP Ink Tank Wireless 415</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0">
         <v>3840</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M15a</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0">
         <v>3842</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Принтер HP LaserJet Pro M28a</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0">
         <v>3844</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L120</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0">
         <v>3845</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L1300</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0">
         <v>3846</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L1800</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0">
         <v>3847</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L3050</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0">
         <v>3848</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L3100</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0">
         <v>3849</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L3101</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0">
         <v>3850</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L3150</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0">
         <v>3851</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L805</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0">
         <v>3852</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L850</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0">
         <v>3853</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson M1100</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0">
         <v>3854</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>МФУ Epson M2140 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0">
         <v>3855</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Принтер KYOCERA ECOSYS P2235dn</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0">
         <v>3856</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Принтер KYOCERA ECOSYS M2135dn</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0">
         <v>3857</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF112 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0">
         <v>3859</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF3010 (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0">
         <v>3860</v>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF421dw (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0">
         <v>3861</v>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF426dw (принтер, сканер, копир, факс)</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0">
         <v>3862</v>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF631Cx (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0">
         <v>3863</v>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon I-SENSYS MF633Cdw (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0">
         <v>3865</v>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon ImageCLASS MF249dw (принтер, сканер, копир, факс)</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0">
         <v>3866</v>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon ImageRUNNER 2204N (принтер, сканер, копир)</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0">
         <v>3867</v>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS LBP2900</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0">
         <v>3872</v>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon ImageCLASS MF244dw</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0">
         <v>3873</v>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G2411</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0">
         <v>3874</v>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon PIXMA G3411</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0">
         <v>4438</v>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
           <t>Принтер Epson L132</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="0">
         <v>4446</v>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
           <t>Наушники Cougar Phontum Essential Ivory</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="0">
         <v>4448</v>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech G PRO X</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="0">
         <v>4475</v>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen 5 1600 OEM</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="0">
         <v>4488</v>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
           <t>МФУ Canon imageRUNNER 2520</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="0">
         <v>4548</v>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>Веб-камера Logitech HD C270</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="0">
         <v>3805</v>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор Intel-Core i9 - 9900КF,  3.6 GHz, 64M, oem, LGA1151, CoffeeLake</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="0">
         <v>3869</v>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon I-SENSYS MF237w</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="0">
         <v>4511</v>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP6030B</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="0">
         <v>4545</v>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
           <t>Веб-камера Logitech HD C920</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="0">
         <v>4547</v>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Веб-камера Logitech HD C310</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="0">
         <v>4549</v>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
           <t>Веб-камера Logitech ConferenceCam Connect</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="0">
         <v>4443</v>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Центральный процессор AMD Ryzen 5 1400 - 3,2 GHz YD1400BBM4KAE</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="0">
         <v>11021</v>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Принтер Canon i-SENSYS LBP6030W</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="0">
         <v>11085</v>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Коммутатор TP-Link TL-SF1048</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="0">
         <v>11110</v>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>Bluetooth-гарнитура Xiaomi Mi Headset White</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="0">
         <v>11111</v>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>Bluetooth-гарнитура Xiaomi Mi Headset Black</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="0">
         <v>11112</v>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники Xiaomi Mi Bluetooth Neckband Earphones Black</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="0">
         <v>11113</v>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Беспроводные наушники Xiaomi Mi Sports Bluetooth Earphones White</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="0">
         <v>11114</v>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Cougar Immersa Black</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="0">
         <v>11115</v>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech G PRO Black</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="0">
         <v>11116</v>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech G PRO X Black</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="0">
         <v>11117</v>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech G332 Black</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="0">
         <v>11118</v>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech G432 Black Blue</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="0">
         <v>11119</v>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech G935 Black</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="0">
         <v>11120</v>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech H110 Silver</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="0">
         <v>11121</v>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech H111 Dark Silver</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="0">
         <v>11122</v>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech H150 White</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="0">
         <v>11123</v>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>Компьютерная гарнитура Logitech H151 Black</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="0">
         <v>11124</v>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Наушники Cougar Havoc Black</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="0">
         <v>11125</v>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Наушники Cougar Havoc BT Black</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="0">
         <v>11126</v>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Dual Driver Earphones Black</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="0">
         <v>11127</v>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Earphones Basic Black</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="0">
         <v>11128</v>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Earphones Basic White</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="0">
         <v>11129</v>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi Earphones Basic Blue</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="0">
         <v>11130</v>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
           <t>Наушники Xiaomi Mi In-Ear Headphones Pro HD Silver</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="0">
         <v>11131</v>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Logitech C922</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="0">
         <v>11132</v>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
           <t>Система для проведения видеоконференций Logitech GROUP</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="0">
         <v>11133</v>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
           <t>Веб-камера Logitech MeetUp</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="0">
         <v>11152</v>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Classic Backpack</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="0">
         <v>11159</v>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
           <t>Рюкзак для ноутбука HP Pavilion Gaming Backpack 500</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="0">
         <v>11176</v>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Внешний жесткий диск HDD Toshiba Canvio Basics 1ТБ USB</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="0">
         <v>14213</v>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
           <t>Наушники Logitech G433</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>0 сум</t>
+          <t>0 сўм</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>