--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -85,182 +85,182 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>4453</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu fi-7100</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0">
         <v>4454</v>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu fi-7160</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0">
         <v>4455</v>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu fi-7180</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0">
         <v>4457</v>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu fi-7280</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0">
         <v>4458</v>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu fi-7300NX</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0">
         <v>4459</v>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu fi-7460</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0">
         <v>4460</v>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu fi-7800</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0">
         <v>4461</v>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu fi-800R</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0">
         <v>4462</v>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu ScanSnap iX100</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0">
         <v>4456</v>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Сканер Fujitsu fi-7260</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>0 сўм</t>
+          <t>0 сум</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>