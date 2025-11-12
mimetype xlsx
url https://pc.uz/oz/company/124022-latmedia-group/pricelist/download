--- v0 (2025-10-22)
+++ v1 (2025-11-12)
@@ -85,47 +85,47 @@
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Цена</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0">
         <v>10936</v>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Термопаста шприц</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>10 UZS</t>
+          <t>10 сўм</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>